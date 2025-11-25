--- v0 (2025-10-16)
+++ v1 (2025-11-25)
@@ -18,56 +18,56 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\03. Transparencia\01. Portal de Transparencia\09. Estat Portal Transparència\02. Estructura organitzativa i empleats\4. Sistema Retributiu\2.Dades salarials\FMB\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://tmbbcn-my.sharepoint.com/personal/calvarezv_tmb_cat/Documents/Desktop/Grupo PSM/TB/Nomina/2025/Octubre 2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E24F8DAD-A588-4097-B2BF-973A229B1DA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="3" documentId="8_{A3AB41B1-2E77-49D1-9758-02C024994503}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8957209D-D8EF-43B2-8BF1-8A83F2D54A01}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2024 FMB" sheetId="6" r:id="rId1"/>
     <sheet name="2023 FMB" sheetId="8" r:id="rId2"/>
     <sheet name="2022 FMB" sheetId="9" r:id="rId3"/>
     <sheet name="2021 FMB" sheetId="10" r:id="rId4"/>
     <sheet name="2020 FMB" sheetId="11" r:id="rId5"/>
     <sheet name="2019 FMB" sheetId="12" r:id="rId6"/>
     <sheet name="beneficis socials" sheetId="7" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'2022 FMB'!$A$1:$D$23</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="5">'2019 FMB'!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'2020 FMB'!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2023 FMB'!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2024 FMB'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
@@ -528,51 +528,51 @@
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF00B050"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
-      <charset val="204"/>
+      <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
@@ -734,56 +734,50 @@
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="0" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
@@ -809,122 +803,128 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="2" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="12" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="13" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hipervínculo" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{BA3AF12D-6260-4A9E-9A78-DD36AB7050A2}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1708,1417 +1708,1417 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{208EE211-2C9E-4B12-A907-271138D48624}">
   <sheetPr codeName="Hoja1"/>
   <dimension ref="A1:G20"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D4" sqref="D4"/>
+      <selection activeCell="E25" sqref="E25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="48.109375" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="11.44140625" style="3"/>
+    <col min="1" max="1" width="48.140625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="16.5703125" style="4" customWidth="1"/>
+    <col min="3" max="3" width="19.85546875" style="4" customWidth="1"/>
+    <col min="4" max="4" width="19.85546875" style="8" customWidth="1"/>
+    <col min="5" max="6" width="11.42578125" style="3"/>
+    <col min="7" max="7" width="47.85546875" style="3" customWidth="1"/>
+    <col min="8" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="D1" s="31" t="s">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="D1" s="29" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="D2" s="11" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
     </row>
-    <row r="9" spans="1:7" s="22" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:7" s="22" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="21" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="3"/>
     </row>
-    <row r="10" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="7"/>
     </row>
-    <row r="11" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" s="23" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="24">
-        <v>66300</v>
+        <v>66624.960000000006</v>
       </c>
       <c r="C11" s="24">
         <v>10000</v>
       </c>
       <c r="D11" s="25" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="12" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A12" s="23" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="24">
-        <v>112542.88</v>
+        <v>113094.56</v>
       </c>
       <c r="C12" s="24">
         <v>15000</v>
       </c>
       <c r="D12" s="26">
         <v>1</v>
       </c>
     </row>
-    <row r="13" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A13" s="23" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="24">
         <v>99467.520000000004</v>
       </c>
       <c r="C13" s="24">
         <v>10000</v>
       </c>
       <c r="D13" s="26">
         <v>1</v>
       </c>
     </row>
-    <row r="14" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A14" s="23" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="24">
         <v>95000</v>
       </c>
       <c r="C14" s="24">
         <v>5000</v>
       </c>
       <c r="D14" s="27">
         <v>1</v>
       </c>
     </row>
-    <row r="15" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B15" s="6"/>
       <c r="C15" s="6"/>
       <c r="D15" s="9"/>
     </row>
-    <row r="16" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
       <c r="D16" s="9"/>
     </row>
-    <row r="17" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="20" spans="1:7" s="10" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="28" t="s">
+    <row r="20" spans="1:7" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="73" t="s">
         <v>9</v>
       </c>
-      <c r="B20" s="29"/>
-[...4 lines deleted...]
-      <c r="G20" s="29"/>
+      <c r="B20" s="74"/>
+      <c r="C20" s="74"/>
+      <c r="D20" s="74"/>
+      <c r="E20" s="74"/>
+      <c r="F20" s="74"/>
+      <c r="G20" s="74"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A20:G20"/>
   </mergeCells>
   <pageMargins left="0.31496062992125984" right="0.11811023622047245" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE70AB0E-864D-4B03-8A9F-68DC43B223FC}">
   <dimension ref="A1:G26"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="48.109375" style="13" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="11.44140625" style="13"/>
+    <col min="1" max="1" width="48.140625" style="13" customWidth="1"/>
+    <col min="2" max="2" width="16.5703125" style="28" customWidth="1"/>
+    <col min="3" max="3" width="19.85546875" style="28" customWidth="1"/>
+    <col min="4" max="4" width="19.85546875" style="30" customWidth="1"/>
+    <col min="5" max="6" width="11.42578125" style="13"/>
+    <col min="7" max="7" width="47.85546875" style="13" customWidth="1"/>
+    <col min="8" max="16384" width="11.42578125" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="D1" s="31" t="s">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="D1" s="29" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
     </row>
-    <row r="9" spans="1:7" s="33" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:7" s="31" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="20" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="20" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="21" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="13"/>
     </row>
-    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="D10" s="32"/>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="35">
+      <c r="B11" s="33">
         <v>69238.080000000002</v>
       </c>
-      <c r="C11" s="35">
+      <c r="C11" s="33">
         <v>10000</v>
       </c>
-      <c r="D11" s="36" t="s">
+      <c r="D11" s="34" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="B12" s="35">
+      <c r="B12" s="33">
         <v>95868.160000000003</v>
       </c>
-      <c r="C12" s="35">
+      <c r="C12" s="33">
         <v>10000</v>
       </c>
-      <c r="D12" s="32">
+      <c r="D12" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="B13" s="35">
+      <c r="B13" s="33">
         <v>78932.885825000005</v>
       </c>
-      <c r="C13" s="35">
+      <c r="C13" s="33">
         <v>6000</v>
       </c>
-      <c r="D13" s="32" t="s">
+      <c r="D13" s="30" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="B14" s="35">
+      <c r="B14" s="33">
         <v>68616.368325000003</v>
       </c>
-      <c r="C14" s="35">
+      <c r="C14" s="33">
         <v>4000</v>
       </c>
-      <c r="D14" s="32" t="s">
+      <c r="D14" s="30" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="B15" s="35">
+      <c r="B15" s="33">
         <v>93150.080000000002</v>
       </c>
-      <c r="C15" s="35">
+      <c r="C15" s="33">
         <v>9000</v>
       </c>
-      <c r="D15" s="32">
+      <c r="D15" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="16" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="B16" s="35">
+      <c r="B16" s="33">
         <v>106605.04</v>
       </c>
-      <c r="C16" s="35">
+      <c r="C16" s="33">
         <v>15000</v>
       </c>
-      <c r="D16" s="32">
+      <c r="D16" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="17" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="B17" s="35">
+      <c r="B17" s="33">
         <v>73478.906660000008</v>
       </c>
-      <c r="C17" s="35">
+      <c r="C17" s="33">
         <v>6000</v>
       </c>
-      <c r="D17" s="32" t="s">
+      <c r="D17" s="30" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="B18" s="35">
+      <c r="B18" s="33">
         <v>102259.36</v>
       </c>
-      <c r="C18" s="35">
+      <c r="C18" s="33">
         <v>10000</v>
       </c>
-      <c r="D18" s="32">
+      <c r="D18" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="21" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="22" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="24" spans="1:7" s="10" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="28" t="s">
+    <row r="24" spans="1:7" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="73" t="s">
         <v>9</v>
       </c>
-      <c r="B24" s="29"/>
-[...6 lines deleted...]
-    <row r="26" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B24" s="74"/>
+      <c r="C24" s="74"/>
+      <c r="D24" s="74"/>
+      <c r="E24" s="74"/>
+      <c r="F24" s="74"/>
+      <c r="G24" s="74"/>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="13" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:G24"/>
   </mergeCells>
   <pageMargins left="0.31496062992125984" right="0.11811023622047245" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BF672EA9-4E64-4469-841E-58CCB6AD0407}">
   <dimension ref="A1:G28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="53.5546875" style="13" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="16384" width="11.44140625" style="13"/>
+    <col min="1" max="1" width="53.5703125" style="13" customWidth="1"/>
+    <col min="2" max="4" width="20.7109375" style="35" customWidth="1"/>
+    <col min="5" max="5" width="3.42578125" style="13" customWidth="1"/>
+    <col min="6" max="6" width="18.5703125" style="13" customWidth="1"/>
+    <col min="7" max="16384" width="11.42578125" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="D1" s="31" t="s">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="D1" s="29" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-    <row r="4" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="C2" s="36"/>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="9" spans="1:6" s="37" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="A9" s="39" t="s">
+    <row r="9" spans="1:6" s="35" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="37" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="40" t="s">
+      <c r="B9" s="38" t="s">
         <v>30</v>
       </c>
-      <c r="C9" s="40" t="s">
+      <c r="C9" s="38" t="s">
         <v>31</v>
       </c>
       <c r="D9" s="21" t="s">
         <v>12</v>
       </c>
-      <c r="F9" s="41" t="s">
+      <c r="F9" s="39" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="A11" s="43" t="s">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="D10" s="40"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="41" t="s">
         <v>33</v>
       </c>
-      <c r="B11" s="44">
+      <c r="B11" s="42">
         <v>66896.639999999999</v>
       </c>
-      <c r="C11" s="44">
+      <c r="C11" s="42">
         <v>10000</v>
       </c>
-      <c r="D11" s="45" t="s">
+      <c r="D11" s="43" t="s">
         <v>4</v>
       </c>
-      <c r="E11" s="43"/>
-[...3 lines deleted...]
-      <c r="A12" s="43" t="s">
+      <c r="E11" s="41"/>
+      <c r="F11" s="41"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="41" t="s">
         <v>34</v>
       </c>
-      <c r="B12" s="44">
+      <c r="B12" s="42">
         <v>98801.279999999999</v>
       </c>
-      <c r="C12" s="44">
+      <c r="C12" s="42">
         <v>10000</v>
       </c>
-      <c r="D12" s="45">
+      <c r="D12" s="43">
         <v>1</v>
       </c>
-      <c r="E12" s="43"/>
-[...3 lines deleted...]
-      <c r="A13" s="43" t="s">
+      <c r="E12" s="41"/>
+      <c r="F12" s="41"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="41" t="s">
         <v>35</v>
       </c>
-      <c r="B13" s="44">
+      <c r="B13" s="42">
         <v>103000</v>
       </c>
-      <c r="C13" s="44">
+      <c r="C13" s="42">
         <v>15000</v>
       </c>
-      <c r="D13" s="46">
+      <c r="D13" s="44">
         <v>1</v>
       </c>
-      <c r="E13" s="43"/>
-[...3 lines deleted...]
-      <c r="A14" s="43" t="s">
+      <c r="E13" s="41"/>
+      <c r="F13" s="41"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" s="41" t="s">
         <v>36</v>
       </c>
-      <c r="B14" s="44">
+      <c r="B14" s="42">
         <v>92626.240000000005</v>
       </c>
-      <c r="C14" s="44">
+      <c r="C14" s="42">
         <v>10000</v>
       </c>
-      <c r="D14" s="45">
+      <c r="D14" s="43">
         <v>1</v>
       </c>
-      <c r="E14" s="43"/>
-[...3 lines deleted...]
-      <c r="A15" s="43" t="s">
+      <c r="E14" s="41"/>
+      <c r="F14" s="45"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" s="41" t="s">
         <v>37</v>
       </c>
-      <c r="B15" s="44">
+      <c r="B15" s="42">
         <v>69092.070000000007</v>
       </c>
-      <c r="C15" s="44">
+      <c r="C15" s="42">
         <v>4000</v>
       </c>
-      <c r="D15" s="45" t="s">
+      <c r="D15" s="43" t="s">
         <v>23</v>
       </c>
-      <c r="E15" s="43"/>
-[...3 lines deleted...]
-      <c r="A16" s="43" t="s">
+      <c r="E15" s="41"/>
+      <c r="F15" s="41"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="44">
+      <c r="B16" s="42">
         <v>71931.69</v>
       </c>
-      <c r="C16" s="44">
+      <c r="C16" s="42">
         <v>6000</v>
       </c>
-      <c r="D16" s="45" t="s">
+      <c r="D16" s="43" t="s">
         <v>23</v>
       </c>
-      <c r="E16" s="43"/>
-[...3 lines deleted...]
-      <c r="A17" s="43" t="s">
+      <c r="E16" s="41"/>
+      <c r="F16" s="41"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="41" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="44">
+      <c r="B17" s="42">
         <v>90000</v>
       </c>
-      <c r="C17" s="44">
+      <c r="C17" s="42">
         <v>9000</v>
       </c>
-      <c r="D17" s="45">
+      <c r="D17" s="43">
         <v>1</v>
       </c>
-      <c r="E17" s="43"/>
-[...3 lines deleted...]
-      <c r="A18" s="43" t="s">
+      <c r="E17" s="41"/>
+      <c r="F17" s="41"/>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="41" t="s">
         <v>22</v>
       </c>
-      <c r="B18" s="44">
+      <c r="B18" s="42">
         <v>77251</v>
       </c>
-      <c r="C18" s="44">
+      <c r="C18" s="42">
         <v>6000</v>
       </c>
-      <c r="D18" s="45" t="s">
+      <c r="D18" s="43" t="s">
         <v>23</v>
       </c>
-      <c r="E18" s="43"/>
-[...27 lines deleted...]
-      <c r="A22" s="49" t="s">
+      <c r="E18" s="41"/>
+      <c r="F18" s="41"/>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="41"/>
+      <c r="B19" s="42"/>
+      <c r="C19" s="42"/>
+      <c r="D19" s="43"/>
+      <c r="E19" s="41"/>
+      <c r="F19" s="41"/>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="41"/>
+      <c r="B20" s="42"/>
+      <c r="C20" s="42"/>
+      <c r="D20" s="43"/>
+      <c r="E20" s="41"/>
+      <c r="F20" s="41"/>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="41"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="41"/>
+      <c r="F21" s="41"/>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" s="47" t="s">
         <v>3</v>
       </c>
-      <c r="B22" s="50"/>
-[...6 lines deleted...]
-      <c r="A23" s="49" t="s">
+      <c r="B22" s="48"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="41"/>
+      <c r="F22" s="41"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23" s="47" t="s">
         <v>40</v>
       </c>
-      <c r="B23" s="49"/>
-[...14 lines deleted...]
-      <c r="A26" s="28" t="s">
+      <c r="B23" s="47"/>
+      <c r="C23" s="47"/>
+      <c r="D23" s="47"/>
+      <c r="E23" s="41"/>
+      <c r="F23" s="41"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" s="47"/>
+      <c r="B24" s="47"/>
+      <c r="C24" s="47"/>
+      <c r="D24" s="47"/>
+      <c r="E24" s="41"/>
+      <c r="F24" s="41"/>
+    </row>
+    <row r="26" spans="1:7" s="10" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="73" t="s">
         <v>9</v>
       </c>
-      <c r="B26" s="29"/>
-[...11 lines deleted...]
-    <row r="28" spans="1:7" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="74"/>
+      <c r="C26" s="74"/>
+      <c r="D26" s="74"/>
+      <c r="E26" s="74"/>
+      <c r="F26" s="74"/>
+      <c r="G26" s="74"/>
+    </row>
+    <row r="27" spans="1:7" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="35"/>
+      <c r="C27" s="35"/>
+      <c r="D27" s="35"/>
+    </row>
+    <row r="28" spans="1:7" s="10" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A28" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="B28" s="37"/>
-[...1 lines deleted...]
-      <c r="D28" s="37"/>
+      <c r="B28" s="35"/>
+      <c r="C28" s="35"/>
+      <c r="D28" s="35"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A26:G26"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="300" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A0F0B16-0D30-438A-9212-AE4B6762D681}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="67.109375" style="51" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="9.33203125" style="51"/>
+    <col min="1" max="1" width="67.140625" style="49" customWidth="1"/>
+    <col min="2" max="2" width="33.42578125" style="49" customWidth="1"/>
+    <col min="3" max="3" width="26.7109375" style="49" customWidth="1"/>
+    <col min="4" max="4" width="24.140625" style="49" customWidth="1"/>
+    <col min="5" max="16384" width="9.28515625" style="49"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="33.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C1" s="75" t="s">
+    <row r="1" spans="1:6" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C1" s="68" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="2" spans="1:6" ht="30.15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="52" t="s">
+    <row r="2" spans="1:6" ht="30.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="50" t="s">
         <v>42</v>
       </c>
-      <c r="B2" s="53"/>
-[...14 lines deleted...]
-      <c r="A4" s="55" t="s">
+      <c r="B2" s="51"/>
+      <c r="C2" s="51"/>
+      <c r="D2" s="51"/>
+      <c r="E2" s="51"/>
+      <c r="F2" s="51"/>
+    </row>
+    <row r="3" spans="1:6" ht="30.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="52"/>
+      <c r="B3" s="51"/>
+      <c r="C3" s="51"/>
+      <c r="D3" s="51"/>
+      <c r="E3" s="51"/>
+      <c r="F3" s="51"/>
+    </row>
+    <row r="4" spans="1:6" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="75" t="s">
         <v>43</v>
       </c>
-      <c r="B4" s="56"/>
-[...4 lines deleted...]
-      <c r="A5" s="57" t="s">
+      <c r="B4" s="76"/>
+      <c r="C4" s="76"/>
+      <c r="D4" s="76"/>
+    </row>
+    <row r="5" spans="1:6" s="56" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A5" s="53" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="58" t="s">
+      <c r="B5" s="54" t="s">
         <v>44</v>
       </c>
-      <c r="C5" s="58" t="s">
+      <c r="C5" s="54" t="s">
         <v>45</v>
       </c>
-      <c r="D5" s="59" t="s">
+      <c r="D5" s="55" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="A7" s="64" t="s">
+    <row r="6" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="57"/>
+      <c r="B6" s="58"/>
+      <c r="C6" s="58"/>
+      <c r="D6" s="59"/>
+    </row>
+    <row r="7" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="60" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="65">
+      <c r="B7" s="61">
         <v>66896.639999999999</v>
       </c>
-      <c r="C7" s="65">
+      <c r="C7" s="61">
         <v>10000</v>
       </c>
-      <c r="D7" s="66" t="s">
+      <c r="D7" s="62" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="8" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="52" t="s">
+    <row r="8" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="B8" s="65">
+      <c r="B8" s="61">
         <v>98801.279999999999</v>
       </c>
-      <c r="C8" s="65">
+      <c r="C8" s="61">
         <v>9800</v>
       </c>
-      <c r="D8" s="67">
+      <c r="D8" s="63">
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="64" t="s">
+    <row r="9" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="60" t="s">
         <v>48</v>
       </c>
-      <c r="B9" s="65">
+      <c r="B9" s="61">
         <v>103000</v>
       </c>
-      <c r="C9" s="65">
+      <c r="C9" s="61">
         <v>15000</v>
       </c>
-      <c r="D9" s="67">
+      <c r="D9" s="63">
         <v>1</v>
       </c>
     </row>
-    <row r="10" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="52" t="s">
+    <row r="10" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="50" t="s">
         <v>49</v>
       </c>
-      <c r="B10" s="65">
+      <c r="B10" s="61">
         <v>92626.240000000005</v>
       </c>
-      <c r="C10" s="65">
+      <c r="C10" s="61">
         <v>10000</v>
       </c>
-      <c r="D10" s="67">
+      <c r="D10" s="63">
         <v>1</v>
       </c>
     </row>
-    <row r="11" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="52" t="s">
+    <row r="11" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="50" t="s">
         <v>50</v>
       </c>
-      <c r="B11" s="65">
+      <c r="B11" s="61">
         <v>90000</v>
       </c>
-      <c r="C11" s="65">
+      <c r="C11" s="61">
         <v>9000</v>
       </c>
-      <c r="D11" s="67">
+      <c r="D11" s="63">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="52" t="s">
+    <row r="12" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="50" t="s">
         <v>51</v>
       </c>
-      <c r="B12" s="65">
+      <c r="B12" s="61">
         <v>104780</v>
       </c>
-      <c r="C12" s="65">
+      <c r="C12" s="61">
         <v>10000</v>
       </c>
-      <c r="D12" s="62" t="s">
+      <c r="D12" s="58" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="13" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="52" t="s">
+    <row r="13" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="50" t="s">
         <v>52</v>
       </c>
-      <c r="B13" s="65">
+      <c r="B13" s="61">
         <v>65000</v>
       </c>
-      <c r="C13" s="65">
+      <c r="C13" s="61">
         <v>5000</v>
       </c>
-      <c r="D13" s="62" t="s">
+      <c r="D13" s="58" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="14" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A14" s="52" t="s">
+    <row r="14" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="B14" s="65">
+      <c r="B14" s="61">
         <v>59367.35</v>
       </c>
-      <c r="C14" s="65">
+      <c r="C14" s="61">
         <v>3500</v>
       </c>
-      <c r="D14" s="68" t="s">
+      <c r="D14" s="64" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="15" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="A18" s="69" t="s">
+    <row r="15" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="50"/>
+      <c r="B15" s="61"/>
+      <c r="C15" s="61"/>
+      <c r="D15" s="64"/>
+    </row>
+    <row r="16" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="50"/>
+      <c r="B16" s="61"/>
+      <c r="C16" s="61"/>
+      <c r="D16" s="64"/>
+    </row>
+    <row r="17" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="50"/>
+      <c r="B17" s="61"/>
+      <c r="C17" s="61"/>
+      <c r="D17" s="64"/>
+    </row>
+    <row r="18" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="77" t="s">
         <v>54</v>
       </c>
-      <c r="B18" s="69"/>
-[...4 lines deleted...]
-      <c r="A19" s="70" t="s">
+      <c r="B18" s="77"/>
+      <c r="C18" s="77"/>
+      <c r="D18" s="77"/>
+    </row>
+    <row r="19" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="65" t="s">
         <v>55</v>
       </c>
-      <c r="B19" s="71"/>
-[...10 lines deleted...]
-      <c r="A21" s="72" t="s">
+      <c r="B19" s="66"/>
+      <c r="C19" s="66"/>
+      <c r="D19" s="66"/>
+    </row>
+    <row r="20" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="77"/>
+      <c r="B20" s="77"/>
+      <c r="C20" s="77"/>
+      <c r="D20" s="77"/>
+    </row>
+    <row r="21" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="B21" s="73"/>
-[...7 lines deleted...]
-      <c r="A23" s="74" t="s">
+      <c r="B21" s="79"/>
+      <c r="C21" s="79"/>
+      <c r="D21" s="79"/>
+      <c r="E21" s="79"/>
+      <c r="F21" s="79"/>
+      <c r="G21" s="79"/>
+    </row>
+    <row r="23" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="67" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A18:D18"/>
     <mergeCell ref="A20:D20"/>
     <mergeCell ref="A21:G21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="81" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8903C98D-E2F0-4C4A-A509-B9894B98C3CC}">
   <dimension ref="A2:G26"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B27" sqref="B27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="50.6640625" style="13" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="16384" width="11.44140625" style="13"/>
+    <col min="1" max="1" width="50.7109375" style="13" customWidth="1"/>
+    <col min="2" max="3" width="19.85546875" style="28" customWidth="1"/>
+    <col min="4" max="4" width="19.85546875" style="30" customWidth="1"/>
+    <col min="5" max="16384" width="11.42578125" style="13"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="D2" s="31" t="s">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D2" s="29" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
     </row>
-    <row r="9" spans="1:4" s="78" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="A9" s="76" t="s">
+    <row r="9" spans="1:4" s="71" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="69" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="77" t="s">
+      <c r="B9" s="70" t="s">
         <v>58</v>
       </c>
-      <c r="C9" s="77" t="s">
+      <c r="C9" s="70" t="s">
         <v>59</v>
       </c>
       <c r="D9" s="21" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-    <row r="11" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D10" s="32"/>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="35">
+      <c r="B11" s="33">
         <v>65000</v>
       </c>
-      <c r="C11" s="35">
+      <c r="C11" s="33">
         <v>10000</v>
       </c>
-      <c r="D11" s="36" t="s">
+      <c r="D11" s="34" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="13" t="s">
         <v>60</v>
       </c>
-      <c r="B12" s="35">
+      <c r="B12" s="33">
         <v>91800</v>
       </c>
-      <c r="C12" s="35">
+      <c r="C12" s="33">
         <v>10000</v>
       </c>
-      <c r="D12" s="32">
+      <c r="D12" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="13" t="s">
         <v>61</v>
       </c>
-      <c r="B13" s="35">
+      <c r="B13" s="33">
         <v>103293.102063</v>
       </c>
-      <c r="C13" s="35">
+      <c r="C13" s="33">
         <v>7444</v>
       </c>
-      <c r="D13" s="32" t="s">
+      <c r="D13" s="30" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="B14" s="35">
+      <c r="B14" s="33">
         <v>60191.352220000001</v>
       </c>
-      <c r="C14" s="35">
+      <c r="C14" s="33">
         <v>2500</v>
       </c>
-      <c r="D14" s="32" t="s">
+      <c r="D14" s="30" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="13" t="s">
         <v>63</v>
       </c>
-      <c r="B15" s="35">
+      <c r="B15" s="33">
         <v>90000</v>
       </c>
-      <c r="C15" s="35">
+      <c r="C15" s="33">
         <v>9000</v>
       </c>
-      <c r="D15" s="32">
+      <c r="D15" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="B16" s="35">
+      <c r="B16" s="33">
         <v>112020</v>
       </c>
-      <c r="C16" s="35">
+      <c r="C16" s="33">
         <v>15176.65</v>
       </c>
-      <c r="D16" s="32">
+      <c r="D16" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="17" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="13" t="s">
         <v>64</v>
       </c>
-      <c r="B17" s="35">
+      <c r="B17" s="33">
         <v>97920</v>
       </c>
-      <c r="C17" s="35">
+      <c r="C17" s="33">
         <v>9800</v>
       </c>
-      <c r="D17" s="32">
+      <c r="D17" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-    <row r="21" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B18" s="33"/>
+      <c r="C18" s="33"/>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B19" s="33"/>
+      <c r="C19" s="33"/>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B20" s="33"/>
+      <c r="C20" s="33"/>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="22" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="24" spans="1:7" s="10" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="28" t="s">
+    <row r="24" spans="1:7" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="73" t="s">
         <v>9</v>
       </c>
-      <c r="B24" s="29"/>
-[...6 lines deleted...]
-    <row r="26" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B24" s="74"/>
+      <c r="C24" s="74"/>
+      <c r="D24" s="74"/>
+      <c r="E24" s="74"/>
+      <c r="F24" s="74"/>
+      <c r="G24" s="74"/>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="13" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A24:G24"/>
   </mergeCells>
   <pageMargins left="0.31496062992125984" right="0.11811023622047245" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C787FE14-9F75-4DBA-8D03-9411C234D3F9}">
   <dimension ref="A1:G28"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G25" sqref="G25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="55.6640625" style="13" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="16384" width="11.44140625" style="13"/>
+    <col min="1" max="1" width="55.7109375" style="13" customWidth="1"/>
+    <col min="2" max="2" width="19.85546875" style="28" customWidth="1"/>
+    <col min="3" max="4" width="19.85546875" style="30" customWidth="1"/>
+    <col min="5" max="16384" width="11.42578125" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="D1" s="31" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D1" s="29" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
     </row>
-    <row r="9" spans="1:4" s="78" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="76" t="s">
+    <row r="9" spans="1:4" s="71" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="69" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="77" t="s">
+      <c r="B9" s="70" t="s">
         <v>66</v>
       </c>
-      <c r="C9" s="40" t="s">
+      <c r="C9" s="38" t="s">
         <v>67</v>
       </c>
       <c r="D9" s="21" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-    <row r="11" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D10" s="32"/>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="35">
+      <c r="B11" s="33">
         <v>56353.919999999998</v>
       </c>
-      <c r="C11" s="79" t="s">
+      <c r="C11" s="72" t="s">
         <v>23</v>
       </c>
-      <c r="D11" s="36" t="s">
+      <c r="D11" s="34" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="13" t="s">
         <v>68</v>
       </c>
-      <c r="B12" s="35">
+      <c r="B12" s="33">
         <v>52923.12</v>
       </c>
-      <c r="C12" s="79">
+      <c r="C12" s="72">
         <v>5000</v>
       </c>
-      <c r="D12" s="32">
+      <c r="D12" s="30">
         <v>3</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="13" t="s">
         <v>69</v>
       </c>
-      <c r="B13" s="35">
+      <c r="B13" s="33">
         <v>27718.560000000001</v>
       </c>
-      <c r="C13" s="79" t="s">
+      <c r="C13" s="72" t="s">
         <v>23</v>
       </c>
-      <c r="D13" s="32">
+      <c r="D13" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="13" t="s">
         <v>70</v>
       </c>
-      <c r="B14" s="35">
+      <c r="B14" s="33">
         <v>106000</v>
       </c>
-      <c r="C14" s="79">
+      <c r="C14" s="72">
         <v>10000</v>
       </c>
-      <c r="D14" s="32">
+      <c r="D14" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="13" t="s">
         <v>71</v>
       </c>
-      <c r="B15" s="35">
+      <c r="B15" s="33">
         <v>101950.39999999999</v>
       </c>
-      <c r="C15" s="79">
+      <c r="C15" s="72">
         <v>10737.32</v>
       </c>
-      <c r="D15" s="32">
+      <c r="D15" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="13" t="s">
         <v>72</v>
       </c>
-      <c r="B16" s="35">
+      <c r="B16" s="33">
         <v>90000</v>
       </c>
-      <c r="C16" s="79">
+      <c r="C16" s="72">
         <v>9000</v>
       </c>
-      <c r="D16" s="32">
+      <c r="D16" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="17" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="13" t="s">
         <v>73</v>
       </c>
-      <c r="B17" s="35">
+      <c r="B17" s="33">
         <v>92880</v>
       </c>
-      <c r="C17" s="79">
+      <c r="C17" s="72">
         <v>9800</v>
       </c>
-      <c r="D17" s="32">
+      <c r="D17" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="B18" s="35">
+      <c r="B18" s="33">
         <v>109823.52</v>
       </c>
-      <c r="C18" s="79">
+      <c r="C18" s="72">
         <v>15176.65</v>
       </c>
-      <c r="D18" s="32">
+      <c r="D18" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="13" t="s">
         <v>74</v>
       </c>
-      <c r="B19" s="35">
+      <c r="B19" s="33">
         <v>96000</v>
       </c>
-      <c r="C19" s="79">
+      <c r="C19" s="72">
         <v>9800</v>
       </c>
-      <c r="D19" s="32">
+      <c r="D19" s="30">
         <v>1</v>
       </c>
     </row>
-    <row r="20" spans="1:7" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-    <row r="23" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B20" s="33"/>
+      <c r="C20" s="72"/>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B21" s="33"/>
+      <c r="C21" s="72"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="24" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="26" spans="1:7" s="10" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="28" t="s">
+    <row r="26" spans="1:7" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="73" t="s">
         <v>9</v>
       </c>
-      <c r="B26" s="29"/>
-[...6 lines deleted...]
-    <row r="28" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B26" s="74"/>
+      <c r="C26" s="74"/>
+      <c r="D26" s="74"/>
+      <c r="E26" s="74"/>
+      <c r="F26" s="74"/>
+      <c r="G26" s="74"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="13" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A26:G26"/>
   </mergeCells>
   <pageMargins left="0.31496062992125984" right="0.11811023622047245" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6805831B-34B6-4256-B4CC-CCEA9FAF9326}">
   <sheetPr codeName="Hoja2"/>
   <dimension ref="B4:C11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H22" sqref="H22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="11.44140625" style="13"/>
-[...1 lines deleted...]
-    <col min="4" max="16384" width="11.44140625" style="13"/>
+    <col min="1" max="2" width="11.42578125" style="13"/>
+    <col min="3" max="3" width="22.28515625" style="13" customWidth="1"/>
+    <col min="4" max="16384" width="11.42578125" style="13"/>
   </cols>
   <sheetData>
-    <row r="4" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="12" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="2:3" ht="27" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:3" ht="27.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="14"/>
       <c r="C5" s="15" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="6" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="16">
         <v>1</v>
       </c>
       <c r="C6" s="17">
         <v>10532.46</v>
       </c>
     </row>
-    <row r="7" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B7" s="16">
         <v>2</v>
       </c>
       <c r="C7" s="17">
         <v>9251.34</v>
       </c>
     </row>
-    <row r="8" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="16">
         <v>3</v>
       </c>
       <c r="C8" s="17">
         <v>4865.1499999999996</v>
       </c>
     </row>
-    <row r="9" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="16">
         <v>4</v>
       </c>
       <c r="C9" s="17">
         <v>3372.33</v>
       </c>
     </row>
-    <row r="10" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B10" s="16">
         <v>5</v>
       </c>
       <c r="C10" s="17">
         <v>2857.13</v>
       </c>
     </row>
-    <row r="11" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="16">
         <v>6</v>
       </c>
       <c r="C11" s="18" t="s">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="_pios_id" r:id="rId1"/>
   </customProperties>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>