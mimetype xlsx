--- v0 (2025-10-05)
+++ v1 (2026-03-22)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\Validacions\Portal Transparència\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1461D4E1-D78E-453D-8E3E-493AF12C7DB3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4A9E67C3-D699-4CDF-8CFA-C89981721D29}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="4" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="ANY">[1]DADES!$C$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="128">
   <si>
     <t>GENER</t>
   </si>
   <si>
     <t>FEBRER</t>
   </si>
   <si>
     <t>MARÇ</t>
   </si>
   <si>
     <t>ABRIL</t>
   </si>
   <si>
     <t>MAIG</t>
   </si>
   <si>
     <t>JUNY</t>
   </si>
   <si>
     <t>JULIOL</t>
   </si>
   <si>
     <t>AGOST</t>
   </si>
   <si>
     <t>SETEMBRE</t>
   </si>
   <si>
     <t>OCTUBRE</t>
   </si>
   <si>
     <t>NOVEMBRE</t>
   </si>
   <si>
     <t>DESEMBRE</t>
   </si>
   <si>
     <t>LÍNIES</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>13</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>34</t>
@@ -190,53 +190,50 @@
     <t>91</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>109</t>
-  </si>
-[...1 lines deleted...]
-    <t>110</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>118</t>
   </si>
@@ -1150,51 +1147,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Z121"/>
+  <dimension ref="A1:Z119"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="6.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="10" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="10" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="10" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.140625" bestFit="1" customWidth="1"/>
@@ -1243,65 +1240,65 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="4"/>
       <c r="O2" s="4"/>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4"/>
       <c r="U2" s="4"/>
       <c r="V2" s="4"/>
       <c r="W2" s="4"/>
       <c r="X2" s="4"/>
       <c r="Y2" s="4"/>
       <c r="Z2" s="4"/>
     </row>
     <row r="3" spans="1:26" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="5" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="7"/>
       <c r="M3" s="7"/>
       <c r="N3" s="7"/>
       <c r="O3" s="5" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="P3" s="6"/>
       <c r="Q3" s="6"/>
       <c r="R3" s="6"/>
       <c r="S3" s="7"/>
       <c r="T3" s="7"/>
       <c r="U3" s="7"/>
       <c r="V3" s="7"/>
       <c r="W3" s="7"/>
       <c r="X3" s="7"/>
       <c r="Y3" s="7"/>
       <c r="Z3" s="8"/>
     </row>
     <row r="4" spans="1:26" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C4" s="9"/>
       <c r="D4" s="9"/>
       <c r="E4" s="9"/>
       <c r="F4" s="9"/>
       <c r="G4" s="9"/>
       <c r="H4" s="9"/>
       <c r="I4" s="9"/>
       <c r="J4" s="9"/>
       <c r="K4" s="9"/>
       <c r="L4" s="9"/>
       <c r="M4" s="9"/>
@@ -1353,6125 +1350,8683 @@
         <v>7</v>
       </c>
       <c r="R5" s="12"/>
       <c r="S5" s="11" t="s">
         <v>8</v>
       </c>
       <c r="T5" s="12"/>
       <c r="U5" s="11" t="s">
         <v>9</v>
       </c>
       <c r="V5" s="12"/>
       <c r="W5" s="11" t="s">
         <v>10</v>
       </c>
       <c r="X5" s="12"/>
       <c r="Y5" s="11" t="s">
         <v>11</v>
       </c>
       <c r="Z5" s="13"/>
     </row>
     <row r="6" spans="1:26" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="22" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D6" s="23" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="E6" s="22" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F6" s="23" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G6" s="22" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="H6" s="23" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="I6" s="22" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="J6" s="23" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="K6" s="22" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="L6" s="23" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="M6" s="22" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="N6" s="23" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="O6" s="22" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="P6" s="23" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="Q6" s="22" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="R6" s="23" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="S6" s="22" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="T6" s="23" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="U6" s="22" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="V6" s="23" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="W6" s="22" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="X6" s="23" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="Y6" s="22" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="Z6" s="24" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.25">
       <c r="B7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="15">
         <v>275577</v>
       </c>
       <c r="D7" s="16">
         <v>11372.9047619048</v>
       </c>
       <c r="E7" s="15">
         <v>283698</v>
       </c>
       <c r="F7" s="16">
         <v>12459.35</v>
       </c>
       <c r="G7" s="15">
         <v>309668</v>
       </c>
       <c r="H7" s="16">
         <v>12673.4285714286</v>
       </c>
       <c r="I7" s="15">
         <v>282406</v>
       </c>
       <c r="J7" s="16">
         <v>12065.45</v>
       </c>
       <c r="K7" s="15">
         <v>314696</v>
       </c>
       <c r="L7" s="16">
         <v>12811.619047619</v>
       </c>
       <c r="M7" s="15">
         <v>291383</v>
       </c>
       <c r="N7" s="16">
         <v>12918.526315789501</v>
       </c>
-      <c r="O7" s="15"/>
-[...10 lines deleted...]
-      <c r="Z7" s="20"/>
+      <c r="O7" s="15">
+        <v>295262</v>
+      </c>
+      <c r="P7" s="16">
+        <v>11324</v>
+      </c>
+      <c r="Q7" s="15">
+        <v>187230</v>
+      </c>
+      <c r="R7" s="16">
+        <v>7367.3</v>
+      </c>
+      <c r="S7" s="15">
+        <v>280288</v>
+      </c>
+      <c r="T7" s="16">
+        <v>11977.1</v>
+      </c>
+      <c r="U7" s="15">
+        <v>337929</v>
+      </c>
+      <c r="V7" s="16">
+        <v>13134.652173913</v>
+      </c>
+      <c r="W7" s="15">
+        <v>308478</v>
+      </c>
+      <c r="X7" s="16">
+        <v>13140.15</v>
+      </c>
+      <c r="Y7" s="15">
+        <v>276883</v>
+      </c>
+      <c r="Z7" s="20">
+        <v>11706.3</v>
+      </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.25">
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="15">
         <v>523706</v>
       </c>
       <c r="D8" s="16">
         <v>20860.523809523798</v>
       </c>
       <c r="E8" s="17">
         <v>528861</v>
       </c>
       <c r="F8" s="16">
         <v>22680.05</v>
       </c>
       <c r="G8" s="17">
         <v>580488</v>
       </c>
       <c r="H8" s="16">
         <v>23115.714285714301</v>
       </c>
       <c r="I8" s="17">
         <v>549243</v>
       </c>
       <c r="J8" s="16">
         <v>22658.6</v>
       </c>
       <c r="K8" s="17">
         <v>622192</v>
       </c>
       <c r="L8" s="16">
         <v>24385.523809523798</v>
       </c>
       <c r="M8" s="17">
         <v>571632</v>
       </c>
       <c r="N8" s="16">
         <v>23899.8421052632</v>
       </c>
-      <c r="O8" s="17"/>
-[...10 lines deleted...]
-      <c r="Z8" s="20"/>
+      <c r="O8" s="17">
+        <v>589233</v>
+      </c>
+      <c r="P8" s="16">
+        <v>22100.4347826087</v>
+      </c>
+      <c r="Q8" s="17">
+        <v>409038</v>
+      </c>
+      <c r="R8" s="16">
+        <v>15623.3</v>
+      </c>
+      <c r="S8" s="17">
+        <v>575851</v>
+      </c>
+      <c r="T8" s="16">
+        <v>23622.2</v>
+      </c>
+      <c r="U8" s="17">
+        <v>670400</v>
+      </c>
+      <c r="V8" s="16">
+        <v>25543.260869565202</v>
+      </c>
+      <c r="W8" s="17">
+        <v>615701</v>
+      </c>
+      <c r="X8" s="16">
+        <v>25407.55</v>
+      </c>
+      <c r="Y8" s="17">
+        <v>574459</v>
+      </c>
+      <c r="Z8" s="20">
+        <v>22873.1</v>
+      </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.25">
       <c r="B9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="15">
-        <v>1</v>
+        <v>31966</v>
       </c>
       <c r="D9" s="16">
-        <v>1</v>
+        <v>1267.8571428571399</v>
       </c>
       <c r="E9" s="17">
-        <v>0</v>
+        <v>36324</v>
       </c>
       <c r="F9" s="16">
-        <v>0</v>
+        <v>1525.15</v>
       </c>
       <c r="G9" s="17">
-        <v>0</v>
+        <v>34031</v>
       </c>
       <c r="H9" s="16">
-        <v>0</v>
+        <v>1343.6666666666699</v>
       </c>
       <c r="I9" s="17">
-        <v>0</v>
+        <v>37269</v>
       </c>
       <c r="J9" s="16">
-        <v>0</v>
+        <v>1493.2</v>
       </c>
       <c r="K9" s="17">
-        <v>0</v>
+        <v>35558</v>
       </c>
       <c r="L9" s="16">
-        <v>0</v>
+        <v>1366.7619047619</v>
       </c>
       <c r="M9" s="17">
-        <v>0</v>
+        <v>33702</v>
       </c>
       <c r="N9" s="16">
-        <v>0</v>
-[...12 lines deleted...]
-      <c r="Z9" s="20"/>
+        <v>1396.84210526316</v>
+      </c>
+      <c r="O9" s="17">
+        <v>30111</v>
+      </c>
+      <c r="P9" s="16">
+        <v>1082.1739130434801</v>
+      </c>
+      <c r="Q9" s="17">
+        <v>22253</v>
+      </c>
+      <c r="R9" s="16">
+        <v>765.8</v>
+      </c>
+      <c r="S9" s="17">
+        <v>31738</v>
+      </c>
+      <c r="T9" s="16">
+        <v>1242.3</v>
+      </c>
+      <c r="U9" s="17">
+        <v>41320</v>
+      </c>
+      <c r="V9" s="16">
+        <v>1491.78260869565</v>
+      </c>
+      <c r="W9" s="17">
+        <v>36320</v>
+      </c>
+      <c r="X9" s="16">
+        <v>1448.1</v>
+      </c>
+      <c r="Y9" s="17">
+        <v>29452</v>
+      </c>
+      <c r="Z9" s="20">
+        <v>1172.9000000000001</v>
+      </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.25">
       <c r="B10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="15">
-        <v>31966</v>
+        <v>248870</v>
       </c>
       <c r="D10" s="16">
-        <v>1267.8571428571399</v>
+        <v>9730.3809523809505</v>
       </c>
       <c r="E10" s="17">
-        <v>36324</v>
+        <v>247651</v>
       </c>
       <c r="F10" s="16">
-        <v>1525.15</v>
+        <v>10442.5</v>
       </c>
       <c r="G10" s="17">
-        <v>34031</v>
+        <v>261206</v>
       </c>
       <c r="H10" s="16">
-        <v>1343.6666666666699</v>
+        <v>10215.714285714301</v>
       </c>
       <c r="I10" s="17">
-        <v>37269</v>
+        <v>257244</v>
       </c>
       <c r="J10" s="16">
-        <v>1493.2</v>
+        <v>10558</v>
       </c>
       <c r="K10" s="17">
-        <v>35558</v>
+        <v>282579</v>
       </c>
       <c r="L10" s="16">
-        <v>1366.7619047619</v>
+        <v>10916.666666666701</v>
       </c>
       <c r="M10" s="17">
-        <v>33702</v>
+        <v>257504</v>
       </c>
       <c r="N10" s="16">
-        <v>1396.84210526316</v>
-[...12 lines deleted...]
-      <c r="Z10" s="20"/>
+        <v>10716.947368421101</v>
+      </c>
+      <c r="O10" s="17">
+        <v>255326</v>
+      </c>
+      <c r="P10" s="16">
+        <v>9333.7391304347802</v>
+      </c>
+      <c r="Q10" s="17">
+        <v>186336</v>
+      </c>
+      <c r="R10" s="16">
+        <v>6752.9</v>
+      </c>
+      <c r="S10" s="17">
+        <v>256449</v>
+      </c>
+      <c r="T10" s="16">
+        <v>10378</v>
+      </c>
+      <c r="U10" s="17">
+        <v>290331</v>
+      </c>
+      <c r="V10" s="16">
+        <v>10861.695652173899</v>
+      </c>
+      <c r="W10" s="17">
+        <v>258770</v>
+      </c>
+      <c r="X10" s="16">
+        <v>10533.7</v>
+      </c>
+      <c r="Y10" s="17">
+        <v>241827</v>
+      </c>
+      <c r="Z10" s="20">
+        <v>9676.5499999999993</v>
+      </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.25">
       <c r="B11" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="15">
-        <v>248870</v>
+        <v>42215</v>
       </c>
       <c r="D11" s="16">
-        <v>9730.3809523809505</v>
+        <v>1678.3333333333301</v>
       </c>
       <c r="E11" s="17">
-        <v>247651</v>
+        <v>48706</v>
       </c>
       <c r="F11" s="16">
-        <v>10442.5</v>
+        <v>2047.55</v>
       </c>
       <c r="G11" s="17">
-        <v>261206</v>
+        <v>55401</v>
       </c>
       <c r="H11" s="16">
-        <v>10215.714285714301</v>
+        <v>2189.5238095238101</v>
       </c>
       <c r="I11" s="17">
-        <v>257244</v>
+        <v>55314</v>
       </c>
       <c r="J11" s="16">
-        <v>10558</v>
+        <v>2261.6</v>
       </c>
       <c r="K11" s="17">
-        <v>282579</v>
+        <v>59372</v>
       </c>
       <c r="L11" s="16">
-        <v>10916.666666666701</v>
+        <v>2335.5714285714298</v>
       </c>
       <c r="M11" s="17">
-        <v>257504</v>
+        <v>53259</v>
       </c>
       <c r="N11" s="16">
-        <v>10716.947368421101</v>
-[...12 lines deleted...]
-      <c r="Z11" s="20"/>
+        <v>2265.7368421052602</v>
+      </c>
+      <c r="O11" s="17">
+        <v>54679</v>
+      </c>
+      <c r="P11" s="16">
+        <v>2050.6521739130399</v>
+      </c>
+      <c r="Q11" s="17">
+        <v>48743</v>
+      </c>
+      <c r="R11" s="16">
+        <v>1959.6</v>
+      </c>
+      <c r="S11" s="17">
+        <v>54642</v>
+      </c>
+      <c r="T11" s="16">
+        <v>2269.6</v>
+      </c>
+      <c r="U11" s="17">
+        <v>60402</v>
+      </c>
+      <c r="V11" s="16">
+        <v>2260.0869565217399</v>
+      </c>
+      <c r="W11" s="17">
+        <v>60109</v>
+      </c>
+      <c r="X11" s="16">
+        <v>2384.4499999999998</v>
+      </c>
+      <c r="Y11" s="17">
+        <v>56074</v>
+      </c>
+      <c r="Z11" s="20">
+        <v>2257.6999999999998</v>
+      </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.25">
       <c r="B12" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="15">
-        <v>42215</v>
+        <v>306213</v>
       </c>
       <c r="D12" s="16">
-        <v>1678.3333333333301</v>
+        <v>11750.809523809499</v>
       </c>
       <c r="E12" s="17">
-        <v>48706</v>
+        <v>297229</v>
       </c>
       <c r="F12" s="16">
-        <v>2047.55</v>
+        <v>12330.95</v>
       </c>
       <c r="G12" s="17">
-        <v>55401</v>
+        <v>309118</v>
       </c>
       <c r="H12" s="16">
-        <v>2189.5238095238101</v>
+        <v>11821.142857142901</v>
       </c>
       <c r="I12" s="17">
-        <v>55314</v>
+        <v>295506</v>
       </c>
       <c r="J12" s="16">
-        <v>2261.6</v>
+        <v>11837.1</v>
       </c>
       <c r="K12" s="17">
-        <v>59372</v>
+        <v>312264</v>
       </c>
       <c r="L12" s="16">
-        <v>2335.5714285714298</v>
+        <v>11963.619047619</v>
       </c>
       <c r="M12" s="17">
-        <v>53259</v>
+        <v>290886</v>
       </c>
       <c r="N12" s="16">
-        <v>2265.7368421052602</v>
-[...12 lines deleted...]
-      <c r="Z12" s="20"/>
+        <v>11816.2631578947</v>
+      </c>
+      <c r="O12" s="17">
+        <v>289434</v>
+      </c>
+      <c r="P12" s="16">
+        <v>10445.652173913</v>
+      </c>
+      <c r="Q12" s="17">
+        <v>209839</v>
+      </c>
+      <c r="R12" s="16">
+        <v>7495.3</v>
+      </c>
+      <c r="S12" s="17">
+        <v>290673</v>
+      </c>
+      <c r="T12" s="16">
+        <v>11514.85</v>
+      </c>
+      <c r="U12" s="17">
+        <v>330791</v>
+      </c>
+      <c r="V12" s="16">
+        <v>12171.5652173913</v>
+      </c>
+      <c r="W12" s="17">
+        <v>303936</v>
+      </c>
+      <c r="X12" s="16">
+        <v>12173.4</v>
+      </c>
+      <c r="Y12" s="17">
+        <v>285952</v>
+      </c>
+      <c r="Z12" s="20">
+        <v>11221.35</v>
+      </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.25">
       <c r="B13" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="15">
-        <v>306213</v>
+        <v>19392</v>
       </c>
       <c r="D13" s="16">
-        <v>11750.809523809499</v>
+        <v>923.42857142857099</v>
       </c>
       <c r="E13" s="17">
-        <v>297229</v>
+        <v>16265</v>
       </c>
       <c r="F13" s="16">
-        <v>12330.95</v>
+        <v>813.25</v>
       </c>
       <c r="G13" s="17">
-        <v>309118</v>
+        <v>16924</v>
       </c>
       <c r="H13" s="16">
-        <v>11821.142857142901</v>
+        <v>805.90476190476204</v>
       </c>
       <c r="I13" s="17">
-        <v>295506</v>
+        <v>15113</v>
       </c>
       <c r="J13" s="16">
-        <v>11837.1</v>
+        <v>755.65</v>
       </c>
       <c r="K13" s="17">
-        <v>312264</v>
+        <v>12323</v>
       </c>
       <c r="L13" s="16">
-        <v>11963.619047619</v>
+        <v>584.80952380952397</v>
       </c>
       <c r="M13" s="17">
-        <v>290886</v>
+        <v>12175</v>
       </c>
       <c r="N13" s="16">
-        <v>11816.2631578947</v>
-[...12 lines deleted...]
-      <c r="Z13" s="20"/>
+        <v>640.78947368421098</v>
+      </c>
+      <c r="O13" s="17">
+        <v>14503</v>
+      </c>
+      <c r="P13" s="16">
+        <v>630.56521739130403</v>
+      </c>
+      <c r="Q13" s="17">
+        <v>8068</v>
+      </c>
+      <c r="R13" s="16">
+        <v>403.4</v>
+      </c>
+      <c r="S13" s="17">
+        <v>13411</v>
+      </c>
+      <c r="T13" s="16">
+        <v>670.55</v>
+      </c>
+      <c r="U13" s="17">
+        <v>18961</v>
+      </c>
+      <c r="V13" s="16">
+        <v>824.39130434782601</v>
+      </c>
+      <c r="W13" s="17">
+        <v>16907</v>
+      </c>
+      <c r="X13" s="16">
+        <v>845.35</v>
+      </c>
+      <c r="Y13" s="17">
+        <v>13949</v>
+      </c>
+      <c r="Z13" s="20">
+        <v>697.45</v>
+      </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.25">
       <c r="B14" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="15">
-        <v>19392</v>
+        <v>342884</v>
       </c>
       <c r="D14" s="16">
-        <v>923.42857142857099</v>
+        <v>12472</v>
       </c>
       <c r="E14" s="17">
-        <v>16265</v>
+        <v>337456</v>
       </c>
       <c r="F14" s="16">
-        <v>813.25</v>
+        <v>13465.75</v>
       </c>
       <c r="G14" s="17">
-        <v>16924</v>
+        <v>357166</v>
       </c>
       <c r="H14" s="16">
-        <v>805.90476190476204</v>
+        <v>12962.0952380952</v>
       </c>
       <c r="I14" s="17">
-        <v>15113</v>
+        <v>371397</v>
       </c>
       <c r="J14" s="16">
-        <v>755.65</v>
+        <v>13794.8</v>
       </c>
       <c r="K14" s="17">
-        <v>12323</v>
+        <v>395038</v>
       </c>
       <c r="L14" s="16">
-        <v>584.80952380952397</v>
+        <v>14710.5714285714</v>
       </c>
       <c r="M14" s="17">
-        <v>12175</v>
+        <v>385120</v>
       </c>
       <c r="N14" s="16">
-        <v>640.78947368421098</v>
-[...12 lines deleted...]
-      <c r="Z14" s="20"/>
+        <v>15053.789473684201</v>
+      </c>
+      <c r="O14" s="17">
+        <v>444496</v>
+      </c>
+      <c r="P14" s="16">
+        <v>15802.043478260901</v>
+      </c>
+      <c r="Q14" s="17">
+        <v>378083</v>
+      </c>
+      <c r="R14" s="16">
+        <v>13348.5</v>
+      </c>
+      <c r="S14" s="17">
+        <v>372204</v>
+      </c>
+      <c r="T14" s="16">
+        <v>14135</v>
+      </c>
+      <c r="U14" s="17">
+        <v>422112</v>
+      </c>
+      <c r="V14" s="16">
+        <v>15268.9130434783</v>
+      </c>
+      <c r="W14" s="17">
+        <v>380335</v>
+      </c>
+      <c r="X14" s="16">
+        <v>14549.75</v>
+      </c>
+      <c r="Y14" s="17">
+        <v>365319</v>
+      </c>
+      <c r="Z14" s="20">
+        <v>13641.6</v>
+      </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.25">
       <c r="B15" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="15">
-        <v>342884</v>
+        <v>251672</v>
       </c>
       <c r="D15" s="16">
-        <v>12472</v>
+        <v>10579.619047619</v>
       </c>
       <c r="E15" s="17">
-        <v>337456</v>
+        <v>266821</v>
       </c>
       <c r="F15" s="16">
-        <v>13465.75</v>
+        <v>11955.15</v>
       </c>
       <c r="G15" s="17">
-        <v>357166</v>
+        <v>282706</v>
       </c>
       <c r="H15" s="16">
-        <v>12962.0952380952</v>
+        <v>11789.857142857099</v>
       </c>
       <c r="I15" s="17">
-        <v>371397</v>
+        <v>260336</v>
       </c>
       <c r="J15" s="16">
-        <v>13794.8</v>
+        <v>11534.75</v>
       </c>
       <c r="K15" s="17">
-        <v>395038</v>
+        <v>283854</v>
       </c>
       <c r="L15" s="16">
-        <v>14710.5714285714</v>
+        <v>11847.0952380952</v>
       </c>
       <c r="M15" s="17">
-        <v>385120</v>
+        <v>249539</v>
       </c>
       <c r="N15" s="16">
-        <v>15053.789473684201</v>
-[...12 lines deleted...]
-      <c r="Z15" s="20"/>
+        <v>11196.052631578899</v>
+      </c>
+      <c r="O15" s="17">
+        <v>255203</v>
+      </c>
+      <c r="P15" s="16">
+        <v>10016.956521739099</v>
+      </c>
+      <c r="Q15" s="17">
+        <v>163683</v>
+      </c>
+      <c r="R15" s="16">
+        <v>6665.8</v>
+      </c>
+      <c r="S15" s="17">
+        <v>252402</v>
+      </c>
+      <c r="T15" s="16">
+        <v>10919.4</v>
+      </c>
+      <c r="U15" s="17">
+        <v>289926</v>
+      </c>
+      <c r="V15" s="16">
+        <v>11375.0869565217</v>
+      </c>
+      <c r="W15" s="17">
+        <v>256545</v>
+      </c>
+      <c r="X15" s="16">
+        <v>11127.65</v>
+      </c>
+      <c r="Y15" s="17">
+        <v>224472</v>
+      </c>
+      <c r="Z15" s="20">
+        <v>9670.9500000000007</v>
+      </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.25">
       <c r="B16" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="15">
-        <v>251672</v>
+        <v>440934</v>
       </c>
       <c r="D16" s="16">
-        <v>10579.619047619</v>
+        <v>18389.238095238099</v>
       </c>
       <c r="E16" s="17">
-        <v>266821</v>
+        <v>457855</v>
       </c>
       <c r="F16" s="16">
-        <v>11955.15</v>
+        <v>20447.349999999999</v>
       </c>
       <c r="G16" s="17">
-        <v>282706</v>
+        <v>488019</v>
       </c>
       <c r="H16" s="16">
-        <v>11789.857142857099</v>
+        <v>20326.238095238099</v>
       </c>
       <c r="I16" s="17">
-        <v>260336</v>
+        <v>448557</v>
       </c>
       <c r="J16" s="16">
-        <v>11534.75</v>
+        <v>19640.099999999999</v>
       </c>
       <c r="K16" s="17">
-        <v>283854</v>
+        <v>495259</v>
       </c>
       <c r="L16" s="16">
-        <v>11847.0952380952</v>
+        <v>20537.714285714301</v>
       </c>
       <c r="M16" s="17">
-        <v>249539</v>
+        <v>426108</v>
       </c>
       <c r="N16" s="16">
-        <v>11196.052631578899</v>
-[...12 lines deleted...]
-      <c r="Z16" s="20"/>
+        <v>19182.052631578899</v>
+      </c>
+      <c r="O16" s="17">
+        <v>422541</v>
+      </c>
+      <c r="P16" s="16">
+        <v>16453.695652173901</v>
+      </c>
+      <c r="Q16" s="17">
+        <v>244450</v>
+      </c>
+      <c r="R16" s="16">
+        <v>9666.0499999999993</v>
+      </c>
+      <c r="S16" s="17">
+        <v>430329</v>
+      </c>
+      <c r="T16" s="16">
+        <v>18776.8</v>
+      </c>
+      <c r="U16" s="17">
+        <v>529986</v>
+      </c>
+      <c r="V16" s="16">
+        <v>20767.130434782601</v>
+      </c>
+      <c r="W16" s="17">
+        <v>489624</v>
+      </c>
+      <c r="X16" s="16">
+        <v>21322.05</v>
+      </c>
+      <c r="Y16" s="17">
+        <v>440595</v>
+      </c>
+      <c r="Z16" s="20">
+        <v>18961.55</v>
+      </c>
     </row>
     <row r="17" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B17" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="15">
-        <v>440934</v>
+        <v>373128</v>
       </c>
       <c r="D17" s="16">
-        <v>18389.238095238099</v>
+        <v>15143.0476190476</v>
       </c>
       <c r="E17" s="17">
-        <v>457855</v>
+        <v>373945</v>
       </c>
       <c r="F17" s="16">
-        <v>20447.349999999999</v>
+        <v>16176.1</v>
       </c>
       <c r="G17" s="17">
-        <v>488019</v>
+        <v>397846</v>
       </c>
       <c r="H17" s="16">
-        <v>20326.238095238099</v>
+        <v>15964.857142857099</v>
       </c>
       <c r="I17" s="17">
-        <v>448557</v>
+        <v>372348</v>
       </c>
       <c r="J17" s="16">
-        <v>19640.099999999999</v>
+        <v>15688.6</v>
       </c>
       <c r="K17" s="17">
-        <v>495259</v>
+        <v>408978</v>
       </c>
       <c r="L17" s="16">
-        <v>20537.714285714301</v>
+        <v>16395.476190476202</v>
       </c>
       <c r="M17" s="17">
-        <v>426108</v>
+        <v>371187</v>
       </c>
       <c r="N17" s="16">
-        <v>19182.052631578899</v>
-[...12 lines deleted...]
-      <c r="Z17" s="20"/>
+        <v>16233.8421052632</v>
+      </c>
+      <c r="O17" s="17">
+        <v>377419</v>
+      </c>
+      <c r="P17" s="16">
+        <v>14425.782608695699</v>
+      </c>
+      <c r="Q17" s="17">
+        <v>255869</v>
+      </c>
+      <c r="R17" s="16">
+        <v>10031.450000000001</v>
+      </c>
+      <c r="S17" s="17">
+        <v>369497</v>
+      </c>
+      <c r="T17" s="16">
+        <v>15581.75</v>
+      </c>
+      <c r="U17" s="17">
+        <v>426879</v>
+      </c>
+      <c r="V17" s="16">
+        <v>16288.4347826087</v>
+      </c>
+      <c r="W17" s="17">
+        <v>384788</v>
+      </c>
+      <c r="X17" s="16">
+        <v>15933.1</v>
+      </c>
+      <c r="Y17" s="17">
+        <v>354371</v>
+      </c>
+      <c r="Z17" s="20">
+        <v>14616.35</v>
+      </c>
     </row>
     <row r="18" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B18" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="15">
-        <v>373128</v>
+        <v>114925</v>
       </c>
       <c r="D18" s="16">
-        <v>15143.0476190476</v>
+        <v>4465.6190476190504</v>
       </c>
       <c r="E18" s="17">
-        <v>373945</v>
+        <v>116130</v>
       </c>
       <c r="F18" s="16">
-        <v>16176.1</v>
+        <v>4901.2</v>
       </c>
       <c r="G18" s="17">
-        <v>397846</v>
+        <v>121918</v>
       </c>
       <c r="H18" s="16">
-        <v>15964.857142857099</v>
+        <v>4733.0952380952403</v>
       </c>
       <c r="I18" s="17">
-        <v>372348</v>
+        <v>112675</v>
       </c>
       <c r="J18" s="16">
-        <v>15688.6</v>
+        <v>4602.6000000000004</v>
       </c>
       <c r="K18" s="17">
-        <v>408978</v>
+        <v>128687</v>
       </c>
       <c r="L18" s="16">
-        <v>16395.476190476202</v>
+        <v>5009.8095238095202</v>
       </c>
       <c r="M18" s="17">
-        <v>371187</v>
+        <v>114845</v>
       </c>
       <c r="N18" s="16">
-        <v>16233.8421052632</v>
-[...12 lines deleted...]
-      <c r="Z18" s="20"/>
+        <v>4744.3157894736796</v>
+      </c>
+      <c r="O18" s="17">
+        <v>135728</v>
+      </c>
+      <c r="P18" s="16">
+        <v>4915.3913043478296</v>
+      </c>
+      <c r="Q18" s="17">
+        <v>95842</v>
+      </c>
+      <c r="R18" s="16">
+        <v>3406.55</v>
+      </c>
+      <c r="S18" s="17">
+        <v>112775</v>
+      </c>
+      <c r="T18" s="16">
+        <v>4570.95</v>
+      </c>
+      <c r="U18" s="17">
+        <v>122562</v>
+      </c>
+      <c r="V18" s="16">
+        <v>4564.4347826086996</v>
+      </c>
+      <c r="W18" s="17">
+        <v>105066</v>
+      </c>
+      <c r="X18" s="16">
+        <v>4211.75</v>
+      </c>
+      <c r="Y18" s="17">
+        <v>104972</v>
+      </c>
+      <c r="Z18" s="20">
+        <v>4166.6499999999996</v>
+      </c>
     </row>
     <row r="19" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B19" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="15">
-        <v>114925</v>
+        <v>149151</v>
       </c>
       <c r="D19" s="16">
-        <v>4465.6190476190504</v>
+        <v>5062.7619047619</v>
       </c>
       <c r="E19" s="17">
-        <v>116130</v>
+        <v>144211</v>
       </c>
       <c r="F19" s="16">
-        <v>4901.2</v>
+        <v>5427.2</v>
       </c>
       <c r="G19" s="17">
-        <v>121918</v>
+        <v>158672</v>
       </c>
       <c r="H19" s="16">
-        <v>4733.0952380952403</v>
+        <v>5308.1428571428596</v>
       </c>
       <c r="I19" s="17">
-        <v>112675</v>
+        <v>158845</v>
       </c>
       <c r="J19" s="16">
-        <v>4602.6000000000004</v>
+        <v>5782.35</v>
       </c>
       <c r="K19" s="17">
-        <v>128687</v>
+        <v>166453</v>
       </c>
       <c r="L19" s="16">
-        <v>5009.8095238095202</v>
+        <v>5625.7142857142899</v>
       </c>
       <c r="M19" s="17">
-        <v>114845</v>
+        <v>156337</v>
       </c>
       <c r="N19" s="16">
-        <v>4744.3157894736796</v>
-[...12 lines deleted...]
-      <c r="Z19" s="20"/>
+        <v>5627.1578947368398</v>
+      </c>
+      <c r="O19" s="17">
+        <v>166895</v>
+      </c>
+      <c r="P19" s="16">
+        <v>5710.5652173913004</v>
+      </c>
+      <c r="Q19" s="17">
+        <v>167095</v>
+      </c>
+      <c r="R19" s="16">
+        <v>5852.8</v>
+      </c>
+      <c r="S19" s="17">
+        <v>161273</v>
+      </c>
+      <c r="T19" s="16">
+        <v>5776.8</v>
+      </c>
+      <c r="U19" s="17">
+        <v>167281</v>
+      </c>
+      <c r="V19" s="16">
+        <v>5641.2608695652198</v>
+      </c>
+      <c r="W19" s="17">
+        <v>155510</v>
+      </c>
+      <c r="X19" s="16">
+        <v>5385.25</v>
+      </c>
+      <c r="Y19" s="17">
+        <v>156945</v>
+      </c>
+      <c r="Z19" s="20">
+        <v>5314</v>
+      </c>
     </row>
     <row r="20" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B20" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15">
-        <v>149151</v>
+        <v>391978</v>
       </c>
       <c r="D20" s="16">
-        <v>5062.7619047619</v>
+        <v>14712.666666666701</v>
       </c>
       <c r="E20" s="17">
-        <v>144211</v>
+        <v>388937</v>
       </c>
       <c r="F20" s="16">
-        <v>5427.2</v>
+        <v>15850.7</v>
       </c>
       <c r="G20" s="17">
-        <v>158672</v>
+        <v>406861</v>
       </c>
       <c r="H20" s="16">
-        <v>5308.1428571428596</v>
+        <v>15112.5238095238</v>
       </c>
       <c r="I20" s="17">
-        <v>158845</v>
+        <v>438245</v>
       </c>
       <c r="J20" s="16">
-        <v>5782.35</v>
+        <v>16568.5</v>
       </c>
       <c r="K20" s="17">
-        <v>166453</v>
+        <v>436734</v>
       </c>
       <c r="L20" s="16">
-        <v>5625.7142857142899</v>
+        <v>15979.9047619048</v>
       </c>
       <c r="M20" s="17">
-        <v>156337</v>
+        <v>447549</v>
       </c>
       <c r="N20" s="16">
-        <v>5627.1578947368398</v>
-[...12 lines deleted...]
-      <c r="Z20" s="20"/>
+        <v>17995</v>
+      </c>
+      <c r="O20" s="17">
+        <v>572416</v>
+      </c>
+      <c r="P20" s="16">
+        <v>21016.956521739099</v>
+      </c>
+      <c r="Q20" s="17">
+        <v>481411</v>
+      </c>
+      <c r="R20" s="16">
+        <v>17900.099999999999</v>
+      </c>
+      <c r="S20" s="17">
+        <v>454660</v>
+      </c>
+      <c r="T20" s="16">
+        <v>17838.7</v>
+      </c>
+      <c r="U20" s="17">
+        <v>468973</v>
+      </c>
+      <c r="V20" s="16">
+        <v>17107.5652173913</v>
+      </c>
+      <c r="W20" s="17">
+        <v>437440</v>
+      </c>
+      <c r="X20" s="16">
+        <v>17145.900000000001</v>
+      </c>
+      <c r="Y20" s="17">
+        <v>408190</v>
+      </c>
+      <c r="Z20" s="20">
+        <v>15522</v>
+      </c>
     </row>
     <row r="21" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B21" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C21" s="15">
-        <v>391978</v>
+        <v>50576</v>
       </c>
       <c r="D21" s="16">
-        <v>14712.666666666701</v>
+        <v>2408.38095238095</v>
       </c>
       <c r="E21" s="17">
-        <v>388937</v>
+        <v>56559</v>
       </c>
       <c r="F21" s="16">
-        <v>15850.7</v>
+        <v>2827.95</v>
       </c>
       <c r="G21" s="17">
-        <v>406861</v>
+        <v>57261</v>
       </c>
       <c r="H21" s="16">
-        <v>15112.5238095238</v>
+        <v>2721.9047619047601</v>
       </c>
       <c r="I21" s="17">
-        <v>438245</v>
+        <v>52893</v>
       </c>
       <c r="J21" s="16">
-        <v>16568.5</v>
+        <v>2643.45</v>
       </c>
       <c r="K21" s="17">
-        <v>436734</v>
+        <v>62420</v>
       </c>
       <c r="L21" s="16">
-        <v>15979.9047619048</v>
+        <v>2972.38095238095</v>
       </c>
       <c r="M21" s="17">
-        <v>447549</v>
+        <v>55063</v>
       </c>
       <c r="N21" s="16">
-        <v>17995</v>
-[...12 lines deleted...]
-      <c r="Z21" s="20"/>
+        <v>2898.0526315789498</v>
+      </c>
+      <c r="O21" s="17">
+        <v>34029</v>
+      </c>
+      <c r="P21" s="16">
+        <v>1470.21739130435</v>
+      </c>
+      <c r="Q21" s="17">
+        <v>23750</v>
+      </c>
+      <c r="R21" s="16">
+        <v>1187.5</v>
+      </c>
+      <c r="S21" s="17">
+        <v>48748</v>
+      </c>
+      <c r="T21" s="16">
+        <v>2437.4</v>
+      </c>
+      <c r="U21" s="17">
+        <v>64650</v>
+      </c>
+      <c r="V21" s="16">
+        <v>2810.8695652173901</v>
+      </c>
+      <c r="W21" s="17">
+        <v>55686</v>
+      </c>
+      <c r="X21" s="16">
+        <v>2784.3</v>
+      </c>
+      <c r="Y21" s="17">
+        <v>50298</v>
+      </c>
+      <c r="Z21" s="20">
+        <v>2513.4</v>
+      </c>
     </row>
     <row r="22" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B22" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C22" s="15">
-        <v>50576</v>
+        <v>281906</v>
       </c>
       <c r="D22" s="16">
-        <v>2408.38095238095</v>
+        <v>11637.9047619048</v>
       </c>
       <c r="E22" s="17">
-        <v>56559</v>
+        <v>296808</v>
       </c>
       <c r="F22" s="16">
-        <v>2827.95</v>
+        <v>13070.2</v>
       </c>
       <c r="G22" s="17">
-        <v>57261</v>
+        <v>317104</v>
       </c>
       <c r="H22" s="16">
-        <v>2721.9047619047601</v>
+        <v>13042.238095238101</v>
       </c>
       <c r="I22" s="17">
-        <v>52893</v>
+        <v>285796</v>
       </c>
       <c r="J22" s="16">
-        <v>2643.45</v>
+        <v>12478.4</v>
       </c>
       <c r="K22" s="17">
-        <v>62420</v>
+        <v>314833</v>
       </c>
       <c r="L22" s="16">
-        <v>2972.38095238095</v>
+        <v>12891.5714285714</v>
       </c>
       <c r="M22" s="17">
-        <v>55063</v>
+        <v>281275</v>
       </c>
       <c r="N22" s="16">
-        <v>2898.0526315789498</v>
-[...12 lines deleted...]
-      <c r="Z22" s="20"/>
+        <v>12638.6842105263</v>
+      </c>
+      <c r="O22" s="17">
+        <v>286157</v>
+      </c>
+      <c r="P22" s="16">
+        <v>11027.5652173913</v>
+      </c>
+      <c r="Q22" s="17">
+        <v>188651</v>
+      </c>
+      <c r="R22" s="16">
+        <v>7564.4</v>
+      </c>
+      <c r="S22" s="17">
+        <v>285157</v>
+      </c>
+      <c r="T22" s="16">
+        <v>12160.55</v>
+      </c>
+      <c r="U22" s="17">
+        <v>334010</v>
+      </c>
+      <c r="V22" s="16">
+        <v>13052</v>
+      </c>
+      <c r="W22" s="17">
+        <v>297009</v>
+      </c>
+      <c r="X22" s="16">
+        <v>12812</v>
+      </c>
+      <c r="Y22" s="17">
+        <v>261594</v>
+      </c>
+      <c r="Z22" s="20">
+        <v>11107</v>
+      </c>
     </row>
     <row r="23" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B23" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="15">
-        <v>281906</v>
+        <v>64638</v>
       </c>
       <c r="D23" s="16">
-        <v>11637.9047619048</v>
+        <v>2484.9523809523798</v>
       </c>
       <c r="E23" s="17">
-        <v>296808</v>
+        <v>72287</v>
       </c>
       <c r="F23" s="16">
-        <v>13070.2</v>
+        <v>2943.8</v>
       </c>
       <c r="G23" s="17">
-        <v>317104</v>
+        <v>76914</v>
       </c>
       <c r="H23" s="16">
-        <v>13042.238095238101</v>
+        <v>2904.5238095238101</v>
       </c>
       <c r="I23" s="17">
-        <v>285796</v>
+        <v>77396</v>
       </c>
       <c r="J23" s="16">
-        <v>12478.4</v>
+        <v>3027.5</v>
       </c>
       <c r="K23" s="17">
-        <v>314833</v>
+        <v>80155</v>
       </c>
       <c r="L23" s="16">
-        <v>12891.5714285714</v>
+        <v>2978</v>
       </c>
       <c r="M23" s="17">
-        <v>281275</v>
+        <v>78566</v>
       </c>
       <c r="N23" s="16">
-        <v>12638.6842105263</v>
-[...12 lines deleted...]
-      <c r="Z23" s="20"/>
+        <v>3063.9473684210502</v>
+      </c>
+      <c r="O23" s="17">
+        <v>79048</v>
+      </c>
+      <c r="P23" s="16">
+        <v>2733.0869565217399</v>
+      </c>
+      <c r="Q23" s="17">
+        <v>59284</v>
+      </c>
+      <c r="R23" s="16">
+        <v>1963.8</v>
+      </c>
+      <c r="S23" s="17">
+        <v>77333</v>
+      </c>
+      <c r="T23" s="16">
+        <v>2952.45</v>
+      </c>
+      <c r="U23" s="17">
+        <v>93069</v>
+      </c>
+      <c r="V23" s="16">
+        <v>3405.8695652173901</v>
+      </c>
+      <c r="W23" s="17">
+        <v>83215</v>
+      </c>
+      <c r="X23" s="16">
+        <v>3242.55</v>
+      </c>
+      <c r="Y23" s="17">
+        <v>71702</v>
+      </c>
+      <c r="Z23" s="20">
+        <v>2795.75</v>
+      </c>
     </row>
     <row r="24" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B24" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="15">
-        <v>64638</v>
+        <v>283119</v>
       </c>
       <c r="D24" s="16">
-        <v>2484.9523809523798</v>
+        <v>10455.666666666701</v>
       </c>
       <c r="E24" s="17">
-        <v>72287</v>
+        <v>272481</v>
       </c>
       <c r="F24" s="16">
-        <v>2943.8</v>
+        <v>10864.5</v>
       </c>
       <c r="G24" s="17">
-        <v>76914</v>
+        <v>294366</v>
       </c>
       <c r="H24" s="16">
-        <v>2904.5238095238101</v>
+        <v>10698</v>
       </c>
       <c r="I24" s="17">
-        <v>77396</v>
+        <v>293678</v>
       </c>
       <c r="J24" s="16">
-        <v>3027.5</v>
+        <v>10896.05</v>
       </c>
       <c r="K24" s="17">
-        <v>80155</v>
+        <v>309984</v>
       </c>
       <c r="L24" s="16">
-        <v>2978</v>
+        <v>10918.5238095238</v>
       </c>
       <c r="M24" s="17">
-        <v>78566</v>
+        <v>314127</v>
       </c>
       <c r="N24" s="16">
-        <v>3063.9473684210502</v>
-[...12 lines deleted...]
-      <c r="Z24" s="20"/>
+        <v>11686.4210526316</v>
+      </c>
+      <c r="O24" s="17">
+        <v>364428</v>
+      </c>
+      <c r="P24" s="16">
+        <v>12726.391304347801</v>
+      </c>
+      <c r="Q24" s="17">
+        <v>290460</v>
+      </c>
+      <c r="R24" s="16">
+        <v>9923.5</v>
+      </c>
+      <c r="S24" s="17">
+        <v>279238</v>
+      </c>
+      <c r="T24" s="16">
+        <v>10520.2</v>
+      </c>
+      <c r="U24" s="17">
+        <v>291638</v>
+      </c>
+      <c r="V24" s="16">
+        <v>10357.217391304301</v>
+      </c>
+      <c r="W24" s="17">
+        <v>264694</v>
+      </c>
+      <c r="X24" s="16">
+        <v>9734.5</v>
+      </c>
+      <c r="Y24" s="17">
+        <v>262193</v>
+      </c>
+      <c r="Z24" s="20">
+        <v>9401.75</v>
+      </c>
     </row>
     <row r="25" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B25" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="15">
-        <v>283119</v>
+        <v>94495</v>
       </c>
       <c r="D25" s="16">
-        <v>10455.666666666701</v>
+        <v>3957.3333333333298</v>
       </c>
       <c r="E25" s="17">
-        <v>272481</v>
+        <v>97699</v>
       </c>
       <c r="F25" s="16">
-        <v>10864.5</v>
+        <v>4334.8999999999996</v>
       </c>
       <c r="G25" s="17">
-        <v>294366</v>
+        <v>100207</v>
       </c>
       <c r="H25" s="16">
-        <v>10698</v>
+        <v>4112.2380952381</v>
       </c>
       <c r="I25" s="17">
-        <v>293678</v>
+        <v>99943</v>
       </c>
       <c r="J25" s="16">
-        <v>10896.05</v>
+        <v>4339.05</v>
       </c>
       <c r="K25" s="17">
-        <v>309984</v>
+        <v>110064</v>
       </c>
       <c r="L25" s="16">
-        <v>10918.5238095238</v>
+        <v>4507.9523809523798</v>
       </c>
       <c r="M25" s="17">
-        <v>314127</v>
+        <v>98218</v>
       </c>
       <c r="N25" s="16">
-        <v>11686.4210526316</v>
-[...12 lines deleted...]
-      <c r="Z25" s="20"/>
+        <v>4396.3157894736796</v>
+      </c>
+      <c r="O25" s="17">
+        <v>99328</v>
+      </c>
+      <c r="P25" s="16">
+        <v>3796.7826086956502</v>
+      </c>
+      <c r="Q25" s="17">
+        <v>74624</v>
+      </c>
+      <c r="R25" s="16">
+        <v>2980</v>
+      </c>
+      <c r="S25" s="17">
+        <v>100173</v>
+      </c>
+      <c r="T25" s="16">
+        <v>4317.55</v>
+      </c>
+      <c r="U25" s="17">
+        <v>120300</v>
+      </c>
+      <c r="V25" s="16">
+        <v>4632.6521739130403</v>
+      </c>
+      <c r="W25" s="17">
+        <v>103260</v>
+      </c>
+      <c r="X25" s="16">
+        <v>4460</v>
+      </c>
+      <c r="Y25" s="17">
+        <v>92347</v>
+      </c>
+      <c r="Z25" s="20">
+        <v>3927.8</v>
+      </c>
     </row>
     <row r="26" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B26" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C26" s="15">
-        <v>94495</v>
+        <v>116575</v>
       </c>
       <c r="D26" s="16">
-        <v>3957.3333333333298</v>
+        <v>4536.6190476190504</v>
       </c>
       <c r="E26" s="17">
-        <v>97699</v>
+        <v>118863</v>
       </c>
       <c r="F26" s="16">
-        <v>4334.8999999999996</v>
+        <v>4992.25</v>
       </c>
       <c r="G26" s="17">
-        <v>100207</v>
+        <v>129736</v>
       </c>
       <c r="H26" s="16">
-        <v>4112.2380952381</v>
+        <v>5056.9047619047597</v>
       </c>
       <c r="I26" s="17">
-        <v>99943</v>
+        <v>127476</v>
       </c>
       <c r="J26" s="16">
-        <v>4339.05</v>
+        <v>4968.95</v>
       </c>
       <c r="K26" s="17">
-        <v>110064</v>
+        <v>124485</v>
       </c>
       <c r="L26" s="16">
-        <v>4507.9523809523798</v>
+        <v>4773.3809523809496</v>
       </c>
       <c r="M26" s="17">
-        <v>98218</v>
+        <v>113823</v>
       </c>
       <c r="N26" s="16">
-        <v>4396.3157894736796</v>
-[...12 lines deleted...]
-      <c r="Z26" s="20"/>
+        <v>4667.8947368421004</v>
+      </c>
+      <c r="O26" s="17">
+        <v>122191</v>
+      </c>
+      <c r="P26" s="16">
+        <v>4425.3913043478296</v>
+      </c>
+      <c r="Q26" s="17">
+        <v>94775</v>
+      </c>
+      <c r="R26" s="16">
+        <v>3450.65</v>
+      </c>
+      <c r="S26" s="17">
+        <v>113483</v>
+      </c>
+      <c r="T26" s="16">
+        <v>4520.3500000000004</v>
+      </c>
+      <c r="U26" s="17">
+        <v>125950</v>
+      </c>
+      <c r="V26" s="16">
+        <v>4644.0869565217399</v>
+      </c>
+      <c r="W26" s="17">
+        <v>118291</v>
+      </c>
+      <c r="X26" s="16">
+        <v>4661.3500000000004</v>
+      </c>
+      <c r="Y26" s="17">
+        <v>109716</v>
+      </c>
+      <c r="Z26" s="20">
+        <v>4312.05</v>
+      </c>
     </row>
     <row r="27" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B27" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="15">
-        <v>116575</v>
+        <v>156399</v>
       </c>
       <c r="D27" s="16">
-        <v>4536.6190476190504</v>
+        <v>6606.7142857142899</v>
       </c>
       <c r="E27" s="17">
-        <v>118863</v>
+        <v>165729</v>
       </c>
       <c r="F27" s="16">
-        <v>4992.25</v>
+        <v>7481.9</v>
       </c>
       <c r="G27" s="17">
-        <v>129736</v>
+        <v>176070</v>
       </c>
       <c r="H27" s="16">
-        <v>5056.9047619047597</v>
+        <v>7454.7619047619</v>
       </c>
       <c r="I27" s="17">
-        <v>127476</v>
+        <v>157253</v>
       </c>
       <c r="J27" s="16">
-        <v>4968.95</v>
+        <v>6870.65</v>
       </c>
       <c r="K27" s="17">
-        <v>124485</v>
+        <v>177636</v>
       </c>
       <c r="L27" s="16">
-        <v>4773.3809523809496</v>
+        <v>7476.6666666666697</v>
       </c>
       <c r="M27" s="17">
-        <v>113823</v>
+        <v>146793</v>
       </c>
       <c r="N27" s="16">
-        <v>4667.8947368421004</v>
-[...12 lines deleted...]
-      <c r="Z27" s="20"/>
+        <v>6704.7368421052597</v>
+      </c>
+      <c r="O27" s="17">
+        <v>121856</v>
+      </c>
+      <c r="P27" s="16">
+        <v>4696</v>
+      </c>
+      <c r="Q27" s="17">
+        <v>64954</v>
+      </c>
+      <c r="R27" s="16">
+        <v>2451.65</v>
+      </c>
+      <c r="S27" s="17">
+        <v>159230</v>
+      </c>
+      <c r="T27" s="16">
+        <v>6961.45</v>
+      </c>
+      <c r="U27" s="17">
+        <v>190028</v>
+      </c>
+      <c r="V27" s="16">
+        <v>7574.2608695652198</v>
+      </c>
+      <c r="W27" s="17">
+        <v>171841</v>
+      </c>
+      <c r="X27" s="16">
+        <v>7561.65</v>
+      </c>
+      <c r="Y27" s="17">
+        <v>142763</v>
+      </c>
+      <c r="Z27" s="20">
+        <v>6146.75</v>
+      </c>
     </row>
     <row r="28" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B28" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C28" s="15">
-        <v>156399</v>
+        <v>120187</v>
       </c>
       <c r="D28" s="16">
-        <v>6606.7142857142899</v>
+        <v>4573.1904761904798</v>
       </c>
       <c r="E28" s="17">
-        <v>165729</v>
+        <v>118632</v>
       </c>
       <c r="F28" s="16">
-        <v>7481.9</v>
+        <v>4909.8500000000004</v>
       </c>
       <c r="G28" s="17">
-        <v>176070</v>
+        <v>128852</v>
       </c>
       <c r="H28" s="16">
-        <v>7454.7619047619</v>
+        <v>4931.1904761904798</v>
       </c>
       <c r="I28" s="17">
-        <v>157253</v>
+        <v>115648</v>
       </c>
       <c r="J28" s="16">
-        <v>6870.65</v>
+        <v>4783.3500000000004</v>
       </c>
       <c r="K28" s="17">
-        <v>177636</v>
+        <v>130873</v>
       </c>
       <c r="L28" s="16">
-        <v>7476.6666666666697</v>
+        <v>5003</v>
       </c>
       <c r="M28" s="17">
-        <v>146793</v>
+        <v>116771</v>
       </c>
       <c r="N28" s="16">
-        <v>6704.7368421052597</v>
-[...12 lines deleted...]
-      <c r="Z28" s="20"/>
+        <v>4838.5789473684199</v>
+      </c>
+      <c r="O28" s="17">
+        <v>110855</v>
+      </c>
+      <c r="P28" s="16">
+        <v>4020.6521739130399</v>
+      </c>
+      <c r="Q28" s="17">
+        <v>86564</v>
+      </c>
+      <c r="R28" s="16">
+        <v>3335</v>
+      </c>
+      <c r="S28" s="17">
+        <v>120538</v>
+      </c>
+      <c r="T28" s="16">
+        <v>4775.55</v>
+      </c>
+      <c r="U28" s="17">
+        <v>138278</v>
+      </c>
+      <c r="V28" s="16">
+        <v>5119.9130434782601</v>
+      </c>
+      <c r="W28" s="17">
+        <v>130198</v>
+      </c>
+      <c r="X28" s="16">
+        <v>5156.5</v>
+      </c>
+      <c r="Y28" s="17">
+        <v>123299</v>
+      </c>
+      <c r="Z28" s="20">
+        <v>4763.25</v>
+      </c>
     </row>
     <row r="29" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B29" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="15">
-        <v>120187</v>
+        <v>171522</v>
       </c>
       <c r="D29" s="16">
-        <v>4573.1904761904798</v>
+        <v>6903.8095238095202</v>
       </c>
       <c r="E29" s="17">
-        <v>118632</v>
+        <v>173788</v>
       </c>
       <c r="F29" s="16">
-        <v>4909.8500000000004</v>
+        <v>7543.55</v>
       </c>
       <c r="G29" s="17">
-        <v>128852</v>
+        <v>185810</v>
       </c>
       <c r="H29" s="16">
-        <v>4931.1904761904798</v>
+        <v>7460.9523809523798</v>
       </c>
       <c r="I29" s="17">
-        <v>115648</v>
+        <v>171282</v>
       </c>
       <c r="J29" s="16">
-        <v>4783.3500000000004</v>
+        <v>7169.95</v>
       </c>
       <c r="K29" s="17">
-        <v>130873</v>
+        <v>193656</v>
       </c>
       <c r="L29" s="16">
-        <v>5003</v>
+        <v>7653.4285714285697</v>
       </c>
       <c r="M29" s="17">
-        <v>116771</v>
+        <v>172129</v>
       </c>
       <c r="N29" s="16">
-        <v>4838.5789473684199</v>
-[...12 lines deleted...]
-      <c r="Z29" s="20"/>
+        <v>7457.8421052631602</v>
+      </c>
+      <c r="O29" s="17">
+        <v>162267</v>
+      </c>
+      <c r="P29" s="16">
+        <v>6029</v>
+      </c>
+      <c r="Q29" s="17">
+        <v>133890</v>
+      </c>
+      <c r="R29" s="16">
+        <v>5265.75</v>
+      </c>
+      <c r="S29" s="17">
+        <v>182312</v>
+      </c>
+      <c r="T29" s="16">
+        <v>7460</v>
+      </c>
+      <c r="U29" s="17">
+        <v>210774</v>
+      </c>
+      <c r="V29" s="16">
+        <v>8065.9130434782601</v>
+      </c>
+      <c r="W29" s="17">
+        <v>191639</v>
+      </c>
+      <c r="X29" s="16">
+        <v>8007.45</v>
+      </c>
+      <c r="Y29" s="17">
+        <v>169983</v>
+      </c>
+      <c r="Z29" s="20">
+        <v>7030.4</v>
+      </c>
     </row>
     <row r="30" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B30" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="15">
-        <v>171522</v>
+        <v>112129</v>
       </c>
       <c r="D30" s="16">
-        <v>6903.8095238095202</v>
+        <v>4768.4761904761899</v>
       </c>
       <c r="E30" s="17">
-        <v>173788</v>
+        <v>118011</v>
       </c>
       <c r="F30" s="16">
-        <v>7543.55</v>
+        <v>5324.7</v>
       </c>
       <c r="G30" s="17">
-        <v>185810</v>
+        <v>125952</v>
       </c>
       <c r="H30" s="16">
-        <v>7460.9523809523798</v>
+        <v>5320.3333333333303</v>
       </c>
       <c r="I30" s="17">
-        <v>171282</v>
+        <v>111057</v>
       </c>
       <c r="J30" s="16">
-        <v>7169.95</v>
+        <v>4869.75</v>
       </c>
       <c r="K30" s="17">
-        <v>193656</v>
+        <v>126303</v>
       </c>
       <c r="L30" s="16">
-        <v>7653.4285714285697</v>
+        <v>5269.4285714285697</v>
       </c>
       <c r="M30" s="17">
-        <v>172129</v>
+        <v>110622</v>
       </c>
       <c r="N30" s="16">
-        <v>7457.8421052631602</v>
-[...12 lines deleted...]
-      <c r="Z30" s="20"/>
+        <v>5099.7368421052597</v>
+      </c>
+      <c r="O30" s="17">
+        <v>95330</v>
+      </c>
+      <c r="P30" s="16">
+        <v>3760.6956521739098</v>
+      </c>
+      <c r="Q30" s="17">
+        <v>61363</v>
+      </c>
+      <c r="R30" s="16">
+        <v>2509.0500000000002</v>
+      </c>
+      <c r="S30" s="17">
+        <v>116011</v>
+      </c>
+      <c r="T30" s="16">
+        <v>5017.8999999999996</v>
+      </c>
+      <c r="U30" s="17">
+        <v>135798</v>
+      </c>
+      <c r="V30" s="16">
+        <v>5364.6521739130403</v>
+      </c>
+      <c r="W30" s="17">
+        <v>120273</v>
+      </c>
+      <c r="X30" s="16">
+        <v>5264</v>
+      </c>
+      <c r="Y30" s="17">
+        <v>100226</v>
+      </c>
+      <c r="Z30" s="20">
+        <v>4312.3500000000004</v>
+      </c>
     </row>
     <row r="31" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B31" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C31" s="15">
-        <v>112129</v>
+        <v>194663</v>
       </c>
       <c r="D31" s="16">
-        <v>4768.4761904761899</v>
+        <v>8637.1428571428605</v>
       </c>
       <c r="E31" s="17">
-        <v>118011</v>
+        <v>197500</v>
       </c>
       <c r="F31" s="16">
-        <v>5324.7</v>
+        <v>9255.0499999999993</v>
       </c>
       <c r="G31" s="17">
-        <v>125952</v>
+        <v>210697</v>
       </c>
       <c r="H31" s="16">
-        <v>5320.3333333333303</v>
+        <v>9321.9523809523798</v>
       </c>
       <c r="I31" s="17">
-        <v>111057</v>
+        <v>187694</v>
       </c>
       <c r="J31" s="16">
-        <v>4869.75</v>
+        <v>8795.25</v>
       </c>
       <c r="K31" s="17">
-        <v>126303</v>
+        <v>213297</v>
       </c>
       <c r="L31" s="16">
-        <v>5269.4285714285697</v>
+        <v>9378.1428571428605</v>
       </c>
       <c r="M31" s="17">
-        <v>110622</v>
+        <v>182560</v>
       </c>
       <c r="N31" s="16">
-        <v>5099.7368421052597</v>
-[...12 lines deleted...]
-      <c r="Z31" s="20"/>
+        <v>8914.6842105263095</v>
+      </c>
+      <c r="O31" s="17">
+        <v>198816</v>
+      </c>
+      <c r="P31" s="16">
+        <v>8173.1304347826099</v>
+      </c>
+      <c r="Q31" s="17">
+        <v>95734</v>
+      </c>
+      <c r="R31" s="16">
+        <v>4228.8500000000004</v>
+      </c>
+      <c r="S31" s="17">
+        <v>179679</v>
+      </c>
+      <c r="T31" s="16">
+        <v>8390.4</v>
+      </c>
+      <c r="U31" s="17">
+        <v>229202</v>
+      </c>
+      <c r="V31" s="16">
+        <v>9393.4347826086996</v>
+      </c>
+      <c r="W31" s="17">
+        <v>202445</v>
+      </c>
+      <c r="X31" s="16">
+        <v>9447.4500000000007</v>
+      </c>
+      <c r="Y31" s="17">
+        <v>177255</v>
+      </c>
+      <c r="Z31" s="20">
+        <v>8386.2000000000007</v>
+      </c>
     </row>
     <row r="32" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B32" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="15">
-        <v>194663</v>
+        <v>126730</v>
       </c>
       <c r="D32" s="16">
-        <v>8637.1428571428605</v>
+        <v>5179.1904761904798</v>
       </c>
       <c r="E32" s="17">
-        <v>197500</v>
+        <v>134898</v>
       </c>
       <c r="F32" s="16">
-        <v>9255.0499999999993</v>
+        <v>5935.5</v>
       </c>
       <c r="G32" s="17">
-        <v>210697</v>
+        <v>140940</v>
       </c>
       <c r="H32" s="16">
-        <v>9321.9523809523798</v>
+        <v>5710.1428571428596</v>
       </c>
       <c r="I32" s="17">
-        <v>187694</v>
+        <v>133428</v>
       </c>
       <c r="J32" s="16">
-        <v>8795.25</v>
+        <v>5657.85</v>
       </c>
       <c r="K32" s="17">
-        <v>213297</v>
+        <v>148666</v>
       </c>
       <c r="L32" s="16">
-        <v>9378.1428571428605</v>
+        <v>5998.1428571428596</v>
       </c>
       <c r="M32" s="17">
-        <v>182560</v>
+        <v>138324</v>
       </c>
       <c r="N32" s="16">
-        <v>8914.6842105263095</v>
-[...12 lines deleted...]
-      <c r="Z32" s="20"/>
+        <v>6026.1578947368398</v>
+      </c>
+      <c r="O32" s="17">
+        <v>130733</v>
+      </c>
+      <c r="P32" s="16">
+        <v>4859.04347826087</v>
+      </c>
+      <c r="Q32" s="17">
+        <v>97567</v>
+      </c>
+      <c r="R32" s="16">
+        <v>3702.55</v>
+      </c>
+      <c r="S32" s="17">
+        <v>138467</v>
+      </c>
+      <c r="T32" s="16">
+        <v>5790.3</v>
+      </c>
+      <c r="U32" s="17">
+        <v>165192</v>
+      </c>
+      <c r="V32" s="16">
+        <v>6376.3043478260897</v>
+      </c>
+      <c r="W32" s="17">
+        <v>147970</v>
+      </c>
+      <c r="X32" s="16">
+        <v>6289.2</v>
+      </c>
+      <c r="Y32" s="17">
+        <v>126656</v>
+      </c>
+      <c r="Z32" s="20">
+        <v>5300.6</v>
+      </c>
     </row>
     <row r="33" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B33" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C33" s="15">
-        <v>126730</v>
+        <v>71275</v>
       </c>
       <c r="D33" s="16">
-        <v>5179.1904761904798</v>
+        <v>3035.4285714285702</v>
       </c>
       <c r="E33" s="17">
-        <v>134898</v>
+        <v>75320</v>
       </c>
       <c r="F33" s="16">
-        <v>5935.5</v>
+        <v>3411.1</v>
       </c>
       <c r="G33" s="17">
-        <v>140940</v>
+        <v>82404</v>
       </c>
       <c r="H33" s="16">
-        <v>5710.1428571428596</v>
+        <v>3510.5238095238101</v>
       </c>
       <c r="I33" s="17">
-        <v>133428</v>
+        <v>76459</v>
       </c>
       <c r="J33" s="16">
-        <v>5657.85</v>
+        <v>3389.2</v>
       </c>
       <c r="K33" s="17">
-        <v>148666</v>
+        <v>84311</v>
       </c>
       <c r="L33" s="16">
-        <v>5998.1428571428596</v>
+        <v>3548.2380952381</v>
       </c>
       <c r="M33" s="17">
-        <v>138324</v>
+        <v>72828</v>
       </c>
       <c r="N33" s="16">
-        <v>6026.1578947368398</v>
-[...12 lines deleted...]
-      <c r="Z33" s="20"/>
+        <v>3343.4736842105299</v>
+      </c>
+      <c r="O33" s="17">
+        <v>63751</v>
+      </c>
+      <c r="P33" s="16">
+        <v>2489.8695652173901</v>
+      </c>
+      <c r="Q33" s="17">
+        <v>38517</v>
+      </c>
+      <c r="R33" s="16">
+        <v>1524.5</v>
+      </c>
+      <c r="S33" s="17">
+        <v>77818</v>
+      </c>
+      <c r="T33" s="16">
+        <v>3460.95</v>
+      </c>
+      <c r="U33" s="17">
+        <v>94670</v>
+      </c>
+      <c r="V33" s="16">
+        <v>3778.95652173913</v>
+      </c>
+      <c r="W33" s="17">
+        <v>81320</v>
+      </c>
+      <c r="X33" s="16">
+        <v>3628.5</v>
+      </c>
+      <c r="Y33" s="17">
+        <v>69972</v>
+      </c>
+      <c r="Z33" s="20">
+        <v>3113</v>
+      </c>
     </row>
     <row r="34" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B34" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="15">
-        <v>71275</v>
+        <v>24097</v>
       </c>
       <c r="D34" s="16">
-        <v>3035.4285714285702</v>
+        <v>1011.71428571429</v>
       </c>
       <c r="E34" s="17">
-        <v>75320</v>
+        <v>25858</v>
       </c>
       <c r="F34" s="16">
-        <v>3411.1</v>
+        <v>1159.3</v>
       </c>
       <c r="G34" s="17">
-        <v>82404</v>
+        <v>26329</v>
       </c>
       <c r="H34" s="16">
-        <v>3510.5238095238101</v>
+        <v>1101.42857142857</v>
       </c>
       <c r="I34" s="17">
-        <v>76459</v>
+        <v>24402</v>
       </c>
       <c r="J34" s="16">
-        <v>3389.2</v>
+        <v>1084.5999999999999</v>
       </c>
       <c r="K34" s="17">
-        <v>84311</v>
+        <v>21913</v>
       </c>
       <c r="L34" s="16">
-        <v>3548.2380952381</v>
+        <v>1178.125</v>
       </c>
       <c r="M34" s="17">
-        <v>72828</v>
+        <v>0</v>
       </c>
       <c r="N34" s="16">
-        <v>3343.4736842105299</v>
-[...12 lines deleted...]
-      <c r="Z34" s="20"/>
+        <v>0</v>
+      </c>
+      <c r="O34" s="17">
+        <v>0</v>
+      </c>
+      <c r="P34" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="17">
+        <v>0</v>
+      </c>
+      <c r="R34" s="16">
+        <v>0</v>
+      </c>
+      <c r="S34" s="17">
+        <v>0</v>
+      </c>
+      <c r="T34" s="16">
+        <v>0</v>
+      </c>
+      <c r="U34" s="17">
+        <v>0</v>
+      </c>
+      <c r="V34" s="16">
+        <v>0</v>
+      </c>
+      <c r="W34" s="17">
+        <v>0</v>
+      </c>
+      <c r="X34" s="16">
+        <v>0</v>
+      </c>
+      <c r="Y34" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z34" s="20">
+        <v>0</v>
+      </c>
     </row>
     <row r="35" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B35" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C35" s="15">
-        <v>24097</v>
+        <v>7467</v>
       </c>
       <c r="D35" s="16">
-        <v>1011.71428571429</v>
+        <v>328.90476190476198</v>
       </c>
       <c r="E35" s="17">
-        <v>25858</v>
+        <v>8397</v>
       </c>
       <c r="F35" s="16">
-        <v>1159.3</v>
+        <v>393</v>
       </c>
       <c r="G35" s="17">
-        <v>26329</v>
+        <v>8693</v>
       </c>
       <c r="H35" s="16">
-        <v>1101.42857142857</v>
+        <v>386.61904761904799</v>
       </c>
       <c r="I35" s="17">
-        <v>24402</v>
+        <v>8517</v>
       </c>
       <c r="J35" s="16">
-        <v>1084.5999999999999</v>
+        <v>382.6</v>
       </c>
       <c r="K35" s="17">
-        <v>21913</v>
+        <v>9382</v>
       </c>
       <c r="L35" s="16">
-        <v>1178.125</v>
+        <v>415.80952380952402</v>
       </c>
       <c r="M35" s="17">
-        <v>0</v>
+        <v>8290</v>
       </c>
       <c r="N35" s="16">
-        <v>0</v>
-[...12 lines deleted...]
-      <c r="Z35" s="20"/>
+        <v>408.052631578947</v>
+      </c>
+      <c r="O35" s="17">
+        <v>6213</v>
+      </c>
+      <c r="P35" s="16">
+        <v>246.695652173913</v>
+      </c>
+      <c r="Q35" s="17">
+        <v>4073</v>
+      </c>
+      <c r="R35" s="16">
+        <v>171.9</v>
+      </c>
+      <c r="S35" s="17">
+        <v>7170</v>
+      </c>
+      <c r="T35" s="16">
+        <v>332.7</v>
+      </c>
+      <c r="U35" s="17">
+        <v>10140</v>
+      </c>
+      <c r="V35" s="16">
+        <v>411.86956521739103</v>
+      </c>
+      <c r="W35" s="17">
+        <v>9012</v>
+      </c>
+      <c r="X35" s="16">
+        <v>420.5</v>
+      </c>
+      <c r="Y35" s="17">
+        <v>7775</v>
+      </c>
+      <c r="Z35" s="20">
+        <v>368.6</v>
+      </c>
     </row>
     <row r="36" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B36" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C36" s="15">
-        <v>7467</v>
+        <v>44889</v>
       </c>
       <c r="D36" s="16">
-        <v>328.90476190476198</v>
+        <v>1680.2857142857099</v>
       </c>
       <c r="E36" s="17">
-        <v>8397</v>
+        <v>43721</v>
       </c>
       <c r="F36" s="16">
-        <v>393</v>
+        <v>1760.7</v>
       </c>
       <c r="G36" s="17">
-        <v>8693</v>
+        <v>46959</v>
       </c>
       <c r="H36" s="16">
-        <v>386.61904761904799</v>
+        <v>1736.0476190476199</v>
       </c>
       <c r="I36" s="17">
-        <v>8517</v>
+        <v>42370</v>
       </c>
       <c r="J36" s="16">
-        <v>382.6</v>
+        <v>1687.4</v>
       </c>
       <c r="K36" s="17">
-        <v>9382</v>
+        <v>48784</v>
       </c>
       <c r="L36" s="16">
-        <v>415.80952380952402</v>
+        <v>1776.1428571428601</v>
       </c>
       <c r="M36" s="17">
-        <v>8290</v>
+        <v>49919</v>
       </c>
       <c r="N36" s="16">
-        <v>408.052631578947</v>
-[...12 lines deleted...]
-      <c r="Z36" s="20"/>
+        <v>1978</v>
+      </c>
+      <c r="O36" s="17">
+        <v>51295</v>
+      </c>
+      <c r="P36" s="16">
+        <v>1838.04347826087</v>
+      </c>
+      <c r="Q36" s="17">
+        <v>31377</v>
+      </c>
+      <c r="R36" s="16">
+        <v>1040.4000000000001</v>
+      </c>
+      <c r="S36" s="17">
+        <v>46418</v>
+      </c>
+      <c r="T36" s="16">
+        <v>1774.85</v>
+      </c>
+      <c r="U36" s="17">
+        <v>50789</v>
+      </c>
+      <c r="V36" s="16">
+        <v>1865.9130434782601</v>
+      </c>
+      <c r="W36" s="17">
+        <v>47003</v>
+      </c>
+      <c r="X36" s="16">
+        <v>1790.65</v>
+      </c>
+      <c r="Y36" s="17">
+        <v>47874</v>
+      </c>
+      <c r="Z36" s="20">
+        <v>1760.7</v>
+      </c>
     </row>
     <row r="37" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B37" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C37" s="15">
-        <v>44889</v>
+        <v>65327</v>
       </c>
       <c r="D37" s="16">
-        <v>1680.2857142857099</v>
+        <v>2593.0952380952399</v>
       </c>
       <c r="E37" s="17">
-        <v>43721</v>
+        <v>63160</v>
       </c>
       <c r="F37" s="16">
-        <v>1760.7</v>
+        <v>2712.6</v>
       </c>
       <c r="G37" s="17">
-        <v>46959</v>
+        <v>66396</v>
       </c>
       <c r="H37" s="16">
-        <v>1736.0476190476199</v>
+        <v>2620.7619047619</v>
       </c>
       <c r="I37" s="17">
-        <v>42370</v>
+        <v>61409</v>
       </c>
       <c r="J37" s="16">
-        <v>1687.4</v>
+        <v>2593.4</v>
       </c>
       <c r="K37" s="17">
-        <v>48784</v>
+        <v>70019</v>
       </c>
       <c r="L37" s="16">
-        <v>1776.1428571428601</v>
+        <v>2750.7142857142899</v>
       </c>
       <c r="M37" s="17">
-        <v>49919</v>
+        <v>65977</v>
       </c>
       <c r="N37" s="16">
-        <v>1978</v>
-[...12 lines deleted...]
-      <c r="Z37" s="20"/>
+        <v>2781.3684210526299</v>
+      </c>
+      <c r="O37" s="17">
+        <v>72341</v>
+      </c>
+      <c r="P37" s="16">
+        <v>2694.6956521739098</v>
+      </c>
+      <c r="Q37" s="17">
+        <v>47384</v>
+      </c>
+      <c r="R37" s="16">
+        <v>1761.4</v>
+      </c>
+      <c r="S37" s="17">
+        <v>66691</v>
+      </c>
+      <c r="T37" s="16">
+        <v>2654.75</v>
+      </c>
+      <c r="U37" s="17">
+        <v>72433</v>
+      </c>
+      <c r="V37" s="16">
+        <v>2711.6521739130399</v>
+      </c>
+      <c r="W37" s="17">
+        <v>67143</v>
+      </c>
+      <c r="X37" s="16">
+        <v>2707.65</v>
+      </c>
+      <c r="Y37" s="17">
+        <v>68434</v>
+      </c>
+      <c r="Z37" s="20">
+        <v>2676.3</v>
+      </c>
     </row>
     <row r="38" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B38" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C38" s="15">
-        <v>65327</v>
+        <v>78945</v>
       </c>
       <c r="D38" s="16">
-        <v>2593.0952380952399</v>
+        <v>3098.2380952381</v>
       </c>
       <c r="E38" s="17">
-        <v>63160</v>
+        <v>79285</v>
       </c>
       <c r="F38" s="16">
-        <v>2712.6</v>
+        <v>3336.2</v>
       </c>
       <c r="G38" s="17">
-        <v>66396</v>
+        <v>85476</v>
       </c>
       <c r="H38" s="16">
-        <v>2620.7619047619</v>
+        <v>3301.1428571428601</v>
       </c>
       <c r="I38" s="17">
-        <v>61409</v>
+        <v>84417</v>
       </c>
       <c r="J38" s="16">
-        <v>2593.4</v>
+        <v>3458.35</v>
       </c>
       <c r="K38" s="17">
-        <v>70019</v>
+        <v>86400</v>
       </c>
       <c r="L38" s="16">
-        <v>2750.7142857142899</v>
+        <v>3331.6666666666702</v>
       </c>
       <c r="M38" s="17">
-        <v>65977</v>
+        <v>80494</v>
       </c>
       <c r="N38" s="16">
-        <v>2781.3684210526299</v>
-[...12 lines deleted...]
-      <c r="Z38" s="20"/>
+        <v>3336.89473684211</v>
+      </c>
+      <c r="O38" s="17">
+        <v>88087</v>
+      </c>
+      <c r="P38" s="16">
+        <v>3222.1739130434798</v>
+      </c>
+      <c r="Q38" s="17">
+        <v>63760</v>
+      </c>
+      <c r="R38" s="16">
+        <v>2350.4</v>
+      </c>
+      <c r="S38" s="17">
+        <v>84184</v>
+      </c>
+      <c r="T38" s="16">
+        <v>3404.55</v>
+      </c>
+      <c r="U38" s="17">
+        <v>96593</v>
+      </c>
+      <c r="V38" s="16">
+        <v>3580.6956521739098</v>
+      </c>
+      <c r="W38" s="17">
+        <v>86773</v>
+      </c>
+      <c r="X38" s="16">
+        <v>3480</v>
+      </c>
+      <c r="Y38" s="17">
+        <v>78029</v>
+      </c>
+      <c r="Z38" s="20">
+        <v>3114.45</v>
+      </c>
     </row>
     <row r="39" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B39" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C39" s="15">
-        <v>78945</v>
+        <v>33044</v>
       </c>
       <c r="D39" s="16">
-        <v>3098.2380952381</v>
+        <v>1291.7619047619</v>
       </c>
       <c r="E39" s="17">
-        <v>79285</v>
+        <v>33590</v>
       </c>
       <c r="F39" s="16">
-        <v>3336.2</v>
+        <v>1432.15</v>
       </c>
       <c r="G39" s="17">
-        <v>85476</v>
+        <v>37227</v>
       </c>
       <c r="H39" s="16">
-        <v>3301.1428571428601</v>
+        <v>1469.7142857142901</v>
       </c>
       <c r="I39" s="17">
-        <v>84417</v>
+        <v>33822</v>
       </c>
       <c r="J39" s="16">
-        <v>3458.35</v>
+        <v>1383.75</v>
       </c>
       <c r="K39" s="17">
-        <v>86400</v>
+        <v>36338</v>
       </c>
       <c r="L39" s="16">
-        <v>3331.6666666666702</v>
+        <v>1395.9523809523801</v>
       </c>
       <c r="M39" s="17">
-        <v>80494</v>
+        <v>32854</v>
       </c>
       <c r="N39" s="16">
-        <v>3336.89473684211</v>
-[...12 lines deleted...]
-      <c r="Z39" s="20"/>
+        <v>1369.21052631579</v>
+      </c>
+      <c r="O39" s="17">
+        <v>36173</v>
+      </c>
+      <c r="P39" s="16">
+        <v>1335.73913043478</v>
+      </c>
+      <c r="Q39" s="17">
+        <v>24267</v>
+      </c>
+      <c r="R39" s="16">
+        <v>851.7</v>
+      </c>
+      <c r="S39" s="17">
+        <v>34734</v>
+      </c>
+      <c r="T39" s="16">
+        <v>1394.1</v>
+      </c>
+      <c r="U39" s="17">
+        <v>37938</v>
+      </c>
+      <c r="V39" s="16">
+        <v>1410.26086956522</v>
+      </c>
+      <c r="W39" s="17">
+        <v>34072</v>
+      </c>
+      <c r="X39" s="16">
+        <v>1338.35</v>
+      </c>
+      <c r="Y39" s="17">
+        <v>30272</v>
+      </c>
+      <c r="Z39" s="20">
+        <v>1202.25</v>
+      </c>
     </row>
     <row r="40" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B40" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C40" s="15">
-        <v>33044</v>
+        <v>497</v>
       </c>
       <c r="D40" s="16">
-        <v>1291.7619047619</v>
+        <v>18</v>
       </c>
       <c r="E40" s="17">
-        <v>33590</v>
+        <v>436</v>
       </c>
       <c r="F40" s="16">
-        <v>1432.15</v>
+        <v>22</v>
       </c>
       <c r="G40" s="17">
-        <v>37227</v>
+        <v>496</v>
       </c>
       <c r="H40" s="16">
-        <v>1469.7142857142901</v>
+        <v>20.5</v>
       </c>
       <c r="I40" s="17">
-        <v>33822</v>
+        <v>494</v>
       </c>
       <c r="J40" s="16">
-        <v>1383.75</v>
+        <v>20.6666666666667</v>
       </c>
       <c r="K40" s="17">
-        <v>36338</v>
+        <v>599</v>
       </c>
       <c r="L40" s="16">
-        <v>1395.9523809523801</v>
+        <v>28.6</v>
       </c>
       <c r="M40" s="17">
-        <v>32854</v>
+        <v>461</v>
       </c>
       <c r="N40" s="16">
-        <v>1369.21052631579</v>
-[...12 lines deleted...]
-      <c r="Z40" s="20"/>
+        <v>21.75</v>
+      </c>
+      <c r="O40" s="17">
+        <v>348</v>
+      </c>
+      <c r="P40" s="16">
+        <v>22.5</v>
+      </c>
+      <c r="Q40" s="17">
+        <v>437</v>
+      </c>
+      <c r="R40" s="16">
+        <v>21.75</v>
+      </c>
+      <c r="S40" s="17">
+        <v>421</v>
+      </c>
+      <c r="T40" s="16">
+        <v>24.25</v>
+      </c>
+      <c r="U40" s="17">
+        <v>1044</v>
+      </c>
+      <c r="V40" s="16">
+        <v>84.8</v>
+      </c>
+      <c r="W40" s="17">
+        <v>1397</v>
+      </c>
+      <c r="X40" s="16">
+        <v>26.25</v>
+      </c>
+      <c r="Y40" s="17">
+        <v>240</v>
+      </c>
+      <c r="Z40" s="20">
+        <v>14.3333333333333</v>
+      </c>
     </row>
     <row r="41" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B41" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C41" s="15">
-        <v>497</v>
+        <v>348</v>
       </c>
       <c r="D41" s="16">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="E41" s="17">
-        <v>436</v>
+        <v>310</v>
       </c>
       <c r="F41" s="16">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G41" s="17">
-        <v>496</v>
+        <v>456</v>
       </c>
       <c r="H41" s="16">
-        <v>20.5</v>
+        <v>0</v>
       </c>
       <c r="I41" s="17">
         <v>494</v>
       </c>
       <c r="J41" s="16">
-        <v>20.6666666666667</v>
+        <v>0</v>
       </c>
       <c r="K41" s="17">
-        <v>599</v>
+        <v>523</v>
       </c>
       <c r="L41" s="16">
-        <v>28.6</v>
+        <v>5</v>
       </c>
       <c r="M41" s="17">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="N41" s="16">
-        <v>21.75</v>
-[...12 lines deleted...]
-      <c r="Z41" s="20"/>
+        <v>0</v>
+      </c>
+      <c r="O41" s="17">
+        <v>354</v>
+      </c>
+      <c r="P41" s="16">
+        <v>2</v>
+      </c>
+      <c r="Q41" s="17">
+        <v>392</v>
+      </c>
+      <c r="R41" s="16">
+        <v>0</v>
+      </c>
+      <c r="S41" s="17">
+        <v>453</v>
+      </c>
+      <c r="T41" s="16">
+        <v>0</v>
+      </c>
+      <c r="U41" s="17">
+        <v>574</v>
+      </c>
+      <c r="V41" s="16">
+        <v>0</v>
+      </c>
+      <c r="W41" s="17">
+        <v>938</v>
+      </c>
+      <c r="X41" s="16">
+        <v>0</v>
+      </c>
+      <c r="Y41" s="17">
+        <v>319</v>
+      </c>
+      <c r="Z41" s="20">
+        <v>0</v>
+      </c>
     </row>
     <row r="42" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B42" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C42" s="15">
-        <v>348</v>
+        <v>223</v>
       </c>
       <c r="D42" s="16">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="E42" s="17">
-        <v>310</v>
+        <v>214</v>
       </c>
       <c r="F42" s="16">
         <v>0</v>
       </c>
       <c r="G42" s="17">
-        <v>456</v>
+        <v>251</v>
       </c>
       <c r="H42" s="16">
         <v>0</v>
       </c>
       <c r="I42" s="17">
-        <v>494</v>
+        <v>263</v>
       </c>
       <c r="J42" s="16">
         <v>0</v>
       </c>
       <c r="K42" s="17">
-        <v>523</v>
+        <v>295</v>
       </c>
       <c r="L42" s="16">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="M42" s="17">
-        <v>468</v>
+        <v>343</v>
       </c>
       <c r="N42" s="16">
         <v>0</v>
       </c>
-      <c r="O42" s="17"/>
-[...10 lines deleted...]
-      <c r="Z42" s="20"/>
+      <c r="O42" s="17">
+        <v>258</v>
+      </c>
+      <c r="P42" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="17">
+        <v>327</v>
+      </c>
+      <c r="R42" s="16">
+        <v>0</v>
+      </c>
+      <c r="S42" s="17">
+        <v>218</v>
+      </c>
+      <c r="T42" s="16">
+        <v>0</v>
+      </c>
+      <c r="U42" s="17">
+        <v>359</v>
+      </c>
+      <c r="V42" s="16">
+        <v>0</v>
+      </c>
+      <c r="W42" s="17">
+        <v>1608</v>
+      </c>
+      <c r="X42" s="16">
+        <v>0</v>
+      </c>
+      <c r="Y42" s="17">
+        <v>246</v>
+      </c>
+      <c r="Z42" s="20">
+        <v>0</v>
+      </c>
     </row>
     <row r="43" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B43" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C43" s="15">
-        <v>223</v>
+        <v>140285</v>
       </c>
       <c r="D43" s="16">
-        <v>4</v>
+        <v>5663.2857142857101</v>
       </c>
       <c r="E43" s="17">
-        <v>214</v>
+        <v>145033</v>
       </c>
       <c r="F43" s="16">
-        <v>0</v>
+        <v>6246.55</v>
       </c>
       <c r="G43" s="17">
-        <v>251</v>
+        <v>158035</v>
       </c>
       <c r="H43" s="16">
-        <v>0</v>
+        <v>6244.2857142857101</v>
       </c>
       <c r="I43" s="17">
-        <v>263</v>
+        <v>140679</v>
       </c>
       <c r="J43" s="16">
-        <v>0</v>
+        <v>5971.3</v>
       </c>
       <c r="K43" s="17">
-        <v>295</v>
+        <v>158893</v>
       </c>
       <c r="L43" s="16">
-        <v>0</v>
+        <v>6299.8095238095202</v>
       </c>
       <c r="M43" s="17">
-        <v>343</v>
+        <v>134519</v>
       </c>
       <c r="N43" s="16">
-        <v>0</v>
-[...12 lines deleted...]
-      <c r="Z43" s="20"/>
+        <v>5793.4736842105303</v>
+      </c>
+      <c r="O43" s="17">
+        <v>127816</v>
+      </c>
+      <c r="P43" s="16">
+        <v>4740.8260869565202</v>
+      </c>
+      <c r="Q43" s="17">
+        <v>100486</v>
+      </c>
+      <c r="R43" s="16">
+        <v>3981.1</v>
+      </c>
+      <c r="S43" s="17">
+        <v>141284</v>
+      </c>
+      <c r="T43" s="16">
+        <v>5843</v>
+      </c>
+      <c r="U43" s="17">
+        <v>165649</v>
+      </c>
+      <c r="V43" s="16">
+        <v>6215.1304347826099</v>
+      </c>
+      <c r="W43" s="17">
+        <v>152226</v>
+      </c>
+      <c r="X43" s="16">
+        <v>6291.5</v>
+      </c>
+      <c r="Y43" s="17">
+        <v>133403</v>
+      </c>
+      <c r="Z43" s="20">
+        <v>5587.95</v>
+      </c>
     </row>
     <row r="44" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B44" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C44" s="15">
-        <v>140285</v>
+        <v>38828</v>
       </c>
       <c r="D44" s="16">
-        <v>5663.2857142857101</v>
+        <v>1152.2857142857099</v>
       </c>
       <c r="E44" s="17">
-        <v>145033</v>
+        <v>32462</v>
       </c>
       <c r="F44" s="16">
-        <v>6246.55</v>
+        <v>1068.7</v>
       </c>
       <c r="G44" s="17">
-        <v>158035</v>
+        <v>40092</v>
       </c>
       <c r="H44" s="16">
-        <v>6244.2857142857101</v>
+        <v>1094.80952380952</v>
       </c>
       <c r="I44" s="17">
-        <v>140679</v>
+        <v>54179</v>
       </c>
       <c r="J44" s="16">
-        <v>5971.3</v>
+        <v>1499.35</v>
       </c>
       <c r="K44" s="17">
-        <v>158893</v>
+        <v>48116</v>
       </c>
       <c r="L44" s="16">
-        <v>6299.8095238095202</v>
+        <v>1281.9047619047601</v>
       </c>
       <c r="M44" s="17">
-        <v>134519</v>
+        <v>43385</v>
       </c>
       <c r="N44" s="16">
-        <v>5793.4736842105303</v>
-[...12 lines deleted...]
-      <c r="Z44" s="20"/>
+        <v>1354.3684210526301</v>
+      </c>
+      <c r="O44" s="17">
+        <v>47069</v>
+      </c>
+      <c r="P44" s="16">
+        <v>1476.21739130435</v>
+      </c>
+      <c r="Q44" s="17">
+        <v>46616</v>
+      </c>
+      <c r="R44" s="16">
+        <v>1380.05</v>
+      </c>
+      <c r="S44" s="17">
+        <v>44911</v>
+      </c>
+      <c r="T44" s="16">
+        <v>1258.2</v>
+      </c>
+      <c r="U44" s="17">
+        <v>48312</v>
+      </c>
+      <c r="V44" s="16">
+        <v>1341.3913043478301</v>
+      </c>
+      <c r="W44" s="17">
+        <v>45201</v>
+      </c>
+      <c r="X44" s="16">
+        <v>1090.8499999999999</v>
+      </c>
+      <c r="Y44" s="17">
+        <v>36759</v>
+      </c>
+      <c r="Z44" s="20">
+        <v>1024.8</v>
+      </c>
     </row>
     <row r="45" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B45" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C45" s="15">
-        <v>0</v>
+        <v>41008</v>
       </c>
       <c r="D45" s="16">
-        <v>0</v>
+        <v>1672.61904761905</v>
       </c>
       <c r="E45" s="17">
-        <v>0</v>
+        <v>43560</v>
       </c>
       <c r="F45" s="16">
-        <v>0</v>
+        <v>1921.7</v>
       </c>
       <c r="G45" s="17">
-        <v>0</v>
+        <v>45861</v>
       </c>
       <c r="H45" s="16">
-        <v>0</v>
+        <v>1852.0476190476199</v>
       </c>
       <c r="I45" s="17">
-        <v>0</v>
+        <v>44501</v>
       </c>
       <c r="J45" s="16">
-        <v>0</v>
+        <v>1895.05</v>
       </c>
       <c r="K45" s="17">
-        <v>0</v>
+        <v>47663</v>
       </c>
       <c r="L45" s="16">
-        <v>0</v>
+        <v>1908.0476190476199</v>
       </c>
       <c r="M45" s="17">
-        <v>0</v>
+        <v>41121</v>
       </c>
       <c r="N45" s="16">
-        <v>0</v>
-[...12 lines deleted...]
-      <c r="Z45" s="20"/>
+        <v>1783.10526315789</v>
+      </c>
+      <c r="O45" s="17">
+        <v>38611</v>
+      </c>
+      <c r="P45" s="16">
+        <v>1447.8695652173899</v>
+      </c>
+      <c r="Q45" s="17">
+        <v>29051</v>
+      </c>
+      <c r="R45" s="16">
+        <v>1135.7</v>
+      </c>
+      <c r="S45" s="17">
+        <v>43180</v>
+      </c>
+      <c r="T45" s="16">
+        <v>1804.75</v>
+      </c>
+      <c r="U45" s="17">
+        <v>52451</v>
+      </c>
+      <c r="V45" s="16">
+        <v>2029.47826086957</v>
+      </c>
+      <c r="W45" s="17">
+        <v>47622</v>
+      </c>
+      <c r="X45" s="16">
+        <v>2027.05</v>
+      </c>
+      <c r="Y45" s="17">
+        <v>41546</v>
+      </c>
+      <c r="Z45" s="20">
+        <v>1739.05</v>
+      </c>
     </row>
     <row r="46" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B46" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C46" s="15">
-        <v>38828</v>
+        <v>4716</v>
       </c>
       <c r="D46" s="16">
-        <v>1152.2857142857099</v>
+        <v>192.142857142857</v>
       </c>
       <c r="E46" s="17">
-        <v>32462</v>
+        <v>5038</v>
       </c>
       <c r="F46" s="16">
-        <v>1068.7</v>
+        <v>220.35</v>
       </c>
       <c r="G46" s="17">
-        <v>40092</v>
+        <v>5483</v>
       </c>
       <c r="H46" s="16">
-        <v>1094.80952380952</v>
+        <v>226.76190476190499</v>
       </c>
       <c r="I46" s="17">
-        <v>54179</v>
+        <v>4751</v>
       </c>
       <c r="J46" s="16">
-        <v>1499.35</v>
+        <v>200.25</v>
       </c>
       <c r="K46" s="17">
-        <v>48116</v>
+        <v>5537</v>
       </c>
       <c r="L46" s="16">
-        <v>1281.9047619047601</v>
+        <v>227.23809523809501</v>
       </c>
       <c r="M46" s="17">
-        <v>43385</v>
+        <v>4068</v>
       </c>
       <c r="N46" s="16">
-        <v>1354.3684210526301</v>
-[...12 lines deleted...]
-      <c r="Z46" s="20"/>
+        <v>183.157894736842</v>
+      </c>
+      <c r="O46" s="17">
+        <v>3772</v>
+      </c>
+      <c r="P46" s="16">
+        <v>139.434782608696</v>
+      </c>
+      <c r="Q46" s="17">
+        <v>2764</v>
+      </c>
+      <c r="R46" s="16">
+        <v>100.05</v>
+      </c>
+      <c r="S46" s="17">
+        <v>5341</v>
+      </c>
+      <c r="T46" s="16">
+        <v>226.75</v>
+      </c>
+      <c r="U46" s="17">
+        <v>5939</v>
+      </c>
+      <c r="V46" s="16">
+        <v>231.65217391304299</v>
+      </c>
+      <c r="W46" s="17">
+        <v>5357</v>
+      </c>
+      <c r="X46" s="16">
+        <v>233.4</v>
+      </c>
+      <c r="Y46" s="17">
+        <v>4372</v>
+      </c>
+      <c r="Z46" s="20">
+        <v>190.1</v>
+      </c>
     </row>
     <row r="47" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B47" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C47" s="15">
-        <v>41008</v>
+        <v>33841</v>
       </c>
       <c r="D47" s="16">
-        <v>1672.61904761905</v>
+        <v>1445.0476190476199</v>
       </c>
       <c r="E47" s="17">
-        <v>43560</v>
+        <v>36507</v>
       </c>
       <c r="F47" s="16">
-        <v>1921.7</v>
+        <v>1645.2</v>
       </c>
       <c r="G47" s="17">
-        <v>45861</v>
+        <v>32062</v>
       </c>
       <c r="H47" s="16">
-        <v>1852.0476190476199</v>
+        <v>1310.2857142857099</v>
       </c>
       <c r="I47" s="17">
-        <v>44501</v>
+        <v>25381</v>
       </c>
       <c r="J47" s="16">
-        <v>1895.05</v>
+        <v>1087</v>
       </c>
       <c r="K47" s="17">
-        <v>47663</v>
+        <v>28497</v>
       </c>
       <c r="L47" s="16">
-        <v>1908.0476190476199</v>
+        <v>1145.2857142857099</v>
       </c>
       <c r="M47" s="17">
-        <v>41121</v>
+        <v>23900</v>
       </c>
       <c r="N47" s="16">
-        <v>1783.10526315789</v>
-[...12 lines deleted...]
-      <c r="Z47" s="20"/>
+        <v>1063.2631578947401</v>
+      </c>
+      <c r="O47" s="17">
+        <v>24350</v>
+      </c>
+      <c r="P47" s="16">
+        <v>926.91304347826099</v>
+      </c>
+      <c r="Q47" s="17">
+        <v>13302</v>
+      </c>
+      <c r="R47" s="16">
+        <v>500</v>
+      </c>
+      <c r="S47" s="17">
+        <v>26840</v>
+      </c>
+      <c r="T47" s="16">
+        <v>1146.7</v>
+      </c>
+      <c r="U47" s="17">
+        <v>32964</v>
+      </c>
+      <c r="V47" s="16">
+        <v>1281.21739130435</v>
+      </c>
+      <c r="W47" s="17">
+        <v>32658</v>
+      </c>
+      <c r="X47" s="16">
+        <v>1429</v>
+      </c>
+      <c r="Y47" s="17">
+        <v>28420</v>
+      </c>
+      <c r="Z47" s="20">
+        <v>1243.5</v>
+      </c>
     </row>
     <row r="48" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B48" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C48" s="15">
-        <v>4716</v>
+        <v>16766</v>
       </c>
       <c r="D48" s="16">
-        <v>192.142857142857</v>
+        <v>711.23809523809496</v>
       </c>
       <c r="E48" s="17">
-        <v>5038</v>
+        <v>18214</v>
       </c>
       <c r="F48" s="16">
-        <v>220.35</v>
+        <v>833</v>
       </c>
       <c r="G48" s="17">
-        <v>5483</v>
+        <v>18428</v>
       </c>
       <c r="H48" s="16">
-        <v>226.76190476190499</v>
+        <v>791.57142857142901</v>
       </c>
       <c r="I48" s="17">
-        <v>4751</v>
+        <v>15999</v>
       </c>
       <c r="J48" s="16">
-        <v>200.25</v>
+        <v>705.55</v>
       </c>
       <c r="K48" s="17">
-        <v>5537</v>
+        <v>17889</v>
       </c>
       <c r="L48" s="16">
-        <v>227.23809523809501</v>
+        <v>759.38095238095195</v>
       </c>
       <c r="M48" s="17">
-        <v>4068</v>
+        <v>17750</v>
       </c>
       <c r="N48" s="16">
-        <v>183.157894736842</v>
-[...12 lines deleted...]
-      <c r="Z48" s="20"/>
+        <v>806.52631578947398</v>
+      </c>
+      <c r="O48" s="17">
+        <v>17534</v>
+      </c>
+      <c r="P48" s="16">
+        <v>689</v>
+      </c>
+      <c r="Q48" s="17">
+        <v>12195</v>
+      </c>
+      <c r="R48" s="16">
+        <v>501.75</v>
+      </c>
+      <c r="S48" s="17">
+        <v>17663</v>
+      </c>
+      <c r="T48" s="16">
+        <v>784.75</v>
+      </c>
+      <c r="U48" s="17">
+        <v>20865</v>
+      </c>
+      <c r="V48" s="16">
+        <v>835.04347826086996</v>
+      </c>
+      <c r="W48" s="17">
+        <v>17485</v>
+      </c>
+      <c r="X48" s="16">
+        <v>780.9</v>
+      </c>
+      <c r="Y48" s="17">
+        <v>15892</v>
+      </c>
+      <c r="Z48" s="20">
+        <v>691.4</v>
+      </c>
     </row>
     <row r="49" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B49" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C49" s="15">
-        <v>33841</v>
+        <v>53461</v>
       </c>
       <c r="D49" s="16">
-        <v>1445.0476190476199</v>
+        <v>2253.61904761905</v>
       </c>
       <c r="E49" s="17">
-        <v>36507</v>
+        <v>53493</v>
       </c>
       <c r="F49" s="16">
-        <v>1645.2</v>
+        <v>2417</v>
       </c>
       <c r="G49" s="17">
-        <v>32062</v>
+        <v>55137</v>
       </c>
       <c r="H49" s="16">
-        <v>1310.2857142857099</v>
+        <v>2295.4285714285702</v>
       </c>
       <c r="I49" s="17">
-        <v>25381</v>
+        <v>51827</v>
       </c>
       <c r="J49" s="16">
-        <v>1087</v>
+        <v>2268.25</v>
       </c>
       <c r="K49" s="17">
-        <v>28497</v>
+        <v>54538</v>
       </c>
       <c r="L49" s="16">
-        <v>1145.2857142857099</v>
+        <v>2260.5238095238101</v>
       </c>
       <c r="M49" s="17">
-        <v>23900</v>
+        <v>46179</v>
       </c>
       <c r="N49" s="16">
-        <v>1063.2631578947401</v>
-[...12 lines deleted...]
-      <c r="Z49" s="20"/>
+        <v>2087</v>
+      </c>
+      <c r="O49" s="17">
+        <v>44663</v>
+      </c>
+      <c r="P49" s="16">
+        <v>1727.6521739130401</v>
+      </c>
+      <c r="Q49" s="17">
+        <v>28559</v>
+      </c>
+      <c r="R49" s="16">
+        <v>1133.05</v>
+      </c>
+      <c r="S49" s="17">
+        <v>48097</v>
+      </c>
+      <c r="T49" s="16">
+        <v>2084.5500000000002</v>
+      </c>
+      <c r="U49" s="17">
+        <v>58844</v>
+      </c>
+      <c r="V49" s="16">
+        <v>2320.8695652173901</v>
+      </c>
+      <c r="W49" s="17">
+        <v>51061</v>
+      </c>
+      <c r="X49" s="16">
+        <v>2231</v>
+      </c>
+      <c r="Y49" s="17">
+        <v>44955</v>
+      </c>
+      <c r="Z49" s="20">
+        <v>1982.7</v>
+      </c>
     </row>
     <row r="50" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B50" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C50" s="15">
-        <v>16766</v>
+        <v>16469</v>
       </c>
       <c r="D50" s="16">
-        <v>711.23809523809496</v>
+        <v>715.52380952380997</v>
       </c>
       <c r="E50" s="17">
-        <v>18214</v>
+        <v>17346</v>
       </c>
       <c r="F50" s="16">
-        <v>833</v>
+        <v>805.05</v>
       </c>
       <c r="G50" s="17">
-        <v>18428</v>
+        <v>18876</v>
       </c>
       <c r="H50" s="16">
-        <v>791.57142857142901</v>
+        <v>815.09523809523796</v>
       </c>
       <c r="I50" s="17">
-        <v>15999</v>
+        <v>16564</v>
       </c>
       <c r="J50" s="16">
-        <v>705.55</v>
+        <v>753.3</v>
       </c>
       <c r="K50" s="17">
-        <v>17889</v>
+        <v>19438</v>
       </c>
       <c r="L50" s="16">
-        <v>759.38095238095195</v>
+        <v>838.71428571428601</v>
       </c>
       <c r="M50" s="17">
-        <v>17750</v>
+        <v>16290</v>
       </c>
       <c r="N50" s="16">
-        <v>806.52631578947398</v>
-[...12 lines deleted...]
-      <c r="Z50" s="20"/>
+        <v>761.78947368421098</v>
+      </c>
+      <c r="O50" s="17">
+        <v>12377</v>
+      </c>
+      <c r="P50" s="16">
+        <v>485.60869565217399</v>
+      </c>
+      <c r="Q50" s="17">
+        <v>6974</v>
+      </c>
+      <c r="R50" s="16">
+        <v>274.3</v>
+      </c>
+      <c r="S50" s="17">
+        <v>16835</v>
+      </c>
+      <c r="T50" s="16">
+        <v>754.55</v>
+      </c>
+      <c r="U50" s="17">
+        <v>21687</v>
+      </c>
+      <c r="V50" s="16">
+        <v>877.08695652173901</v>
+      </c>
+      <c r="W50" s="17">
+        <v>19192</v>
+      </c>
+      <c r="X50" s="16">
+        <v>873.75</v>
+      </c>
+      <c r="Y50" s="17">
+        <v>14881</v>
+      </c>
+      <c r="Z50" s="20">
+        <v>672.25</v>
+      </c>
     </row>
     <row r="51" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B51" s="1" t="s">
         <v>57</v>
       </c>
       <c r="C51" s="15">
-        <v>53461</v>
+        <v>3934</v>
       </c>
       <c r="D51" s="16">
-        <v>2253.61904761905</v>
+        <v>151.142857142857</v>
       </c>
       <c r="E51" s="17">
-        <v>53493</v>
+        <v>3975</v>
       </c>
       <c r="F51" s="16">
-        <v>2417</v>
+        <v>165</v>
       </c>
       <c r="G51" s="17">
-        <v>55137</v>
+        <v>4190</v>
       </c>
       <c r="H51" s="16">
-        <v>2295.4285714285702</v>
+        <v>157.28571428571399</v>
       </c>
       <c r="I51" s="17">
-        <v>51827</v>
+        <v>3974</v>
       </c>
       <c r="J51" s="16">
-        <v>2268.25</v>
+        <v>153.15</v>
       </c>
       <c r="K51" s="17">
-        <v>54538</v>
+        <v>4446</v>
       </c>
       <c r="L51" s="16">
-        <v>2260.5238095238101</v>
+        <v>163.09523809523799</v>
       </c>
       <c r="M51" s="17">
-        <v>46179</v>
+        <v>3478</v>
       </c>
       <c r="N51" s="16">
-        <v>2087</v>
-[...12 lines deleted...]
-      <c r="Z51" s="20"/>
+        <v>130.47368421052599</v>
+      </c>
+      <c r="O51" s="17">
+        <v>3635</v>
+      </c>
+      <c r="P51" s="16">
+        <v>129.434782608696</v>
+      </c>
+      <c r="Q51" s="17">
+        <v>3360</v>
+      </c>
+      <c r="R51" s="16">
+        <v>119.2</v>
+      </c>
+      <c r="S51" s="17">
+        <v>4028</v>
+      </c>
+      <c r="T51" s="16">
+        <v>150.69999999999999</v>
+      </c>
+      <c r="U51" s="17">
+        <v>4546</v>
+      </c>
+      <c r="V51" s="16">
+        <v>163.21739130434801</v>
+      </c>
+      <c r="W51" s="17">
+        <v>4259</v>
+      </c>
+      <c r="X51" s="16">
+        <v>168.5</v>
+      </c>
+      <c r="Y51" s="17">
+        <v>3851</v>
+      </c>
+      <c r="Z51" s="20">
+        <v>145.65</v>
+      </c>
     </row>
     <row r="52" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B52" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C52" s="15">
-        <v>16469</v>
+        <v>19477</v>
       </c>
       <c r="D52" s="16">
-        <v>715.52380952380997</v>
+        <v>771.52380952380997</v>
       </c>
       <c r="E52" s="17">
-        <v>17346</v>
+        <v>21321</v>
       </c>
       <c r="F52" s="16">
-        <v>805.05</v>
+        <v>914.35</v>
       </c>
       <c r="G52" s="17">
-        <v>18876</v>
+        <v>22032</v>
       </c>
       <c r="H52" s="16">
-        <v>815.09523809523796</v>
+        <v>883.90476190476204</v>
       </c>
       <c r="I52" s="17">
-        <v>16564</v>
+        <v>20581</v>
       </c>
       <c r="J52" s="16">
-        <v>753.3</v>
+        <v>859.85</v>
       </c>
       <c r="K52" s="17">
-        <v>19438</v>
+        <v>22625</v>
       </c>
       <c r="L52" s="16">
-        <v>838.71428571428601</v>
+        <v>899.28571428571399</v>
       </c>
       <c r="M52" s="17">
-        <v>16290</v>
+        <v>20018</v>
       </c>
       <c r="N52" s="16">
-        <v>761.78947368421098</v>
-[...12 lines deleted...]
-      <c r="Z52" s="20"/>
+        <v>859.47368421052602</v>
+      </c>
+      <c r="O52" s="17">
+        <v>20578</v>
+      </c>
+      <c r="P52" s="16">
+        <v>785.91304347826099</v>
+      </c>
+      <c r="Q52" s="17">
+        <v>17144</v>
+      </c>
+      <c r="R52" s="16">
+        <v>673.9</v>
+      </c>
+      <c r="S52" s="17">
+        <v>20958</v>
+      </c>
+      <c r="T52" s="16">
+        <v>868.2</v>
+      </c>
+      <c r="U52" s="17">
+        <v>23955</v>
+      </c>
+      <c r="V52" s="16">
+        <v>900.82608695652198</v>
+      </c>
+      <c r="W52" s="17">
+        <v>18812</v>
+      </c>
+      <c r="X52" s="16">
+        <v>760.25</v>
+      </c>
+      <c r="Y52" s="17">
+        <v>15797</v>
+      </c>
+      <c r="Z52" s="20">
+        <v>646.35</v>
+      </c>
     </row>
     <row r="53" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B53" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C53" s="15">
-        <v>3934</v>
+        <v>9185</v>
       </c>
       <c r="D53" s="16">
-        <v>151.142857142857</v>
+        <v>335.19047619047598</v>
       </c>
       <c r="E53" s="17">
-        <v>3975</v>
+        <v>10155</v>
       </c>
       <c r="F53" s="16">
-        <v>165</v>
+        <v>379.05</v>
       </c>
       <c r="G53" s="17">
-        <v>4190</v>
+        <v>11139</v>
       </c>
       <c r="H53" s="16">
-        <v>157.28571428571399</v>
+        <v>403.61904761904799</v>
       </c>
       <c r="I53" s="17">
-        <v>3974</v>
+        <v>11620</v>
       </c>
       <c r="J53" s="16">
-        <v>153.15</v>
+        <v>404.8</v>
       </c>
       <c r="K53" s="17">
-        <v>4446</v>
+        <v>11839</v>
       </c>
       <c r="L53" s="16">
-        <v>163.09523809523799</v>
+        <v>423.09523809523802</v>
       </c>
       <c r="M53" s="17">
-        <v>3478</v>
+        <v>11231</v>
       </c>
       <c r="N53" s="16">
-        <v>130.47368421052599</v>
-[...12 lines deleted...]
-      <c r="Z53" s="20"/>
+        <v>399.947368421053</v>
+      </c>
+      <c r="O53" s="17">
+        <v>13223</v>
+      </c>
+      <c r="P53" s="16">
+        <v>459.52173913043498</v>
+      </c>
+      <c r="Q53" s="17">
+        <v>9541</v>
+      </c>
+      <c r="R53" s="16">
+        <v>340.85</v>
+      </c>
+      <c r="S53" s="17">
+        <v>9855</v>
+      </c>
+      <c r="T53" s="16">
+        <v>356.85</v>
+      </c>
+      <c r="U53" s="17">
+        <v>10810</v>
+      </c>
+      <c r="V53" s="16">
+        <v>372.52173913043498</v>
+      </c>
+      <c r="W53" s="17">
+        <v>9576</v>
+      </c>
+      <c r="X53" s="16">
+        <v>356</v>
+      </c>
+      <c r="Y53" s="17">
+        <v>9259</v>
+      </c>
+      <c r="Z53" s="20">
+        <v>321</v>
+      </c>
     </row>
     <row r="54" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B54" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C54" s="15">
-        <v>19477</v>
+        <v>9596</v>
       </c>
       <c r="D54" s="16">
-        <v>771.52380952380997</v>
+        <v>381.23809523809501</v>
       </c>
       <c r="E54" s="17">
-        <v>21321</v>
+        <v>8795</v>
       </c>
       <c r="F54" s="16">
-        <v>914.35</v>
+        <v>375.25</v>
       </c>
       <c r="G54" s="17">
-        <v>22032</v>
+        <v>9545</v>
       </c>
       <c r="H54" s="16">
-        <v>883.90476190476204</v>
+        <v>376.33333333333297</v>
       </c>
       <c r="I54" s="17">
-        <v>20581</v>
+        <v>9566</v>
       </c>
       <c r="J54" s="16">
-        <v>859.85</v>
+        <v>388.2</v>
       </c>
       <c r="K54" s="17">
-        <v>22625</v>
+        <v>9903</v>
       </c>
       <c r="L54" s="16">
-        <v>899.28571428571399</v>
+        <v>385.47619047619003</v>
       </c>
       <c r="M54" s="17">
-        <v>20018</v>
+        <v>9247</v>
       </c>
       <c r="N54" s="16">
-        <v>859.47368421052602</v>
-[...12 lines deleted...]
-      <c r="Z54" s="20"/>
+        <v>392.47368421052602</v>
+      </c>
+      <c r="O54" s="17">
+        <v>7004</v>
+      </c>
+      <c r="P54" s="16">
+        <v>243.695652173913</v>
+      </c>
+      <c r="Q54" s="17">
+        <v>5476</v>
+      </c>
+      <c r="R54" s="16">
+        <v>196.8</v>
+      </c>
+      <c r="S54" s="17">
+        <v>8493</v>
+      </c>
+      <c r="T54" s="16">
+        <v>338.6</v>
+      </c>
+      <c r="U54" s="17">
+        <v>10137</v>
+      </c>
+      <c r="V54" s="16">
+        <v>372.34782608695701</v>
+      </c>
+      <c r="W54" s="17">
+        <v>8213</v>
+      </c>
+      <c r="X54" s="16">
+        <v>328.45</v>
+      </c>
+      <c r="Y54" s="17">
+        <v>7158</v>
+      </c>
+      <c r="Z54" s="20">
+        <v>281.25</v>
+      </c>
     </row>
     <row r="55" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B55" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C55" s="15">
-        <v>9185</v>
+        <v>12391</v>
       </c>
       <c r="D55" s="16">
-        <v>335.19047619047598</v>
+        <v>508.52380952380997</v>
       </c>
       <c r="E55" s="17">
-        <v>10155</v>
+        <v>12887</v>
       </c>
       <c r="F55" s="16">
-        <v>379.05</v>
+        <v>561.20000000000005</v>
       </c>
       <c r="G55" s="17">
-        <v>11139</v>
+        <v>13682</v>
       </c>
       <c r="H55" s="16">
-        <v>403.61904761904799</v>
+        <v>554.33333333333303</v>
       </c>
       <c r="I55" s="17">
-        <v>11620</v>
+        <v>12896</v>
       </c>
       <c r="J55" s="16">
-        <v>404.8</v>
+        <v>535.04999999999995</v>
       </c>
       <c r="K55" s="17">
-        <v>11839</v>
+        <v>14236</v>
       </c>
       <c r="L55" s="16">
-        <v>423.09523809523802</v>
+        <v>568.66666666666697</v>
       </c>
       <c r="M55" s="17">
-        <v>11231</v>
+        <v>13307</v>
       </c>
       <c r="N55" s="16">
-        <v>399.947368421053</v>
-[...12 lines deleted...]
-      <c r="Z55" s="20"/>
+        <v>581.52631578947398</v>
+      </c>
+      <c r="O55" s="17">
+        <v>14530</v>
+      </c>
+      <c r="P55" s="16">
+        <v>551.52173913043498</v>
+      </c>
+      <c r="Q55" s="17">
+        <v>7058</v>
+      </c>
+      <c r="R55" s="16">
+        <v>248.65</v>
+      </c>
+      <c r="S55" s="17">
+        <v>13259</v>
+      </c>
+      <c r="T55" s="16">
+        <v>561.04999999999995</v>
+      </c>
+      <c r="U55" s="17">
+        <v>15412</v>
+      </c>
+      <c r="V55" s="16">
+        <v>588.04347826086996</v>
+      </c>
+      <c r="W55" s="17">
+        <v>14078</v>
+      </c>
+      <c r="X55" s="16">
+        <v>593.54999999999995</v>
+      </c>
+      <c r="Y55" s="17">
+        <v>12641</v>
+      </c>
+      <c r="Z55" s="20">
+        <v>542.1</v>
+      </c>
     </row>
     <row r="56" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B56" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C56" s="15">
-        <v>9596</v>
+        <v>10423</v>
       </c>
       <c r="D56" s="16">
-        <v>381.23809523809501</v>
+        <v>445.80952380952402</v>
       </c>
       <c r="E56" s="17">
-        <v>8795</v>
+        <v>13245</v>
       </c>
       <c r="F56" s="16">
-        <v>375.25</v>
+        <v>610.20000000000005</v>
       </c>
       <c r="G56" s="17">
-        <v>9545</v>
+        <v>13788</v>
       </c>
       <c r="H56" s="16">
-        <v>376.33333333333297</v>
+        <v>602.857142857143</v>
       </c>
       <c r="I56" s="17">
-        <v>9566</v>
+        <v>11669</v>
       </c>
       <c r="J56" s="16">
-        <v>388.2</v>
+        <v>524.79999999999995</v>
       </c>
       <c r="K56" s="17">
-        <v>9903</v>
+        <v>13000</v>
       </c>
       <c r="L56" s="16">
-        <v>385.47619047619003</v>
+        <v>556.38095238095195</v>
       </c>
       <c r="M56" s="17">
-        <v>9247</v>
+        <v>9047</v>
       </c>
       <c r="N56" s="16">
-        <v>392.47368421052602</v>
-[...12 lines deleted...]
-      <c r="Z56" s="20"/>
+        <v>411.68421052631601</v>
+      </c>
+      <c r="O56" s="17">
+        <v>5503</v>
+      </c>
+      <c r="P56" s="16">
+        <v>204</v>
+      </c>
+      <c r="Q56" s="17">
+        <v>3803</v>
+      </c>
+      <c r="R56" s="16">
+        <v>135.69999999999999</v>
+      </c>
+      <c r="S56" s="17">
+        <v>9070</v>
+      </c>
+      <c r="T56" s="16">
+        <v>391.8</v>
+      </c>
+      <c r="U56" s="17">
+        <v>13619</v>
+      </c>
+      <c r="V56" s="16">
+        <v>545.65217391304304</v>
+      </c>
+      <c r="W56" s="17">
+        <v>12281</v>
+      </c>
+      <c r="X56" s="16">
+        <v>548.45000000000005</v>
+      </c>
+      <c r="Y56" s="17">
+        <v>10146</v>
+      </c>
+      <c r="Z56" s="20">
+        <v>453.15</v>
+      </c>
     </row>
     <row r="57" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B57" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C57" s="15">
-        <v>12391</v>
+        <v>5866</v>
       </c>
       <c r="D57" s="16">
-        <v>508.52380952380997</v>
+        <v>243.857142857143</v>
       </c>
       <c r="E57" s="17">
-        <v>12887</v>
+        <v>5833</v>
       </c>
       <c r="F57" s="16">
-        <v>561.20000000000005</v>
+        <v>258.39999999999998</v>
       </c>
       <c r="G57" s="17">
-        <v>13682</v>
+        <v>6459</v>
       </c>
       <c r="H57" s="16">
-        <v>554.33333333333303</v>
+        <v>267.71428571428601</v>
       </c>
       <c r="I57" s="17">
-        <v>12896</v>
+        <v>6000</v>
       </c>
       <c r="J57" s="16">
-        <v>535.04999999999995</v>
+        <v>254.65</v>
       </c>
       <c r="K57" s="17">
-        <v>14236</v>
+        <v>6619</v>
       </c>
       <c r="L57" s="16">
-        <v>568.66666666666697</v>
+        <v>268.66666666666703</v>
       </c>
       <c r="M57" s="17">
-        <v>13307</v>
+        <v>5364</v>
       </c>
       <c r="N57" s="16">
-        <v>581.52631578947398</v>
-[...12 lines deleted...]
-      <c r="Z57" s="20"/>
+        <v>238.105263157895</v>
+      </c>
+      <c r="O57" s="17">
+        <v>4474</v>
+      </c>
+      <c r="P57" s="16">
+        <v>173.34782608695701</v>
+      </c>
+      <c r="Q57" s="17">
+        <v>3477</v>
+      </c>
+      <c r="R57" s="16">
+        <v>136.19999999999999</v>
+      </c>
+      <c r="S57" s="17">
+        <v>5630</v>
+      </c>
+      <c r="T57" s="16">
+        <v>232.8</v>
+      </c>
+      <c r="U57" s="17">
+        <v>7360</v>
+      </c>
+      <c r="V57" s="16">
+        <v>288.65217391304299</v>
+      </c>
+      <c r="W57" s="17">
+        <v>6479</v>
+      </c>
+      <c r="X57" s="16">
+        <v>279.35000000000002</v>
+      </c>
+      <c r="Y57" s="17">
+        <v>5992</v>
+      </c>
+      <c r="Z57" s="20">
+        <v>253.45</v>
+      </c>
     </row>
     <row r="58" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B58" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C58" s="15">
-        <v>10423</v>
+        <v>6116</v>
       </c>
       <c r="D58" s="16">
-        <v>445.80952380952402</v>
+        <v>225.61904761904799</v>
       </c>
       <c r="E58" s="17">
-        <v>13245</v>
+        <v>5809</v>
       </c>
       <c r="F58" s="16">
-        <v>610.20000000000005</v>
+        <v>236.55</v>
       </c>
       <c r="G58" s="17">
-        <v>13788</v>
+        <v>6737</v>
       </c>
       <c r="H58" s="16">
-        <v>602.857142857143</v>
+        <v>239.95238095238099</v>
       </c>
       <c r="I58" s="17">
-        <v>11669</v>
+        <v>6679</v>
       </c>
       <c r="J58" s="16">
-        <v>524.79999999999995</v>
+        <v>257.10000000000002</v>
       </c>
       <c r="K58" s="17">
-        <v>13000</v>
+        <v>7764</v>
       </c>
       <c r="L58" s="16">
-        <v>556.38095238095195</v>
+        <v>275.76190476190499</v>
       </c>
       <c r="M58" s="17">
-        <v>9047</v>
+        <v>9202</v>
       </c>
       <c r="N58" s="16">
-        <v>411.68421052631601</v>
-[...12 lines deleted...]
-      <c r="Z58" s="20"/>
+        <v>332.947368421053</v>
+      </c>
+      <c r="O58" s="17">
+        <v>9565</v>
+      </c>
+      <c r="P58" s="16">
+        <v>333.73913043478302</v>
+      </c>
+      <c r="Q58" s="17">
+        <v>7884</v>
+      </c>
+      <c r="R58" s="16">
+        <v>266.10000000000002</v>
+      </c>
+      <c r="S58" s="17">
+        <v>6955</v>
+      </c>
+      <c r="T58" s="16">
+        <v>260.7</v>
+      </c>
+      <c r="U58" s="17">
+        <v>7673</v>
+      </c>
+      <c r="V58" s="16">
+        <v>274.60869565217399</v>
+      </c>
+      <c r="W58" s="17">
+        <v>7244</v>
+      </c>
+      <c r="X58" s="16">
+        <v>274.39999999999998</v>
+      </c>
+      <c r="Y58" s="17">
+        <v>5911</v>
+      </c>
+      <c r="Z58" s="20">
+        <v>223.25</v>
+      </c>
     </row>
     <row r="59" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B59" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C59" s="15">
-        <v>5866</v>
+        <v>21877</v>
       </c>
       <c r="D59" s="16">
-        <v>243.857142857143</v>
+        <v>909.71428571428601</v>
       </c>
       <c r="E59" s="17">
-        <v>5833</v>
+        <v>24291</v>
       </c>
       <c r="F59" s="16">
-        <v>258.39999999999998</v>
+        <v>1082.6500000000001</v>
       </c>
       <c r="G59" s="17">
-        <v>6459</v>
+        <v>25521</v>
       </c>
       <c r="H59" s="16">
-        <v>267.71428571428601</v>
+        <v>1064.61904761905</v>
       </c>
       <c r="I59" s="17">
-        <v>6000</v>
+        <v>23533</v>
       </c>
       <c r="J59" s="16">
-        <v>254.65</v>
+        <v>1021.5</v>
       </c>
       <c r="K59" s="17">
-        <v>6619</v>
+        <v>26861</v>
       </c>
       <c r="L59" s="16">
-        <v>268.66666666666703</v>
+        <v>1110.9523809523801</v>
       </c>
       <c r="M59" s="17">
-        <v>5364</v>
+        <v>23745</v>
       </c>
       <c r="N59" s="16">
-        <v>238.105263157895</v>
-[...12 lines deleted...]
-      <c r="Z59" s="20"/>
+        <v>1053.6842105263199</v>
+      </c>
+      <c r="O59" s="17">
+        <v>17902</v>
+      </c>
+      <c r="P59" s="16">
+        <v>656.47826086956502</v>
+      </c>
+      <c r="Q59" s="17">
+        <v>13326</v>
+      </c>
+      <c r="R59" s="16">
+        <v>511.05</v>
+      </c>
+      <c r="S59" s="17">
+        <v>22987</v>
+      </c>
+      <c r="T59" s="16">
+        <v>982.65</v>
+      </c>
+      <c r="U59" s="17">
+        <v>28597</v>
+      </c>
+      <c r="V59" s="16">
+        <v>1107.52173913043</v>
+      </c>
+      <c r="W59" s="17">
+        <v>26063</v>
+      </c>
+      <c r="X59" s="16">
+        <v>1126.9000000000001</v>
+      </c>
+      <c r="Y59" s="17">
+        <v>22968</v>
+      </c>
+      <c r="Z59" s="20">
+        <v>997.05</v>
+      </c>
     </row>
     <row r="60" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B60" s="1" t="s">
         <v>66</v>
       </c>
       <c r="C60" s="15">
-        <v>6116</v>
+        <v>28595</v>
       </c>
       <c r="D60" s="16">
-        <v>225.61904761904799</v>
+        <v>1124.61904761905</v>
       </c>
       <c r="E60" s="17">
-        <v>5809</v>
+        <v>30472</v>
       </c>
       <c r="F60" s="16">
-        <v>236.55</v>
+        <v>1278.6500000000001</v>
       </c>
       <c r="G60" s="17">
-        <v>6737</v>
+        <v>33793</v>
       </c>
       <c r="H60" s="16">
-        <v>239.95238095238099</v>
+        <v>1290.3333333333301</v>
       </c>
       <c r="I60" s="17">
-        <v>6679</v>
+        <v>31913</v>
       </c>
       <c r="J60" s="16">
-        <v>257.10000000000002</v>
+        <v>1308.7</v>
       </c>
       <c r="K60" s="17">
-        <v>7764</v>
+        <v>34686</v>
       </c>
       <c r="L60" s="16">
-        <v>275.76190476190499</v>
+        <v>1333.2857142857099</v>
       </c>
       <c r="M60" s="17">
-        <v>9202</v>
+        <v>30427</v>
       </c>
       <c r="N60" s="16">
-        <v>332.947368421053</v>
-[...12 lines deleted...]
-      <c r="Z60" s="20"/>
+        <v>1226.3157894736801</v>
+      </c>
+      <c r="O60" s="17">
+        <v>25766</v>
+      </c>
+      <c r="P60" s="16">
+        <v>908.78260869565202</v>
+      </c>
+      <c r="Q60" s="17">
+        <v>20658</v>
+      </c>
+      <c r="R60" s="16">
+        <v>746.7</v>
+      </c>
+      <c r="S60" s="17">
+        <v>30643</v>
+      </c>
+      <c r="T60" s="16">
+        <v>1226.9000000000001</v>
+      </c>
+      <c r="U60" s="17">
+        <v>38220</v>
+      </c>
+      <c r="V60" s="16">
+        <v>1408.69565217391</v>
+      </c>
+      <c r="W60" s="17">
+        <v>34468</v>
+      </c>
+      <c r="X60" s="16">
+        <v>1370.05</v>
+      </c>
+      <c r="Y60" s="17">
+        <v>29976</v>
+      </c>
+      <c r="Z60" s="20">
+        <v>1180.8499999999999</v>
+      </c>
     </row>
     <row r="61" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B61" s="1" t="s">
         <v>67</v>
       </c>
       <c r="C61" s="15">
-        <v>21877</v>
+        <v>5478</v>
       </c>
       <c r="D61" s="16">
-        <v>909.71428571428601</v>
+        <v>207.42857142857099</v>
       </c>
       <c r="E61" s="17">
-        <v>24291</v>
+        <v>5382</v>
       </c>
       <c r="F61" s="16">
-        <v>1082.6500000000001</v>
+        <v>215.4</v>
       </c>
       <c r="G61" s="17">
-        <v>25521</v>
+        <v>5601</v>
       </c>
       <c r="H61" s="16">
-        <v>1064.61904761905</v>
+        <v>208.90476190476201</v>
       </c>
       <c r="I61" s="17">
-        <v>23533</v>
+        <v>5253</v>
       </c>
       <c r="J61" s="16">
-        <v>1021.5</v>
+        <v>198.85</v>
       </c>
       <c r="K61" s="17">
-        <v>26861</v>
+        <v>5762</v>
       </c>
       <c r="L61" s="16">
-        <v>1110.9523809523801</v>
+        <v>210.666666666667</v>
       </c>
       <c r="M61" s="17">
-        <v>23745</v>
+        <v>5583</v>
       </c>
       <c r="N61" s="16">
-        <v>1053.6842105263199</v>
-[...12 lines deleted...]
-      <c r="Z61" s="20"/>
+        <v>220.52631578947401</v>
+      </c>
+      <c r="O61" s="17">
+        <v>5165</v>
+      </c>
+      <c r="P61" s="16">
+        <v>183</v>
+      </c>
+      <c r="Q61" s="17">
+        <v>4271</v>
+      </c>
+      <c r="R61" s="16">
+        <v>159.25</v>
+      </c>
+      <c r="S61" s="17">
+        <v>5208</v>
+      </c>
+      <c r="T61" s="16">
+        <v>204.35</v>
+      </c>
+      <c r="U61" s="17">
+        <v>6285</v>
+      </c>
+      <c r="V61" s="16">
+        <v>228.60869565217399</v>
+      </c>
+      <c r="W61" s="17">
+        <v>5435</v>
+      </c>
+      <c r="X61" s="16">
+        <v>209.85</v>
+      </c>
+      <c r="Y61" s="17">
+        <v>4609</v>
+      </c>
+      <c r="Z61" s="20">
+        <v>174.45</v>
+      </c>
     </row>
     <row r="62" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B62" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C62" s="15">
-        <v>28595</v>
+        <v>4432</v>
       </c>
       <c r="D62" s="16">
-        <v>1124.61904761905</v>
+        <v>189</v>
       </c>
       <c r="E62" s="17">
-        <v>30472</v>
+        <v>4468</v>
       </c>
       <c r="F62" s="16">
-        <v>1278.6500000000001</v>
+        <v>203.45</v>
       </c>
       <c r="G62" s="17">
-        <v>33793</v>
+        <v>4737</v>
       </c>
       <c r="H62" s="16">
-        <v>1290.3333333333301</v>
+        <v>207.04761904761901</v>
       </c>
       <c r="I62" s="17">
-        <v>31913</v>
+        <v>4348</v>
       </c>
       <c r="J62" s="16">
-        <v>1308.7</v>
+        <v>197.6</v>
       </c>
       <c r="K62" s="17">
-        <v>34686</v>
+        <v>4686</v>
       </c>
       <c r="L62" s="16">
-        <v>1333.2857142857099</v>
+        <v>203.47619047619</v>
       </c>
       <c r="M62" s="17">
-        <v>30427</v>
+        <v>4374</v>
       </c>
       <c r="N62" s="16">
-        <v>1226.3157894736801</v>
-[...12 lines deleted...]
-      <c r="Z62" s="20"/>
+        <v>202.789473684211</v>
+      </c>
+      <c r="O62" s="17">
+        <v>4138</v>
+      </c>
+      <c r="P62" s="16">
+        <v>164.304347826087</v>
+      </c>
+      <c r="Q62" s="17">
+        <v>2392</v>
+      </c>
+      <c r="R62" s="16">
+        <v>96.7</v>
+      </c>
+      <c r="S62" s="17">
+        <v>4368</v>
+      </c>
+      <c r="T62" s="16">
+        <v>193.05</v>
+      </c>
+      <c r="U62" s="17">
+        <v>6340</v>
+      </c>
+      <c r="V62" s="16">
+        <v>254.695652173913</v>
+      </c>
+      <c r="W62" s="17">
+        <v>5680</v>
+      </c>
+      <c r="X62" s="16">
+        <v>250.65</v>
+      </c>
+      <c r="Y62" s="17">
+        <v>4251</v>
+      </c>
+      <c r="Z62" s="20">
+        <v>185.3</v>
+      </c>
     </row>
     <row r="63" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B63" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C63" s="15">
-        <v>5478</v>
+        <v>9451</v>
       </c>
       <c r="D63" s="16">
-        <v>207.42857142857099</v>
+        <v>401.19047619047598</v>
       </c>
       <c r="E63" s="17">
-        <v>5382</v>
+        <v>10346</v>
       </c>
       <c r="F63" s="16">
-        <v>215.4</v>
+        <v>466.55</v>
       </c>
       <c r="G63" s="17">
-        <v>5601</v>
+        <v>11512</v>
       </c>
       <c r="H63" s="16">
-        <v>208.90476190476201</v>
+        <v>477.52380952380997</v>
       </c>
       <c r="I63" s="17">
-        <v>5253</v>
+        <v>9828</v>
       </c>
       <c r="J63" s="16">
-        <v>198.85</v>
+        <v>430.2</v>
       </c>
       <c r="K63" s="17">
-        <v>5762</v>
+        <v>11440</v>
       </c>
       <c r="L63" s="16">
-        <v>210.666666666667</v>
+        <v>474.90476190476198</v>
       </c>
       <c r="M63" s="17">
-        <v>5583</v>
+        <v>10476</v>
       </c>
       <c r="N63" s="16">
-        <v>220.52631578947401</v>
-[...12 lines deleted...]
-      <c r="Z63" s="20"/>
+        <v>465.84210526315798</v>
+      </c>
+      <c r="O63" s="17">
+        <v>5706</v>
+      </c>
+      <c r="P63" s="16">
+        <v>215.434782608696</v>
+      </c>
+      <c r="Q63" s="17">
+        <v>3478</v>
+      </c>
+      <c r="R63" s="16">
+        <v>126.95</v>
+      </c>
+      <c r="S63" s="17">
+        <v>9800</v>
+      </c>
+      <c r="T63" s="16">
+        <v>425.55</v>
+      </c>
+      <c r="U63" s="17">
+        <v>12032</v>
+      </c>
+      <c r="V63" s="16">
+        <v>475.26086956521698</v>
+      </c>
+      <c r="W63" s="17">
+        <v>10065</v>
+      </c>
+      <c r="X63" s="16">
+        <v>438.2</v>
+      </c>
+      <c r="Y63" s="17">
+        <v>8242</v>
+      </c>
+      <c r="Z63" s="20">
+        <v>362.45</v>
+      </c>
     </row>
     <row r="64" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B64" s="1" t="s">
         <v>70</v>
       </c>
       <c r="C64" s="15">
-        <v>4432</v>
+        <v>3686</v>
       </c>
       <c r="D64" s="16">
-        <v>189</v>
+        <v>138.61904761904799</v>
       </c>
       <c r="E64" s="17">
-        <v>4468</v>
+        <v>4665</v>
       </c>
       <c r="F64" s="16">
-        <v>203.45</v>
+        <v>197.15</v>
       </c>
       <c r="G64" s="17">
-        <v>4737</v>
+        <v>4930</v>
       </c>
       <c r="H64" s="16">
-        <v>207.04761904761901</v>
+        <v>191.38095238095201</v>
       </c>
       <c r="I64" s="17">
-        <v>4348</v>
+        <v>4340</v>
       </c>
       <c r="J64" s="16">
-        <v>197.6</v>
+        <v>172.75</v>
       </c>
       <c r="K64" s="17">
-        <v>4686</v>
+        <v>5067</v>
       </c>
       <c r="L64" s="16">
-        <v>203.47619047619</v>
+        <v>195.52380952381</v>
       </c>
       <c r="M64" s="17">
-        <v>4374</v>
+        <v>4956</v>
       </c>
       <c r="N64" s="16">
-        <v>202.789473684211</v>
-[...12 lines deleted...]
-      <c r="Z64" s="20"/>
+        <v>210.63157894736801</v>
+      </c>
+      <c r="O64" s="17">
+        <v>4170</v>
+      </c>
+      <c r="P64" s="16">
+        <v>157</v>
+      </c>
+      <c r="Q64" s="17">
+        <v>3262</v>
+      </c>
+      <c r="R64" s="16">
+        <v>119.15</v>
+      </c>
+      <c r="S64" s="17">
+        <v>5336</v>
+      </c>
+      <c r="T64" s="16">
+        <v>214.8</v>
+      </c>
+      <c r="U64" s="17">
+        <v>6371</v>
+      </c>
+      <c r="V64" s="16">
+        <v>239.08695652173901</v>
+      </c>
+      <c r="W64" s="17">
+        <v>5448</v>
+      </c>
+      <c r="X64" s="16">
+        <v>218.85</v>
+      </c>
+      <c r="Y64" s="17">
+        <v>4768</v>
+      </c>
+      <c r="Z64" s="20">
+        <v>194.45</v>
+      </c>
     </row>
     <row r="65" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B65" s="1" t="s">
         <v>71</v>
       </c>
       <c r="C65" s="15">
-        <v>9451</v>
+        <v>26996</v>
       </c>
       <c r="D65" s="16">
-        <v>401.19047619047598</v>
+        <v>1078.0476190476199</v>
       </c>
       <c r="E65" s="17">
-        <v>10346</v>
+        <v>27334</v>
       </c>
       <c r="F65" s="16">
-        <v>466.55</v>
+        <v>1170.3499999999999</v>
       </c>
       <c r="G65" s="17">
-        <v>11512</v>
+        <v>28305</v>
       </c>
       <c r="H65" s="16">
-        <v>477.52380952380997</v>
+        <v>1133</v>
       </c>
       <c r="I65" s="17">
-        <v>9828</v>
+        <v>27358</v>
       </c>
       <c r="J65" s="16">
-        <v>430.2</v>
+        <v>1157</v>
       </c>
       <c r="K65" s="17">
-        <v>11440</v>
+        <v>31053</v>
       </c>
       <c r="L65" s="16">
-        <v>474.90476190476198</v>
+        <v>1242.1428571428601</v>
       </c>
       <c r="M65" s="17">
-        <v>10476</v>
+        <v>30313</v>
       </c>
       <c r="N65" s="16">
-        <v>465.84210526315798</v>
-[...12 lines deleted...]
-      <c r="Z65" s="20"/>
+        <v>1291.6842105263199</v>
+      </c>
+      <c r="O65" s="17">
+        <v>34147</v>
+      </c>
+      <c r="P65" s="16">
+        <v>1284.5652173912999</v>
+      </c>
+      <c r="Q65" s="17">
+        <v>25427</v>
+      </c>
+      <c r="R65" s="16">
+        <v>1013.7</v>
+      </c>
+      <c r="S65" s="17">
+        <v>30411</v>
+      </c>
+      <c r="T65" s="16">
+        <v>1278.4000000000001</v>
+      </c>
+      <c r="U65" s="17">
+        <v>33698</v>
+      </c>
+      <c r="V65" s="16">
+        <v>1278.0869565217399</v>
+      </c>
+      <c r="W65" s="17">
+        <v>30022</v>
+      </c>
+      <c r="X65" s="16">
+        <v>1240.2</v>
+      </c>
+      <c r="Y65" s="17">
+        <v>28508</v>
+      </c>
+      <c r="Z65" s="20">
+        <v>1173.3</v>
+      </c>
     </row>
     <row r="66" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B66" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C66" s="15">
-        <v>3686</v>
+        <v>41248</v>
       </c>
       <c r="D66" s="16">
-        <v>138.61904761904799</v>
+        <v>1637.9047619047601</v>
       </c>
       <c r="E66" s="17">
-        <v>4665</v>
+        <v>43469</v>
       </c>
       <c r="F66" s="16">
-        <v>197.15</v>
+        <v>1836.95</v>
       </c>
       <c r="G66" s="17">
-        <v>4930</v>
+        <v>50217</v>
       </c>
       <c r="H66" s="16">
-        <v>191.38095238095201</v>
+        <v>1945.80952380952</v>
       </c>
       <c r="I66" s="17">
-        <v>4340</v>
+        <v>47677</v>
       </c>
       <c r="J66" s="16">
-        <v>172.75</v>
+        <v>1948.85</v>
       </c>
       <c r="K66" s="17">
-        <v>5067</v>
+        <v>50793</v>
       </c>
       <c r="L66" s="16">
-        <v>195.52380952381</v>
+        <v>1971.9523809523801</v>
       </c>
       <c r="M66" s="17">
-        <v>4956</v>
+        <v>49704</v>
       </c>
       <c r="N66" s="16">
-        <v>210.63157894736801</v>
-[...12 lines deleted...]
-      <c r="Z66" s="20"/>
+        <v>2069.1578947368398</v>
+      </c>
+      <c r="O66" s="17">
+        <v>54765</v>
+      </c>
+      <c r="P66" s="16">
+        <v>2013.47826086957</v>
+      </c>
+      <c r="Q66" s="17">
+        <v>41753</v>
+      </c>
+      <c r="R66" s="16">
+        <v>1579.1</v>
+      </c>
+      <c r="S66" s="17">
+        <v>51868</v>
+      </c>
+      <c r="T66" s="16">
+        <v>2102.5</v>
+      </c>
+      <c r="U66" s="17">
+        <v>58172</v>
+      </c>
+      <c r="V66" s="16">
+        <v>2166.1304347826099</v>
+      </c>
+      <c r="W66" s="17">
+        <v>50752</v>
+      </c>
+      <c r="X66" s="16">
+        <v>2097.8000000000002</v>
+      </c>
+      <c r="Y66" s="17">
+        <v>47110</v>
+      </c>
+      <c r="Z66" s="20">
+        <v>1908.75</v>
+      </c>
     </row>
     <row r="67" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B67" s="1" t="s">
-        <v>73</v>
+        <v>124</v>
       </c>
       <c r="C67" s="15">
-        <v>26996</v>
+        <v>69415</v>
       </c>
       <c r="D67" s="16">
-        <v>1078.0476190476199</v>
+        <v>2632.0476190476202</v>
       </c>
       <c r="E67" s="17">
-        <v>27334</v>
+        <v>69354</v>
       </c>
       <c r="F67" s="16">
-        <v>1170.3499999999999</v>
+        <v>2854.45</v>
       </c>
       <c r="G67" s="17">
-        <v>28305</v>
+        <v>72469</v>
       </c>
       <c r="H67" s="16">
-        <v>1133</v>
+        <v>2735.0952380952399</v>
       </c>
       <c r="I67" s="17">
-        <v>27358</v>
+        <v>65989</v>
       </c>
       <c r="J67" s="16">
-        <v>1157</v>
+        <v>2652.9</v>
       </c>
       <c r="K67" s="17">
-        <v>31053</v>
+        <v>77809</v>
       </c>
       <c r="L67" s="16">
-        <v>1242.1428571428601</v>
+        <v>2976.0952380952399</v>
       </c>
       <c r="M67" s="17">
-        <v>30313</v>
+        <v>79233</v>
       </c>
       <c r="N67" s="16">
-        <v>1291.6842105263199</v>
-[...12 lines deleted...]
-      <c r="Z67" s="20"/>
+        <v>3175.2631578947398</v>
+      </c>
+      <c r="O67" s="17">
+        <v>78306</v>
+      </c>
+      <c r="P67" s="16">
+        <v>2717.6521739130399</v>
+      </c>
+      <c r="Q67" s="17">
+        <v>60122</v>
+      </c>
+      <c r="R67" s="16">
+        <v>2055.6</v>
+      </c>
+      <c r="S67" s="17">
+        <v>77650</v>
+      </c>
+      <c r="T67" s="16">
+        <v>3079</v>
+      </c>
+      <c r="U67" s="17">
+        <v>85342</v>
+      </c>
+      <c r="V67" s="16">
+        <v>3086.4347826087001</v>
+      </c>
+      <c r="W67" s="17">
+        <v>84327</v>
+      </c>
+      <c r="X67" s="16">
+        <v>3267.75</v>
+      </c>
+      <c r="Y67" s="17">
+        <v>77484</v>
+      </c>
+      <c r="Z67" s="20">
+        <v>3004.65</v>
+      </c>
     </row>
     <row r="68" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B68" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C68" s="15">
-        <v>41248</v>
+        <v>3066</v>
       </c>
       <c r="D68" s="16">
-        <v>1637.9047619047601</v>
+        <v>118.904761904762</v>
       </c>
       <c r="E68" s="17">
-        <v>43469</v>
+        <v>2542</v>
       </c>
       <c r="F68" s="16">
-        <v>1836.95</v>
+        <v>108.26315789473701</v>
       </c>
       <c r="G68" s="17">
-        <v>50217</v>
+        <v>3084</v>
       </c>
       <c r="H68" s="16">
-        <v>1945.80952380952</v>
+        <v>115.28571428571399</v>
       </c>
       <c r="I68" s="17">
-        <v>47677</v>
+        <v>2591</v>
       </c>
       <c r="J68" s="16">
-        <v>1948.85</v>
+        <v>100.9</v>
       </c>
       <c r="K68" s="17">
-        <v>50793</v>
+        <v>3196</v>
       </c>
       <c r="L68" s="16">
-        <v>1971.9523809523801</v>
+        <v>118.47619047619</v>
       </c>
       <c r="M68" s="17">
-        <v>49704</v>
+        <v>2830</v>
       </c>
       <c r="N68" s="16">
-        <v>2069.1578947368398</v>
-[...12 lines deleted...]
-      <c r="Z68" s="20"/>
+        <v>111.894736842105</v>
+      </c>
+      <c r="O68" s="17">
+        <v>2550</v>
+      </c>
+      <c r="P68" s="16">
+        <v>89.304347826086996</v>
+      </c>
+      <c r="Q68" s="17">
+        <v>2037</v>
+      </c>
+      <c r="R68" s="16">
+        <v>77.2</v>
+      </c>
+      <c r="S68" s="17">
+        <v>2530</v>
+      </c>
+      <c r="T68" s="16">
+        <v>100.15</v>
+      </c>
+      <c r="U68" s="17">
+        <v>3741</v>
+      </c>
+      <c r="V68" s="16">
+        <v>139.65217391304299</v>
+      </c>
+      <c r="W68" s="17">
+        <v>2263</v>
+      </c>
+      <c r="X68" s="16">
+        <v>85.95</v>
+      </c>
+      <c r="Y68" s="17">
+        <v>2403</v>
+      </c>
+      <c r="Z68" s="20">
+        <v>94.45</v>
+      </c>
     </row>
     <row r="69" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B69" s="1" t="s">
-        <v>126</v>
+        <v>74</v>
       </c>
       <c r="C69" s="15">
-        <v>69415</v>
+        <v>48349</v>
       </c>
       <c r="D69" s="16">
-        <v>2632.0476190476202</v>
+        <v>1946.6666666666699</v>
       </c>
       <c r="E69" s="17">
-        <v>69354</v>
+        <v>52660</v>
       </c>
       <c r="F69" s="16">
-        <v>2854.45</v>
+        <v>2285.9</v>
       </c>
       <c r="G69" s="17">
-        <v>72469</v>
+        <v>61191</v>
       </c>
       <c r="H69" s="16">
-        <v>2735.0952380952399</v>
+        <v>2447.8571428571399</v>
       </c>
       <c r="I69" s="17">
-        <v>65989</v>
+        <v>62775</v>
       </c>
       <c r="J69" s="16">
-        <v>2652.9</v>
+        <v>2609.15</v>
       </c>
       <c r="K69" s="17">
-        <v>77809</v>
+        <v>71495</v>
       </c>
       <c r="L69" s="16">
-        <v>2976.0952380952399</v>
+        <v>2828.2380952381</v>
       </c>
       <c r="M69" s="17">
-        <v>79233</v>
+        <v>68924</v>
       </c>
       <c r="N69" s="16">
-        <v>3175.2631578947398</v>
-[...12 lines deleted...]
-      <c r="Z69" s="20"/>
+        <v>2918.4210526315801</v>
+      </c>
+      <c r="O69" s="17">
+        <v>64705</v>
+      </c>
+      <c r="P69" s="16">
+        <v>2389.1304347826099</v>
+      </c>
+      <c r="Q69" s="17">
+        <v>53271</v>
+      </c>
+      <c r="R69" s="16">
+        <v>2038.5</v>
+      </c>
+      <c r="S69" s="17">
+        <v>61603</v>
+      </c>
+      <c r="T69" s="16">
+        <v>2529.6999999999998</v>
+      </c>
+      <c r="U69" s="17">
+        <v>75496</v>
+      </c>
+      <c r="V69" s="16">
+        <v>2869.4347826087001</v>
+      </c>
+      <c r="W69" s="17">
+        <v>69116</v>
+      </c>
+      <c r="X69" s="16">
+        <v>2899.3</v>
+      </c>
+      <c r="Y69" s="17">
+        <v>65639</v>
+      </c>
+      <c r="Z69" s="20">
+        <v>2538.3000000000002</v>
+      </c>
     </row>
     <row r="70" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B70" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C70" s="15">
-        <v>3066</v>
+        <v>13773</v>
       </c>
       <c r="D70" s="16">
-        <v>118.904761904762</v>
+        <v>539.80952380952397</v>
       </c>
       <c r="E70" s="17">
-        <v>2542</v>
+        <v>14376</v>
       </c>
       <c r="F70" s="16">
-        <v>108.26315789473701</v>
+        <v>595.15</v>
       </c>
       <c r="G70" s="17">
-        <v>3084</v>
+        <v>15520</v>
       </c>
       <c r="H70" s="16">
-        <v>115.28571428571399</v>
+        <v>600.28571428571399</v>
       </c>
       <c r="I70" s="17">
-        <v>2591</v>
+        <v>13621</v>
       </c>
       <c r="J70" s="16">
-        <v>100.9</v>
+        <v>536.75</v>
       </c>
       <c r="K70" s="17">
-        <v>3196</v>
+        <v>15384</v>
       </c>
       <c r="L70" s="16">
-        <v>118.47619047619</v>
+        <v>594.52380952380997</v>
       </c>
       <c r="M70" s="17">
-        <v>2830</v>
+        <v>13150</v>
       </c>
       <c r="N70" s="16">
-        <v>111.894736842105</v>
-[...12 lines deleted...]
-      <c r="Z70" s="20"/>
+        <v>532.63157894736798</v>
+      </c>
+      <c r="O70" s="17">
+        <v>12644</v>
+      </c>
+      <c r="P70" s="16">
+        <v>463.04347826087002</v>
+      </c>
+      <c r="Q70" s="17">
+        <v>9294</v>
+      </c>
+      <c r="R70" s="16">
+        <v>341.15</v>
+      </c>
+      <c r="S70" s="17">
+        <v>12480</v>
+      </c>
+      <c r="T70" s="16">
+        <v>495.1</v>
+      </c>
+      <c r="U70" s="17">
+        <v>13281</v>
+      </c>
+      <c r="V70" s="16">
+        <v>483.08695652173901</v>
+      </c>
+      <c r="W70" s="17">
+        <v>12916</v>
+      </c>
+      <c r="X70" s="16">
+        <v>521.75</v>
+      </c>
+      <c r="Y70" s="17">
+        <v>12368</v>
+      </c>
+      <c r="Z70" s="20">
+        <v>500.5</v>
+      </c>
     </row>
     <row r="71" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B71" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C71" s="15">
-        <v>48349</v>
+        <v>98587</v>
       </c>
       <c r="D71" s="16">
-        <v>1946.6666666666699</v>
+        <v>2897.8095238095202</v>
       </c>
       <c r="E71" s="17">
-        <v>52660</v>
+        <v>114966</v>
       </c>
       <c r="F71" s="16">
-        <v>2285.9</v>
+        <v>3830.9</v>
       </c>
       <c r="G71" s="17">
-        <v>61191</v>
+        <v>111028</v>
       </c>
       <c r="H71" s="16">
-        <v>2447.8571428571399</v>
+        <v>3354.4285714285702</v>
       </c>
       <c r="I71" s="17">
-        <v>62775</v>
+        <v>119733</v>
       </c>
       <c r="J71" s="16">
-        <v>2609.15</v>
+        <v>3521.6</v>
       </c>
       <c r="K71" s="17">
-        <v>71495</v>
+        <v>107561</v>
       </c>
       <c r="L71" s="16">
-        <v>2828.2380952381</v>
+        <v>3029.38095238095</v>
       </c>
       <c r="M71" s="17">
-        <v>68924</v>
+        <v>92737</v>
       </c>
       <c r="N71" s="16">
-        <v>2918.4210526315801</v>
-[...12 lines deleted...]
-      <c r="Z71" s="20"/>
+        <v>2668.1578947368398</v>
+      </c>
+      <c r="O71" s="17">
+        <v>96843</v>
+      </c>
+      <c r="P71" s="16">
+        <v>2924.6956521739098</v>
+      </c>
+      <c r="Q71" s="17">
+        <v>99976</v>
+      </c>
+      <c r="R71" s="16">
+        <v>2842.4</v>
+      </c>
+      <c r="S71" s="17">
+        <v>103081</v>
+      </c>
+      <c r="T71" s="16">
+        <v>3051.25</v>
+      </c>
+      <c r="U71" s="17">
+        <v>126335</v>
+      </c>
+      <c r="V71" s="16">
+        <v>3581.4347826087001</v>
+      </c>
+      <c r="W71" s="17">
+        <v>101285</v>
+      </c>
+      <c r="X71" s="16">
+        <v>3027.95</v>
+      </c>
+      <c r="Y71" s="17">
+        <v>85729</v>
+      </c>
+      <c r="Z71" s="20">
+        <v>2524.35</v>
+      </c>
     </row>
     <row r="72" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B72" s="1" t="s">
         <v>77</v>
       </c>
       <c r="C72" s="15">
-        <v>13773</v>
+        <v>40585</v>
       </c>
       <c r="D72" s="16">
-        <v>539.80952380952397</v>
+        <v>1728.61904761905</v>
       </c>
       <c r="E72" s="17">
-        <v>14376</v>
+        <v>43601</v>
       </c>
       <c r="F72" s="16">
-        <v>595.15</v>
+        <v>1983.5</v>
       </c>
       <c r="G72" s="17">
-        <v>15520</v>
+        <v>45535</v>
       </c>
       <c r="H72" s="16">
-        <v>600.28571428571399</v>
+        <v>1919.0952380952399</v>
       </c>
       <c r="I72" s="17">
-        <v>13621</v>
+        <v>43209</v>
       </c>
       <c r="J72" s="16">
-        <v>536.75</v>
+        <v>1904.65</v>
       </c>
       <c r="K72" s="17">
-        <v>15384</v>
+        <v>48827</v>
       </c>
       <c r="L72" s="16">
-        <v>594.52380952380997</v>
+        <v>2043.3333333333301</v>
       </c>
       <c r="M72" s="17">
-        <v>13150</v>
+        <v>43514</v>
       </c>
       <c r="N72" s="16">
-        <v>532.63157894736798</v>
-[...12 lines deleted...]
-      <c r="Z72" s="20"/>
+        <v>1969.3157894736801</v>
+      </c>
+      <c r="O72" s="17">
+        <v>36573</v>
+      </c>
+      <c r="P72" s="16">
+        <v>1390.04347826087</v>
+      </c>
+      <c r="Q72" s="17">
+        <v>29028</v>
+      </c>
+      <c r="R72" s="16">
+        <v>1201.6500000000001</v>
+      </c>
+      <c r="S72" s="17">
+        <v>44056</v>
+      </c>
+      <c r="T72" s="16">
+        <v>1930.2</v>
+      </c>
+      <c r="U72" s="17">
+        <v>55777</v>
+      </c>
+      <c r="V72" s="16">
+        <v>2192.9130434782601</v>
+      </c>
+      <c r="W72" s="17">
+        <v>48422</v>
+      </c>
+      <c r="X72" s="16">
+        <v>2127.25</v>
+      </c>
+      <c r="Y72" s="17">
+        <v>43863</v>
+      </c>
+      <c r="Z72" s="20">
+        <v>1915.3</v>
+      </c>
     </row>
     <row r="73" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B73" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C73" s="15">
-        <v>98587</v>
+        <v>68939</v>
       </c>
       <c r="D73" s="16">
-        <v>2897.8095238095202</v>
+        <v>2738.8571428571399</v>
       </c>
       <c r="E73" s="17">
-        <v>114966</v>
+        <v>69042</v>
       </c>
       <c r="F73" s="16">
-        <v>3830.9</v>
+        <v>2925.05</v>
       </c>
       <c r="G73" s="17">
-        <v>111028</v>
+        <v>74758</v>
       </c>
       <c r="H73" s="16">
-        <v>3354.4285714285702</v>
+        <v>2921.9047619047601</v>
       </c>
       <c r="I73" s="17">
-        <v>119733</v>
+        <v>69689</v>
       </c>
       <c r="J73" s="16">
-        <v>3521.6</v>
+        <v>2871.85</v>
       </c>
       <c r="K73" s="17">
-        <v>107561</v>
+        <v>79132</v>
       </c>
       <c r="L73" s="16">
-        <v>3029.38095238095</v>
+        <v>3082.0952380952399</v>
       </c>
       <c r="M73" s="17">
-        <v>92737</v>
+        <v>70210</v>
       </c>
       <c r="N73" s="16">
-        <v>2668.1578947368398</v>
-[...12 lines deleted...]
-      <c r="Z73" s="20"/>
+        <v>2951.6842105263199</v>
+      </c>
+      <c r="O73" s="17">
+        <v>64903</v>
+      </c>
+      <c r="P73" s="16">
+        <v>2385.7826086956502</v>
+      </c>
+      <c r="Q73" s="17">
+        <v>49087</v>
+      </c>
+      <c r="R73" s="16">
+        <v>1852.5</v>
+      </c>
+      <c r="S73" s="17">
+        <v>69036</v>
+      </c>
+      <c r="T73" s="16">
+        <v>2750.5</v>
+      </c>
+      <c r="U73" s="17">
+        <v>80758</v>
+      </c>
+      <c r="V73" s="16">
+        <v>3034.9130434782601</v>
+      </c>
+      <c r="W73" s="17">
+        <v>76040</v>
+      </c>
+      <c r="X73" s="16">
+        <v>3089.9</v>
+      </c>
+      <c r="Y73" s="17">
+        <v>71450</v>
+      </c>
+      <c r="Z73" s="20">
+        <v>2919.7</v>
+      </c>
     </row>
     <row r="74" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B74" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C74" s="15">
-        <v>40585</v>
+        <v>0</v>
       </c>
       <c r="D74" s="16">
-        <v>1728.61904761905</v>
+        <v>0</v>
       </c>
       <c r="E74" s="17">
-        <v>43601</v>
+        <v>0</v>
       </c>
       <c r="F74" s="16">
-        <v>1983.5</v>
+        <v>0</v>
       </c>
       <c r="G74" s="17">
-        <v>45535</v>
+        <v>0</v>
       </c>
       <c r="H74" s="16">
-        <v>1919.0952380952399</v>
+        <v>0</v>
       </c>
       <c r="I74" s="17">
-        <v>43209</v>
+        <v>0</v>
       </c>
       <c r="J74" s="16">
-        <v>1904.65</v>
+        <v>0</v>
       </c>
       <c r="K74" s="17">
-        <v>48827</v>
+        <v>0</v>
       </c>
       <c r="L74" s="16">
-        <v>2043.3333333333301</v>
+        <v>0</v>
       </c>
       <c r="M74" s="17">
-        <v>43514</v>
+        <v>0</v>
       </c>
       <c r="N74" s="16">
-        <v>1969.3157894736801</v>
-[...12 lines deleted...]
-      <c r="Z74" s="20"/>
+        <v>0</v>
+      </c>
+      <c r="O74" s="17">
+        <v>0</v>
+      </c>
+      <c r="P74" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q74" s="17">
+        <v>0</v>
+      </c>
+      <c r="R74" s="16">
+        <v>0</v>
+      </c>
+      <c r="S74" s="17">
+        <v>0</v>
+      </c>
+      <c r="T74" s="16">
+        <v>0</v>
+      </c>
+      <c r="U74" s="17">
+        <v>0</v>
+      </c>
+      <c r="V74" s="16">
+        <v>0</v>
+      </c>
+      <c r="W74" s="17">
+        <v>0</v>
+      </c>
+      <c r="X74" s="16">
+        <v>0</v>
+      </c>
+      <c r="Y74" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z74" s="20">
+        <v>0</v>
+      </c>
     </row>
     <row r="75" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B75" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C75" s="15">
-        <v>68939</v>
+        <v>9613</v>
       </c>
       <c r="D75" s="16">
-        <v>2738.8571428571399</v>
+        <v>457.76190476190499</v>
       </c>
       <c r="E75" s="17">
-        <v>69042</v>
+        <v>11819</v>
       </c>
       <c r="F75" s="16">
-        <v>2925.05</v>
+        <v>590.95000000000005</v>
       </c>
       <c r="G75" s="17">
-        <v>74758</v>
+        <v>12936</v>
       </c>
       <c r="H75" s="16">
-        <v>2921.9047619047601</v>
+        <v>616</v>
       </c>
       <c r="I75" s="17">
-        <v>69689</v>
+        <v>10445</v>
       </c>
       <c r="J75" s="16">
-        <v>2871.85</v>
+        <v>522.25</v>
       </c>
       <c r="K75" s="17">
-        <v>79132</v>
+        <v>12637</v>
       </c>
       <c r="L75" s="16">
-        <v>3082.0952380952399</v>
+        <v>601.76190476190504</v>
       </c>
       <c r="M75" s="17">
-        <v>70210</v>
+        <v>9424</v>
       </c>
       <c r="N75" s="16">
-        <v>2951.6842105263199</v>
-[...12 lines deleted...]
-      <c r="Z75" s="20"/>
+        <v>496</v>
+      </c>
+      <c r="O75" s="17">
+        <v>4960</v>
+      </c>
+      <c r="P75" s="16">
+        <v>215.65217391304299</v>
+      </c>
+      <c r="Q75" s="17">
+        <v>2591</v>
+      </c>
+      <c r="R75" s="16">
+        <v>129.55000000000001</v>
+      </c>
+      <c r="S75" s="17">
+        <v>9480</v>
+      </c>
+      <c r="T75" s="16">
+        <v>474</v>
+      </c>
+      <c r="U75" s="17">
+        <v>13656</v>
+      </c>
+      <c r="V75" s="16">
+        <v>593.73913043478296</v>
+      </c>
+      <c r="W75" s="17">
+        <v>12401</v>
+      </c>
+      <c r="X75" s="16">
+        <v>620.04999999999995</v>
+      </c>
+      <c r="Y75" s="17">
+        <v>9535</v>
+      </c>
+      <c r="Z75" s="20">
+        <v>476.75</v>
+      </c>
     </row>
     <row r="76" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B76" s="1" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="C76" s="15">
-        <v>0</v>
+        <v>2515</v>
       </c>
       <c r="D76" s="16">
-        <v>0</v>
+        <v>96.809523809523796</v>
       </c>
       <c r="E76" s="17">
-        <v>0</v>
+        <v>2631</v>
       </c>
       <c r="F76" s="16">
-        <v>0</v>
+        <v>106.65</v>
       </c>
       <c r="G76" s="17">
-        <v>0</v>
+        <v>2937</v>
       </c>
       <c r="H76" s="16">
-        <v>0</v>
+        <v>111.571428571429</v>
       </c>
       <c r="I76" s="17">
-        <v>0</v>
+        <v>2463</v>
       </c>
       <c r="J76" s="16">
-        <v>0</v>
+        <v>95.05</v>
       </c>
       <c r="K76" s="17">
-        <v>0</v>
+        <v>2690</v>
       </c>
       <c r="L76" s="16">
-        <v>0</v>
+        <v>100.95238095238101</v>
       </c>
       <c r="M76" s="17">
-        <v>0</v>
+        <v>2225</v>
       </c>
       <c r="N76" s="16">
-        <v>0</v>
-[...12 lines deleted...]
-      <c r="Z76" s="20"/>
+        <v>88.631578947368396</v>
+      </c>
+      <c r="O76" s="17">
+        <v>2533</v>
+      </c>
+      <c r="P76" s="16">
+        <v>92.130434782608702</v>
+      </c>
+      <c r="Q76" s="17">
+        <v>3212</v>
+      </c>
+      <c r="R76" s="16">
+        <v>110</v>
+      </c>
+      <c r="S76" s="17">
+        <v>3410</v>
+      </c>
+      <c r="T76" s="16">
+        <v>134.80000000000001</v>
+      </c>
+      <c r="U76" s="17">
+        <v>4082</v>
+      </c>
+      <c r="V76" s="16">
+        <v>147.304347826087</v>
+      </c>
+      <c r="W76" s="17">
+        <v>3797</v>
+      </c>
+      <c r="X76" s="16">
+        <v>146.30000000000001</v>
+      </c>
+      <c r="Y76" s="17">
+        <v>3636</v>
+      </c>
+      <c r="Z76" s="20">
+        <v>137.94999999999999</v>
+      </c>
     </row>
     <row r="77" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B77" s="1" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="C77" s="15">
-        <v>9613</v>
+        <v>19845</v>
       </c>
       <c r="D77" s="16">
-        <v>457.76190476190499</v>
+        <v>784.42857142857099</v>
       </c>
       <c r="E77" s="17">
-        <v>11819</v>
+        <v>19584</v>
       </c>
       <c r="F77" s="16">
-        <v>590.95000000000005</v>
+        <v>834.85</v>
       </c>
       <c r="G77" s="17">
-        <v>12936</v>
+        <v>21411</v>
       </c>
       <c r="H77" s="16">
-        <v>616</v>
+        <v>848.52380952380997</v>
       </c>
       <c r="I77" s="17">
-        <v>10445</v>
+        <v>20434</v>
       </c>
       <c r="J77" s="16">
-        <v>522.25</v>
+        <v>828.15</v>
       </c>
       <c r="K77" s="17">
-        <v>12637</v>
+        <v>22852</v>
       </c>
       <c r="L77" s="16">
-        <v>601.76190476190504</v>
+        <v>902.142857142857</v>
       </c>
       <c r="M77" s="17">
-        <v>9424</v>
+        <v>20704</v>
       </c>
       <c r="N77" s="16">
-        <v>496</v>
-[...12 lines deleted...]
-      <c r="Z77" s="20"/>
+        <v>862.78947368421098</v>
+      </c>
+      <c r="O77" s="17">
+        <v>20620</v>
+      </c>
+      <c r="P77" s="16">
+        <v>752.56521739130403</v>
+      </c>
+      <c r="Q77" s="17">
+        <v>16313</v>
+      </c>
+      <c r="R77" s="16">
+        <v>615.79999999999995</v>
+      </c>
+      <c r="S77" s="17">
+        <v>21690</v>
+      </c>
+      <c r="T77" s="16">
+        <v>888.75</v>
+      </c>
+      <c r="U77" s="17">
+        <v>24953</v>
+      </c>
+      <c r="V77" s="16">
+        <v>941.26086956521704</v>
+      </c>
+      <c r="W77" s="17">
+        <v>22204</v>
+      </c>
+      <c r="X77" s="16">
+        <v>896.9</v>
+      </c>
+      <c r="Y77" s="17">
+        <v>19849</v>
+      </c>
+      <c r="Z77" s="20">
+        <v>823.3</v>
+      </c>
     </row>
     <row r="78" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B78" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C78" s="15">
-        <v>2515</v>
+        <v>26509</v>
       </c>
       <c r="D78" s="16">
-        <v>96.809523809523796</v>
+        <v>1065.2380952381</v>
       </c>
       <c r="E78" s="17">
-        <v>2631</v>
+        <v>27871</v>
       </c>
       <c r="F78" s="16">
-        <v>106.65</v>
+        <v>1189.45</v>
       </c>
       <c r="G78" s="17">
-        <v>2937</v>
+        <v>30660</v>
       </c>
       <c r="H78" s="16">
-        <v>111.571428571429</v>
+        <v>1196.9047619047601</v>
       </c>
       <c r="I78" s="17">
-        <v>2463</v>
+        <v>27798</v>
       </c>
       <c r="J78" s="16">
-        <v>95.05</v>
+        <v>1138</v>
       </c>
       <c r="K78" s="17">
-        <v>2690</v>
+        <v>31535</v>
       </c>
       <c r="L78" s="16">
-        <v>100.95238095238101</v>
+        <v>1244.57142857143</v>
       </c>
       <c r="M78" s="17">
-        <v>2225</v>
+        <v>30085</v>
       </c>
       <c r="N78" s="16">
-        <v>88.631578947368396</v>
-[...12 lines deleted...]
-      <c r="Z78" s="20"/>
+        <v>1247.2631578947401</v>
+      </c>
+      <c r="O78" s="17">
+        <v>33669</v>
+      </c>
+      <c r="P78" s="16">
+        <v>1239.30434782609</v>
+      </c>
+      <c r="Q78" s="17">
+        <v>26076</v>
+      </c>
+      <c r="R78" s="16">
+        <v>962.3</v>
+      </c>
+      <c r="S78" s="17">
+        <v>31312</v>
+      </c>
+      <c r="T78" s="16">
+        <v>1276.4000000000001</v>
+      </c>
+      <c r="U78" s="17">
+        <v>34734</v>
+      </c>
+      <c r="V78" s="16">
+        <v>1313.69565217391</v>
+      </c>
+      <c r="W78" s="17">
+        <v>29730</v>
+      </c>
+      <c r="X78" s="16">
+        <v>1217.45</v>
+      </c>
+      <c r="Y78" s="17">
+        <v>28586</v>
+      </c>
+      <c r="Z78" s="20">
+        <v>1160.0999999999999</v>
+      </c>
     </row>
     <row r="79" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B79" s="1" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="C79" s="15">
-        <v>19845</v>
+        <v>24494</v>
       </c>
       <c r="D79" s="16">
-        <v>784.42857142857099</v>
+        <v>1023.90476190476</v>
       </c>
       <c r="E79" s="17">
-        <v>19584</v>
+        <v>25148</v>
       </c>
       <c r="F79" s="16">
-        <v>834.85</v>
+        <v>1119.7</v>
       </c>
       <c r="G79" s="17">
-        <v>21411</v>
+        <v>27168</v>
       </c>
       <c r="H79" s="16">
-        <v>848.52380952380997</v>
+        <v>1124.1428571428601</v>
       </c>
       <c r="I79" s="17">
-        <v>20434</v>
+        <v>26256</v>
       </c>
       <c r="J79" s="16">
-        <v>828.15</v>
+        <v>1137.25</v>
       </c>
       <c r="K79" s="17">
-        <v>22852</v>
+        <v>25318</v>
       </c>
       <c r="L79" s="16">
-        <v>902.142857142857</v>
+        <v>1033.38095238095</v>
       </c>
       <c r="M79" s="17">
-        <v>20704</v>
+        <v>25662</v>
       </c>
       <c r="N79" s="16">
-        <v>862.78947368421098</v>
-[...12 lines deleted...]
-      <c r="Z79" s="20"/>
+        <v>1135.2631578947401</v>
+      </c>
+      <c r="O79" s="17">
+        <v>25665</v>
+      </c>
+      <c r="P79" s="16">
+        <v>982.78260869565202</v>
+      </c>
+      <c r="Q79" s="17">
+        <v>15597</v>
+      </c>
+      <c r="R79" s="16">
+        <v>591.15</v>
+      </c>
+      <c r="S79" s="17">
+        <v>26017</v>
+      </c>
+      <c r="T79" s="16">
+        <v>1125.45</v>
+      </c>
+      <c r="U79" s="17">
+        <v>29824</v>
+      </c>
+      <c r="V79" s="16">
+        <v>1169.78260869565</v>
+      </c>
+      <c r="W79" s="17">
+        <v>26681</v>
+      </c>
+      <c r="X79" s="16">
+        <v>1149.5999999999999</v>
+      </c>
+      <c r="Y79" s="17">
+        <v>24028</v>
+      </c>
+      <c r="Z79" s="20">
+        <v>1029.4000000000001</v>
+      </c>
     </row>
     <row r="80" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B80" s="1" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C80" s="15">
-        <v>26509</v>
+        <v>37370</v>
       </c>
       <c r="D80" s="16">
-        <v>1065.2380952381</v>
+        <v>1526.6666666666699</v>
       </c>
       <c r="E80" s="17">
-        <v>27871</v>
+        <v>40534</v>
       </c>
       <c r="F80" s="16">
-        <v>1189.45</v>
+        <v>1777.85</v>
       </c>
       <c r="G80" s="17">
-        <v>30660</v>
+        <v>41836</v>
       </c>
       <c r="H80" s="16">
-        <v>1196.9047619047601</v>
+        <v>1700.19047619048</v>
       </c>
       <c r="I80" s="17">
-        <v>27798</v>
+        <v>37467</v>
       </c>
       <c r="J80" s="16">
-        <v>1138</v>
+        <v>1583.55</v>
       </c>
       <c r="K80" s="17">
-        <v>31535</v>
+        <v>41519</v>
       </c>
       <c r="L80" s="16">
-        <v>1244.57142857143</v>
+        <v>1667.80952380952</v>
       </c>
       <c r="M80" s="17">
-        <v>30085</v>
+        <v>41898</v>
       </c>
       <c r="N80" s="16">
-        <v>1247.2631578947401</v>
-[...12 lines deleted...]
-      <c r="Z80" s="20"/>
+        <v>1810.15789473684</v>
+      </c>
+      <c r="O80" s="17">
+        <v>45498</v>
+      </c>
+      <c r="P80" s="16">
+        <v>1738.21739130435</v>
+      </c>
+      <c r="Q80" s="17">
+        <v>28137</v>
+      </c>
+      <c r="R80" s="16">
+        <v>1058.0999999999999</v>
+      </c>
+      <c r="S80" s="17">
+        <v>37343</v>
+      </c>
+      <c r="T80" s="16">
+        <v>1568.8</v>
+      </c>
+      <c r="U80" s="17">
+        <v>47048</v>
+      </c>
+      <c r="V80" s="16">
+        <v>1840.52173913043</v>
+      </c>
+      <c r="W80" s="17">
+        <v>43286</v>
+      </c>
+      <c r="X80" s="16">
+        <v>1847.95</v>
+      </c>
+      <c r="Y80" s="17">
+        <v>37974</v>
+      </c>
+      <c r="Z80" s="20">
+        <v>1574.65</v>
+      </c>
     </row>
     <row r="81" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B81" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C81" s="15">
-        <v>24494</v>
+        <v>24048</v>
       </c>
       <c r="D81" s="16">
-        <v>1023.90476190476</v>
+        <v>901.38095238095195</v>
       </c>
       <c r="E81" s="17">
-        <v>25148</v>
+        <v>25599</v>
       </c>
       <c r="F81" s="16">
-        <v>1119.7</v>
+        <v>1038.05</v>
       </c>
       <c r="G81" s="17">
-        <v>27168</v>
+        <v>27980</v>
       </c>
       <c r="H81" s="16">
-        <v>1124.1428571428601</v>
+        <v>1057.1428571428601</v>
       </c>
       <c r="I81" s="17">
-        <v>26256</v>
+        <v>27779</v>
       </c>
       <c r="J81" s="16">
-        <v>1137.25</v>
+        <v>1046.8499999999999</v>
       </c>
       <c r="K81" s="17">
-        <v>25318</v>
+        <v>32313</v>
       </c>
       <c r="L81" s="16">
-        <v>1033.38095238095</v>
+        <v>1173.3333333333301</v>
       </c>
       <c r="M81" s="17">
-        <v>25662</v>
+        <v>32459</v>
       </c>
       <c r="N81" s="16">
-        <v>1135.2631578947401</v>
-[...12 lines deleted...]
-      <c r="Z81" s="20"/>
+        <v>1247.10526315789</v>
+      </c>
+      <c r="O81" s="17">
+        <v>34800</v>
+      </c>
+      <c r="P81" s="16">
+        <v>1234.5652173912999</v>
+      </c>
+      <c r="Q81" s="17">
+        <v>26953</v>
+      </c>
+      <c r="R81" s="16">
+        <v>973.7</v>
+      </c>
+      <c r="S81" s="17">
+        <v>29951</v>
+      </c>
+      <c r="T81" s="16">
+        <v>1147.5999999999999</v>
+      </c>
+      <c r="U81" s="17">
+        <v>33836</v>
+      </c>
+      <c r="V81" s="16">
+        <v>1213.1739130434801</v>
+      </c>
+      <c r="W81" s="17">
+        <v>30225</v>
+      </c>
+      <c r="X81" s="16">
+        <v>1167.25</v>
+      </c>
+      <c r="Y81" s="17">
+        <v>28130</v>
+      </c>
+      <c r="Z81" s="20">
+        <v>1046.45</v>
+      </c>
     </row>
     <row r="82" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B82" s="1" t="s">
         <v>84</v>
       </c>
       <c r="C82" s="15">
-        <v>37370</v>
+        <v>20980</v>
       </c>
       <c r="D82" s="16">
-        <v>1526.6666666666699</v>
+        <v>711.38095238095195</v>
       </c>
       <c r="E82" s="17">
-        <v>40534</v>
+        <v>22804</v>
       </c>
       <c r="F82" s="16">
-        <v>1777.85</v>
+        <v>846.35</v>
       </c>
       <c r="G82" s="17">
-        <v>41836</v>
+        <v>26852</v>
       </c>
       <c r="H82" s="16">
-        <v>1700.19047619048</v>
+        <v>928.38095238095195</v>
       </c>
       <c r="I82" s="17">
-        <v>37467</v>
+        <v>29176</v>
       </c>
       <c r="J82" s="16">
-        <v>1583.55</v>
+        <v>1001.85</v>
       </c>
       <c r="K82" s="17">
-        <v>41519</v>
+        <v>29046</v>
       </c>
       <c r="L82" s="16">
-        <v>1667.80952380952</v>
+        <v>1030.0952380952399</v>
       </c>
       <c r="M82" s="17">
-        <v>41898</v>
+        <v>22632</v>
       </c>
       <c r="N82" s="16">
-        <v>1810.15789473684</v>
-[...12 lines deleted...]
-      <c r="Z82" s="20"/>
+        <v>822.94736842105306</v>
+      </c>
+      <c r="O82" s="17">
+        <v>27243</v>
+      </c>
+      <c r="P82" s="16">
+        <v>891.56521739130403</v>
+      </c>
+      <c r="Q82" s="17">
+        <v>28299</v>
+      </c>
+      <c r="R82" s="16">
+        <v>949</v>
+      </c>
+      <c r="S82" s="17">
+        <v>31398</v>
+      </c>
+      <c r="T82" s="16">
+        <v>1083.3499999999999</v>
+      </c>
+      <c r="U82" s="17">
+        <v>37192</v>
+      </c>
+      <c r="V82" s="16">
+        <v>1236.78260869565</v>
+      </c>
+      <c r="W82" s="17">
+        <v>32041</v>
+      </c>
+      <c r="X82" s="16">
+        <v>1059.75</v>
+      </c>
+      <c r="Y82" s="17">
+        <v>28677</v>
+      </c>
+      <c r="Z82" s="20">
+        <v>980.55</v>
+      </c>
     </row>
     <row r="83" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B83" s="1" t="s">
-        <v>85</v>
+        <v>122</v>
       </c>
       <c r="C83" s="15">
-        <v>24048</v>
+        <v>1938</v>
       </c>
       <c r="D83" s="16">
-        <v>901.38095238095195</v>
+        <v>71.523809523809504</v>
       </c>
       <c r="E83" s="17">
-        <v>25599</v>
+        <v>2005</v>
       </c>
       <c r="F83" s="16">
-        <v>1038.05</v>
+        <v>76.05</v>
       </c>
       <c r="G83" s="17">
-        <v>27980</v>
+        <v>1741</v>
       </c>
       <c r="H83" s="16">
-        <v>1057.1428571428601</v>
+        <v>60.190476190476197</v>
       </c>
       <c r="I83" s="17">
-        <v>27779</v>
+        <v>1579</v>
       </c>
       <c r="J83" s="16">
-        <v>1046.8499999999999</v>
+        <v>61.45</v>
       </c>
       <c r="K83" s="17">
-        <v>32313</v>
+        <v>1638</v>
       </c>
       <c r="L83" s="16">
-        <v>1173.3333333333301</v>
+        <v>61.523809523809497</v>
       </c>
       <c r="M83" s="17">
-        <v>32459</v>
+        <v>1606</v>
       </c>
       <c r="N83" s="16">
-        <v>1247.10526315789</v>
-[...12 lines deleted...]
-      <c r="Z83" s="20"/>
+        <v>61.315789473684198</v>
+      </c>
+      <c r="O83" s="17">
+        <v>1356</v>
+      </c>
+      <c r="P83" s="16">
+        <v>46.043478260869598</v>
+      </c>
+      <c r="Q83" s="17">
+        <v>1362</v>
+      </c>
+      <c r="R83" s="16">
+        <v>46.95</v>
+      </c>
+      <c r="S83" s="17">
+        <v>1476</v>
+      </c>
+      <c r="T83" s="16">
+        <v>56.9</v>
+      </c>
+      <c r="U83" s="17">
+        <v>1653</v>
+      </c>
+      <c r="V83" s="16">
+        <v>57</v>
+      </c>
+      <c r="W83" s="17">
+        <v>1517</v>
+      </c>
+      <c r="X83" s="16">
+        <v>56.1</v>
+      </c>
+      <c r="Y83" s="17">
+        <v>1419</v>
+      </c>
+      <c r="Z83" s="20">
+        <v>53</v>
+      </c>
     </row>
     <row r="84" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B84" s="1" t="s">
-        <v>86</v>
+        <v>121</v>
       </c>
       <c r="C84" s="15">
-        <v>20980</v>
+        <v>1233</v>
       </c>
       <c r="D84" s="16">
-        <v>711.38095238095195</v>
+        <v>50.238095238095198</v>
       </c>
       <c r="E84" s="17">
-        <v>22804</v>
+        <v>1275</v>
       </c>
       <c r="F84" s="16">
-        <v>846.35</v>
+        <v>55.35</v>
       </c>
       <c r="G84" s="17">
-        <v>26852</v>
+        <v>1271</v>
       </c>
       <c r="H84" s="16">
-        <v>928.38095238095195</v>
+        <v>51.428571428571402</v>
       </c>
       <c r="I84" s="17">
-        <v>29176</v>
+        <v>1079</v>
       </c>
       <c r="J84" s="16">
-        <v>1001.85</v>
+        <v>46.25</v>
       </c>
       <c r="K84" s="17">
-        <v>29046</v>
+        <v>1371</v>
       </c>
       <c r="L84" s="16">
-        <v>1030.0952380952399</v>
+        <v>54.809523809523803</v>
       </c>
       <c r="M84" s="17">
-        <v>22632</v>
+        <v>1258</v>
       </c>
       <c r="N84" s="16">
-        <v>822.94736842105306</v>
-[...12 lines deleted...]
-      <c r="Z84" s="20"/>
+        <v>50.947368421052602</v>
+      </c>
+      <c r="O84" s="17">
+        <v>1156</v>
+      </c>
+      <c r="P84" s="16">
+        <v>43.6086956521739</v>
+      </c>
+      <c r="Q84" s="17">
+        <v>669</v>
+      </c>
+      <c r="R84" s="16">
+        <v>26.2</v>
+      </c>
+      <c r="S84" s="17">
+        <v>1115</v>
+      </c>
+      <c r="T84" s="16">
+        <v>41.25</v>
+      </c>
+      <c r="U84" s="17">
+        <v>1256</v>
+      </c>
+      <c r="V84" s="16">
+        <v>47.043478260869598</v>
+      </c>
+      <c r="W84" s="17">
+        <v>1014</v>
+      </c>
+      <c r="X84" s="16">
+        <v>40.700000000000003</v>
+      </c>
+      <c r="Y84" s="17">
+        <v>951</v>
+      </c>
+      <c r="Z84" s="20">
+        <v>36.85</v>
+      </c>
     </row>
     <row r="85" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B85" s="1" t="s">
-        <v>124</v>
+        <v>85</v>
       </c>
       <c r="C85" s="15">
-        <v>1938</v>
+        <v>4437</v>
       </c>
       <c r="D85" s="16">
-        <v>71.523809523809504</v>
+        <v>166.142857142857</v>
       </c>
       <c r="E85" s="17">
-        <v>2005</v>
+        <v>4150</v>
       </c>
       <c r="F85" s="16">
-        <v>76.05</v>
+        <v>167.25</v>
       </c>
       <c r="G85" s="17">
-        <v>1741</v>
+        <v>4297</v>
       </c>
       <c r="H85" s="16">
-        <v>60.190476190476197</v>
+        <v>162.09523809523799</v>
       </c>
       <c r="I85" s="17">
-        <v>1579</v>
+        <v>3897</v>
       </c>
       <c r="J85" s="16">
-        <v>61.45</v>
+        <v>146.94999999999999</v>
       </c>
       <c r="K85" s="17">
-        <v>1638</v>
+        <v>4452</v>
       </c>
       <c r="L85" s="16">
-        <v>61.523809523809497</v>
+        <v>166.35</v>
       </c>
       <c r="M85" s="17">
-        <v>1606</v>
+        <v>3131</v>
       </c>
       <c r="N85" s="16">
-        <v>61.315789473684198</v>
-[...12 lines deleted...]
-      <c r="Z85" s="20"/>
+        <v>131.26315789473699</v>
+      </c>
+      <c r="O85" s="17">
+        <v>3355</v>
+      </c>
+      <c r="P85" s="16">
+        <v>119.95652173913</v>
+      </c>
+      <c r="Q85" s="17">
+        <v>2911</v>
+      </c>
+      <c r="R85" s="16">
+        <v>104.2</v>
+      </c>
+      <c r="S85" s="17">
+        <v>3477</v>
+      </c>
+      <c r="T85" s="16">
+        <v>132.94999999999999</v>
+      </c>
+      <c r="U85" s="17">
+        <v>3913</v>
+      </c>
+      <c r="V85" s="16">
+        <v>136.91304347826099</v>
+      </c>
+      <c r="W85" s="17">
+        <v>3739</v>
+      </c>
+      <c r="X85" s="16">
+        <v>142.25</v>
+      </c>
+      <c r="Y85" s="17">
+        <v>3236</v>
+      </c>
+      <c r="Z85" s="20">
+        <v>123.85</v>
+      </c>
     </row>
     <row r="86" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B86" s="1" t="s">
-        <v>123</v>
+        <v>92</v>
       </c>
       <c r="C86" s="15">
-        <v>1233</v>
+        <v>129120</v>
       </c>
       <c r="D86" s="16">
-        <v>50.238095238095198</v>
+        <v>5266.2380952381</v>
       </c>
       <c r="E86" s="17">
-        <v>1275</v>
+        <v>138678</v>
       </c>
       <c r="F86" s="16">
-        <v>55.35</v>
+        <v>6100.5</v>
       </c>
       <c r="G86" s="17">
-        <v>1271</v>
+        <v>145294</v>
       </c>
       <c r="H86" s="16">
-        <v>51.428571428571402</v>
+        <v>5907.9047619047597</v>
       </c>
       <c r="I86" s="17">
-        <v>1079</v>
+        <v>128253</v>
       </c>
       <c r="J86" s="16">
-        <v>46.25</v>
+        <v>5493.75</v>
       </c>
       <c r="K86" s="17">
-        <v>1371</v>
+        <v>145400</v>
       </c>
       <c r="L86" s="16">
-        <v>54.809523809523803</v>
+        <v>5777.7142857142899</v>
       </c>
       <c r="M86" s="17">
-        <v>1258</v>
+        <v>129111</v>
       </c>
       <c r="N86" s="16">
-        <v>50.947368421052602</v>
-[...12 lines deleted...]
-      <c r="Z86" s="20"/>
+        <v>5569.3157894736796</v>
+      </c>
+      <c r="O86" s="17">
+        <v>121839</v>
+      </c>
+      <c r="P86" s="16">
+        <v>4549.95652173913</v>
+      </c>
+      <c r="Q86" s="17">
+        <v>89581</v>
+      </c>
+      <c r="R86" s="16">
+        <v>3473.45</v>
+      </c>
+      <c r="S86" s="17">
+        <v>139787</v>
+      </c>
+      <c r="T86" s="16">
+        <v>5941.2</v>
+      </c>
+      <c r="U86" s="17">
+        <v>162075</v>
+      </c>
+      <c r="V86" s="16">
+        <v>6268.3913043478296</v>
+      </c>
+      <c r="W86" s="17">
+        <v>143001</v>
+      </c>
+      <c r="X86" s="16">
+        <v>6063.4</v>
+      </c>
+      <c r="Y86" s="17">
+        <v>122302</v>
+      </c>
+      <c r="Z86" s="20">
+        <v>5093.3500000000004</v>
+      </c>
     </row>
     <row r="87" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B87" s="1" t="s">
-        <v>87</v>
+        <v>112</v>
       </c>
       <c r="C87" s="15">
-        <v>4437</v>
+        <v>271995</v>
       </c>
       <c r="D87" s="16">
-        <v>166.142857142857</v>
+        <v>11137.619047619</v>
       </c>
       <c r="E87" s="17">
-        <v>4150</v>
+        <v>303879</v>
       </c>
       <c r="F87" s="16">
-        <v>167.25</v>
+        <v>13312.35</v>
       </c>
       <c r="G87" s="17">
-        <v>4297</v>
+        <v>321028</v>
       </c>
       <c r="H87" s="16">
-        <v>162.09523809523799</v>
+        <v>13084.4285714286</v>
       </c>
       <c r="I87" s="17">
-        <v>3897</v>
+        <v>298853</v>
       </c>
       <c r="J87" s="16">
-        <v>146.94999999999999</v>
+        <v>12597</v>
       </c>
       <c r="K87" s="17">
-        <v>4452</v>
+        <v>317635</v>
       </c>
       <c r="L87" s="16">
-        <v>166.35</v>
+        <v>12522.666666666701</v>
       </c>
       <c r="M87" s="17">
-        <v>3131</v>
+        <v>271176</v>
       </c>
       <c r="N87" s="16">
-        <v>131.26315789473699</v>
-[...12 lines deleted...]
-      <c r="Z87" s="20"/>
+        <v>11667.210526315799</v>
+      </c>
+      <c r="O87" s="17">
+        <v>253735</v>
+      </c>
+      <c r="P87" s="16">
+        <v>9509.0869565217399</v>
+      </c>
+      <c r="Q87" s="17">
+        <v>173820</v>
+      </c>
+      <c r="R87" s="16">
+        <v>6561.45</v>
+      </c>
+      <c r="S87" s="17">
+        <v>299296</v>
+      </c>
+      <c r="T87" s="16">
+        <v>12504</v>
+      </c>
+      <c r="U87" s="17">
+        <v>362243</v>
+      </c>
+      <c r="V87" s="16">
+        <v>13829.956521739099</v>
+      </c>
+      <c r="W87" s="17">
+        <v>307061</v>
+      </c>
+      <c r="X87" s="16">
+        <v>13102.7</v>
+      </c>
+      <c r="Y87" s="17">
+        <v>261881</v>
+      </c>
+      <c r="Z87" s="20">
+        <v>11089.8</v>
+      </c>
     </row>
     <row r="88" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B88" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C88" s="15">
-        <v>129120</v>
+        <v>368801</v>
       </c>
       <c r="D88" s="16">
-        <v>5266.2380952381</v>
+        <v>15499.285714285699</v>
       </c>
       <c r="E88" s="17">
-        <v>138678</v>
+        <v>373868</v>
       </c>
       <c r="F88" s="16">
-        <v>6100.5</v>
+        <v>16835.75</v>
       </c>
       <c r="G88" s="17">
-        <v>145294</v>
+        <v>400024</v>
       </c>
       <c r="H88" s="16">
-        <v>5907.9047619047597</v>
+        <v>16780.380952381001</v>
       </c>
       <c r="I88" s="17">
-        <v>128253</v>
+        <v>357084</v>
       </c>
       <c r="J88" s="16">
-        <v>5493.75</v>
+        <v>15721.1</v>
       </c>
       <c r="K88" s="17">
-        <v>145400</v>
+        <v>393105</v>
       </c>
       <c r="L88" s="16">
-        <v>5777.7142857142899</v>
+        <v>16343.5238095238</v>
       </c>
       <c r="M88" s="17">
-        <v>129111</v>
+        <v>331799</v>
       </c>
       <c r="N88" s="16">
-        <v>5569.3157894736796</v>
-[...12 lines deleted...]
-      <c r="Z88" s="20"/>
+        <v>14953.368421052601</v>
+      </c>
+      <c r="O88" s="17">
+        <v>328264</v>
+      </c>
+      <c r="P88" s="16">
+        <v>12765.130434782601</v>
+      </c>
+      <c r="Q88" s="17">
+        <v>198359</v>
+      </c>
+      <c r="R88" s="16">
+        <v>7988.45</v>
+      </c>
+      <c r="S88" s="17">
+        <v>345021</v>
+      </c>
+      <c r="T88" s="16">
+        <v>14898.75</v>
+      </c>
+      <c r="U88" s="17">
+        <v>432698</v>
+      </c>
+      <c r="V88" s="16">
+        <v>17066.347826087</v>
+      </c>
+      <c r="W88" s="17">
+        <v>401946</v>
+      </c>
+      <c r="X88" s="16">
+        <v>17490.3</v>
+      </c>
+      <c r="Y88" s="17">
+        <v>347801</v>
+      </c>
+      <c r="Z88" s="20">
+        <v>14962.15</v>
+      </c>
     </row>
     <row r="89" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B89" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C89" s="15">
-        <v>271995</v>
+        <v>762154</v>
       </c>
       <c r="D89" s="16">
-        <v>11137.619047619</v>
+        <v>31533.761904761901</v>
       </c>
       <c r="E89" s="17">
-        <v>303879</v>
+        <v>784252</v>
       </c>
       <c r="F89" s="16">
-        <v>13312.35</v>
+        <v>34742.199999999997</v>
       </c>
       <c r="G89" s="17">
-        <v>321028</v>
+        <v>834488</v>
       </c>
       <c r="H89" s="16">
-        <v>13084.4285714286</v>
+        <v>34341.714285714297</v>
       </c>
       <c r="I89" s="17">
-        <v>298853</v>
+        <v>752558</v>
       </c>
       <c r="J89" s="16">
-        <v>12597</v>
+        <v>32408.1</v>
       </c>
       <c r="K89" s="17">
-        <v>317635</v>
+        <v>844514</v>
       </c>
       <c r="L89" s="16">
-        <v>12522.666666666701</v>
+        <v>34572.857142857101</v>
       </c>
       <c r="M89" s="17">
-        <v>271176</v>
+        <v>691660</v>
       </c>
       <c r="N89" s="16">
-        <v>11667.210526315799</v>
-[...12 lines deleted...]
-      <c r="Z89" s="20"/>
+        <v>30538.526315789499</v>
+      </c>
+      <c r="O89" s="17">
+        <v>655698</v>
+      </c>
+      <c r="P89" s="16">
+        <v>25070.956521739099</v>
+      </c>
+      <c r="Q89" s="17">
+        <v>415430</v>
+      </c>
+      <c r="R89" s="16">
+        <v>16181.8</v>
+      </c>
+      <c r="S89" s="17">
+        <v>736966</v>
+      </c>
+      <c r="T89" s="16">
+        <v>31708.1</v>
+      </c>
+      <c r="U89" s="17">
+        <v>905171</v>
+      </c>
+      <c r="V89" s="16">
+        <v>35225.260869565202</v>
+      </c>
+      <c r="W89" s="17">
+        <v>820077</v>
+      </c>
+      <c r="X89" s="16">
+        <v>35185.599999999999</v>
+      </c>
+      <c r="Y89" s="17">
+        <v>721250</v>
+      </c>
+      <c r="Z89" s="20">
+        <v>30602.2</v>
+      </c>
     </row>
     <row r="90" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B90" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C90" s="15">
-        <v>368801</v>
+        <v>227740</v>
       </c>
       <c r="D90" s="16">
-        <v>15499.285714285699</v>
+        <v>9411.6190476190495</v>
       </c>
       <c r="E90" s="17">
-        <v>373868</v>
+        <v>237470</v>
       </c>
       <c r="F90" s="16">
-        <v>16835.75</v>
+        <v>10509.45</v>
       </c>
       <c r="G90" s="17">
-        <v>400024</v>
+        <v>260004</v>
       </c>
       <c r="H90" s="16">
-        <v>16780.380952381001</v>
+        <v>10760.4761904762</v>
       </c>
       <c r="I90" s="17">
-        <v>357084</v>
+        <v>223701</v>
       </c>
       <c r="J90" s="16">
-        <v>15721.1</v>
+        <v>9705.4500000000007</v>
       </c>
       <c r="K90" s="17">
-        <v>393105</v>
+        <v>263583</v>
       </c>
       <c r="L90" s="16">
-        <v>16343.5238095238</v>
+        <v>10813.666666666701</v>
       </c>
       <c r="M90" s="17">
-        <v>331799</v>
+        <v>228424</v>
       </c>
       <c r="N90" s="16">
-        <v>14953.368421052601</v>
-[...12 lines deleted...]
-      <c r="Z90" s="20"/>
+        <v>10048.2631578947</v>
+      </c>
+      <c r="O90" s="17">
+        <v>212594</v>
+      </c>
+      <c r="P90" s="16">
+        <v>8013.6521739130403</v>
+      </c>
+      <c r="Q90" s="17">
+        <v>146341</v>
+      </c>
+      <c r="R90" s="16">
+        <v>5738.35</v>
+      </c>
+      <c r="S90" s="17">
+        <v>239373</v>
+      </c>
+      <c r="T90" s="16">
+        <v>10191.35</v>
+      </c>
+      <c r="U90" s="17">
+        <v>278526</v>
+      </c>
+      <c r="V90" s="16">
+        <v>10876.956521739099</v>
+      </c>
+      <c r="W90" s="17">
+        <v>248317</v>
+      </c>
+      <c r="X90" s="16">
+        <v>10584.6</v>
+      </c>
+      <c r="Y90" s="17">
+        <v>207502</v>
+      </c>
+      <c r="Z90" s="20">
+        <v>8829.25</v>
+      </c>
     </row>
     <row r="91" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B91" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C91" s="15">
-        <v>762154</v>
+        <v>952229</v>
       </c>
       <c r="D91" s="16">
-        <v>31533.761904761901</v>
+        <v>40198.476190476198</v>
       </c>
       <c r="E91" s="17">
-        <v>784252</v>
+        <v>1000179</v>
       </c>
       <c r="F91" s="16">
-        <v>34742.199999999997</v>
+        <v>45239.05</v>
       </c>
       <c r="G91" s="17">
-        <v>834488</v>
+        <v>1081805</v>
       </c>
       <c r="H91" s="16">
-        <v>34341.714285714297</v>
+        <v>45801.047619047597</v>
       </c>
       <c r="I91" s="17">
-        <v>752558</v>
+        <v>973302</v>
       </c>
       <c r="J91" s="16">
-        <v>32408.1</v>
+        <v>43033.95</v>
       </c>
       <c r="K91" s="17">
-        <v>844514</v>
+        <v>1078596</v>
       </c>
       <c r="L91" s="16">
-        <v>34572.857142857101</v>
+        <v>45380.523809523802</v>
       </c>
       <c r="M91" s="17">
-        <v>691660</v>
+        <v>923883</v>
       </c>
       <c r="N91" s="16">
-        <v>30538.526315789499</v>
-[...12 lines deleted...]
-      <c r="Z91" s="20"/>
+        <v>42254.526315789502</v>
+      </c>
+      <c r="O91" s="17">
+        <v>918042</v>
+      </c>
+      <c r="P91" s="16">
+        <v>36291.652173912997</v>
+      </c>
+      <c r="Q91" s="17">
+        <v>571722</v>
+      </c>
+      <c r="R91" s="16">
+        <v>23622.35</v>
+      </c>
+      <c r="S91" s="17">
+        <v>980750</v>
+      </c>
+      <c r="T91" s="16">
+        <v>43065.1</v>
+      </c>
+      <c r="U91" s="17">
+        <v>1210323</v>
+      </c>
+      <c r="V91" s="16">
+        <v>47979.434782608703</v>
+      </c>
+      <c r="W91" s="17">
+        <v>1082295</v>
+      </c>
+      <c r="X91" s="16">
+        <v>47712.85</v>
+      </c>
+      <c r="Y91" s="17">
+        <v>934279</v>
+      </c>
+      <c r="Z91" s="20">
+        <v>40824.550000000003</v>
+      </c>
     </row>
     <row r="92" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B92" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C92" s="15">
-        <v>227740</v>
+        <v>278261</v>
       </c>
       <c r="D92" s="16">
-        <v>9411.6190476190495</v>
+        <v>11716.333333333299</v>
       </c>
       <c r="E92" s="17">
-        <v>237470</v>
+        <v>293849</v>
       </c>
       <c r="F92" s="16">
-        <v>10509.45</v>
+        <v>13142.3</v>
       </c>
       <c r="G92" s="17">
-        <v>260004</v>
+        <v>315080</v>
       </c>
       <c r="H92" s="16">
-        <v>10760.4761904762</v>
+        <v>13105.809523809499</v>
       </c>
       <c r="I92" s="17">
-        <v>223701</v>
+        <v>276409</v>
       </c>
       <c r="J92" s="16">
-        <v>9705.4500000000007</v>
+        <v>12046.4</v>
       </c>
       <c r="K92" s="17">
-        <v>263583</v>
+        <v>309483</v>
       </c>
       <c r="L92" s="16">
-        <v>10813.666666666701</v>
+        <v>12735.857142857099</v>
       </c>
       <c r="M92" s="17">
-        <v>228424</v>
+        <v>270824</v>
       </c>
       <c r="N92" s="16">
-        <v>10048.2631578947</v>
-[...12 lines deleted...]
-      <c r="Z92" s="20"/>
+        <v>12008.052631578899</v>
+      </c>
+      <c r="O92" s="17">
+        <v>259505</v>
+      </c>
+      <c r="P92" s="16">
+        <v>10007.9130434783</v>
+      </c>
+      <c r="Q92" s="17">
+        <v>145825</v>
+      </c>
+      <c r="R92" s="16">
+        <v>5678.9</v>
+      </c>
+      <c r="S92" s="17">
+        <v>279951</v>
+      </c>
+      <c r="T92" s="16">
+        <v>12002.3</v>
+      </c>
+      <c r="U92" s="17">
+        <v>344174</v>
+      </c>
+      <c r="V92" s="16">
+        <v>13419.695652173899</v>
+      </c>
+      <c r="W92" s="17">
+        <v>312704</v>
+      </c>
+      <c r="X92" s="16">
+        <v>13509.45</v>
+      </c>
+      <c r="Y92" s="17">
+        <v>269184</v>
+      </c>
+      <c r="Z92" s="20">
+        <v>11551.95</v>
+      </c>
     </row>
     <row r="93" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B93" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C93" s="15">
-        <v>952229</v>
+        <v>693880</v>
       </c>
       <c r="D93" s="16">
-        <v>40198.476190476198</v>
+        <v>27706</v>
       </c>
       <c r="E93" s="17">
-        <v>1000179</v>
+        <v>687412</v>
       </c>
       <c r="F93" s="16">
-        <v>45239.05</v>
+        <v>29394.400000000001</v>
       </c>
       <c r="G93" s="17">
-        <v>1081805</v>
+        <v>730844</v>
       </c>
       <c r="H93" s="16">
-        <v>45801.047619047597</v>
+        <v>28764.857142857101</v>
       </c>
       <c r="I93" s="17">
-        <v>973302</v>
+        <v>646020</v>
       </c>
       <c r="J93" s="16">
-        <v>43033.95</v>
+        <v>26985.15</v>
       </c>
       <c r="K93" s="17">
-        <v>1078596</v>
+        <v>704837</v>
       </c>
       <c r="L93" s="16">
-        <v>45380.523809523802</v>
+        <v>27809.666666666701</v>
       </c>
       <c r="M93" s="17">
-        <v>923883</v>
+        <v>634542</v>
       </c>
       <c r="N93" s="16">
-        <v>42254.526315789502</v>
-[...12 lines deleted...]
-      <c r="Z93" s="20"/>
+        <v>27340.421052631598</v>
+      </c>
+      <c r="O93" s="17">
+        <v>655502</v>
+      </c>
+      <c r="P93" s="16">
+        <v>24788.826086956498</v>
+      </c>
+      <c r="Q93" s="17">
+        <v>466724</v>
+      </c>
+      <c r="R93" s="16">
+        <v>18069.55</v>
+      </c>
+      <c r="S93" s="17">
+        <v>644472</v>
+      </c>
+      <c r="T93" s="16">
+        <v>26759.85</v>
+      </c>
+      <c r="U93" s="17">
+        <v>757607</v>
+      </c>
+      <c r="V93" s="16">
+        <v>28866.173913043502</v>
+      </c>
+      <c r="W93" s="17">
+        <v>678711</v>
+      </c>
+      <c r="X93" s="16">
+        <v>27994.3</v>
+      </c>
+      <c r="Y93" s="17">
+        <v>638688</v>
+      </c>
+      <c r="Z93" s="20">
+        <v>25913.3</v>
+      </c>
     </row>
     <row r="94" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B94" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C94" s="15">
-        <v>278261</v>
+        <v>258738</v>
       </c>
       <c r="D94" s="16">
-        <v>11716.333333333299</v>
+        <v>10816.761904761899</v>
       </c>
       <c r="E94" s="17">
-        <v>293849</v>
+        <v>269902</v>
       </c>
       <c r="F94" s="16">
-        <v>13142.3</v>
+        <v>12027.2</v>
       </c>
       <c r="G94" s="17">
-        <v>315080</v>
+        <v>281145</v>
       </c>
       <c r="H94" s="16">
-        <v>13105.809523809499</v>
+        <v>11783.5238095238</v>
       </c>
       <c r="I94" s="17">
-        <v>276409</v>
+        <v>245072</v>
       </c>
       <c r="J94" s="16">
-        <v>12046.4</v>
+        <v>10822.75</v>
       </c>
       <c r="K94" s="17">
-        <v>309483</v>
+        <v>280100</v>
       </c>
       <c r="L94" s="16">
-        <v>12735.857142857099</v>
+        <v>11594.809523809499</v>
       </c>
       <c r="M94" s="17">
-        <v>270824</v>
+        <v>240452</v>
       </c>
       <c r="N94" s="16">
-        <v>12008.052631578899</v>
-[...12 lines deleted...]
-      <c r="Z94" s="20"/>
+        <v>10614.789473684201</v>
+      </c>
+      <c r="O94" s="17">
+        <v>237243</v>
+      </c>
+      <c r="P94" s="16">
+        <v>9127.4782608695696</v>
+      </c>
+      <c r="Q94" s="17">
+        <v>132661</v>
+      </c>
+      <c r="R94" s="16">
+        <v>5237.8</v>
+      </c>
+      <c r="S94" s="17">
+        <v>265523</v>
+      </c>
+      <c r="T94" s="16">
+        <v>11530.9</v>
+      </c>
+      <c r="U94" s="17">
+        <v>323148</v>
+      </c>
+      <c r="V94" s="16">
+        <v>12724.347826087</v>
+      </c>
+      <c r="W94" s="17">
+        <v>298080</v>
+      </c>
+      <c r="X94" s="16">
+        <v>13040.25</v>
+      </c>
+      <c r="Y94" s="17">
+        <v>252887</v>
+      </c>
+      <c r="Z94" s="20">
+        <v>10826.95</v>
+      </c>
     </row>
     <row r="95" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B95" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C95" s="15">
-        <v>693880</v>
+        <v>444578</v>
       </c>
       <c r="D95" s="16">
-        <v>27706</v>
+        <v>17572.619047618999</v>
       </c>
       <c r="E95" s="17">
-        <v>687412</v>
+        <v>453648</v>
       </c>
       <c r="F95" s="16">
-        <v>29394.400000000001</v>
+        <v>19115.7</v>
       </c>
       <c r="G95" s="17">
-        <v>730844</v>
+        <v>495838</v>
       </c>
       <c r="H95" s="16">
-        <v>28764.857142857101</v>
+        <v>19353.476190476202</v>
       </c>
       <c r="I95" s="17">
-        <v>646020</v>
+        <v>494726</v>
       </c>
       <c r="J95" s="16">
-        <v>26985.15</v>
+        <v>19884.8</v>
       </c>
       <c r="K95" s="17">
-        <v>704837</v>
+        <v>517202</v>
       </c>
       <c r="L95" s="16">
-        <v>27809.666666666701</v>
+        <v>20250.238095238099</v>
       </c>
       <c r="M95" s="17">
-        <v>634542</v>
+        <v>457480</v>
       </c>
       <c r="N95" s="16">
-        <v>27340.421052631598</v>
-[...12 lines deleted...]
-      <c r="Z95" s="20"/>
+        <v>19174.368421052601</v>
+      </c>
+      <c r="O95" s="17">
+        <v>456392</v>
+      </c>
+      <c r="P95" s="16">
+        <v>16799.304347826099</v>
+      </c>
+      <c r="Q95" s="17">
+        <v>349050</v>
+      </c>
+      <c r="R95" s="16">
+        <v>13297.1</v>
+      </c>
+      <c r="S95" s="17">
+        <v>453121</v>
+      </c>
+      <c r="T95" s="16">
+        <v>18472.900000000001</v>
+      </c>
+      <c r="U95" s="17">
+        <v>519609</v>
+      </c>
+      <c r="V95" s="16">
+        <v>19490.391304347799</v>
+      </c>
+      <c r="W95" s="17">
+        <v>476126</v>
+      </c>
+      <c r="X95" s="16">
+        <v>19392.95</v>
+      </c>
+      <c r="Y95" s="17">
+        <v>437581</v>
+      </c>
+      <c r="Z95" s="20">
+        <v>17517.45</v>
+      </c>
     </row>
     <row r="96" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B96" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C96" s="15">
-        <v>258738</v>
+        <v>316358</v>
       </c>
       <c r="D96" s="16">
-        <v>10816.761904761899</v>
+        <v>13027.238095238101</v>
       </c>
       <c r="E96" s="17">
-        <v>269902</v>
+        <v>314577</v>
       </c>
       <c r="F96" s="16">
-        <v>12027.2</v>
+        <v>13812.3</v>
       </c>
       <c r="G96" s="17">
-        <v>281145</v>
+        <v>330618</v>
       </c>
       <c r="H96" s="16">
-        <v>11783.5238095238</v>
+        <v>13461.666666666701</v>
       </c>
       <c r="I96" s="17">
-        <v>245072</v>
+        <v>302782</v>
       </c>
       <c r="J96" s="16">
-        <v>10822.75</v>
+        <v>12937.7</v>
       </c>
       <c r="K96" s="17">
-        <v>280100</v>
+        <v>339802</v>
       </c>
       <c r="L96" s="16">
-        <v>11594.809523809499</v>
+        <v>13796.9523809524</v>
       </c>
       <c r="M96" s="17">
-        <v>240452</v>
+        <v>299275</v>
       </c>
       <c r="N96" s="16">
-        <v>10614.789473684201</v>
-[...12 lines deleted...]
-      <c r="Z96" s="20"/>
+        <v>13208.3157894737</v>
+      </c>
+      <c r="O96" s="17">
+        <v>297917</v>
+      </c>
+      <c r="P96" s="16">
+        <v>11445.652173913</v>
+      </c>
+      <c r="Q96" s="17">
+        <v>183507</v>
+      </c>
+      <c r="R96" s="16">
+        <v>7275.35</v>
+      </c>
+      <c r="S96" s="17">
+        <v>301207</v>
+      </c>
+      <c r="T96" s="16">
+        <v>12746.8</v>
+      </c>
+      <c r="U96" s="17">
+        <v>357636</v>
+      </c>
+      <c r="V96" s="16">
+        <v>13812.7391304348</v>
+      </c>
+      <c r="W96" s="17">
+        <v>322591</v>
+      </c>
+      <c r="X96" s="16">
+        <v>13726.85</v>
+      </c>
+      <c r="Y96" s="17">
+        <v>288198</v>
+      </c>
+      <c r="Z96" s="20">
+        <v>12120.1</v>
+      </c>
     </row>
     <row r="97" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B97" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C97" s="15">
-        <v>444578</v>
+        <v>553536</v>
       </c>
       <c r="D97" s="16">
-        <v>17572.619047618999</v>
+        <v>21200.9047619048</v>
       </c>
       <c r="E97" s="17">
-        <v>453648</v>
+        <v>555553</v>
       </c>
       <c r="F97" s="16">
-        <v>19115.7</v>
+        <v>22715.05</v>
       </c>
       <c r="G97" s="17">
-        <v>495838</v>
+        <v>594039</v>
       </c>
       <c r="H97" s="16">
-        <v>19353.476190476202</v>
+        <v>22546.619047618999</v>
       </c>
       <c r="I97" s="17">
-        <v>494726</v>
+        <v>562927</v>
       </c>
       <c r="J97" s="16">
-        <v>19884.8</v>
+        <v>22414</v>
       </c>
       <c r="K97" s="17">
-        <v>517202</v>
+        <v>626242</v>
       </c>
       <c r="L97" s="16">
-        <v>20250.238095238099</v>
+        <v>23523.666666666701</v>
       </c>
       <c r="M97" s="17">
-        <v>457480</v>
+        <v>562509</v>
       </c>
       <c r="N97" s="16">
-        <v>19174.368421052601</v>
-[...12 lines deleted...]
-      <c r="Z97" s="20"/>
+        <v>22982.631578947399</v>
+      </c>
+      <c r="O97" s="17">
+        <v>566398</v>
+      </c>
+      <c r="P97" s="16">
+        <v>20634.4347826087</v>
+      </c>
+      <c r="Q97" s="17">
+        <v>439430</v>
+      </c>
+      <c r="R97" s="16">
+        <v>16227</v>
+      </c>
+      <c r="S97" s="17">
+        <v>559996</v>
+      </c>
+      <c r="T97" s="16">
+        <v>22248.6</v>
+      </c>
+      <c r="U97" s="17">
+        <v>632788</v>
+      </c>
+      <c r="V97" s="16">
+        <v>23340.347826087</v>
+      </c>
+      <c r="W97" s="17">
+        <v>602392</v>
+      </c>
+      <c r="X97" s="16">
+        <v>23935.7</v>
+      </c>
+      <c r="Y97" s="17">
+        <v>557199</v>
+      </c>
+      <c r="Z97" s="20">
+        <v>21652.1</v>
+      </c>
     </row>
     <row r="98" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B98" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C98" s="15">
-        <v>316358</v>
+        <v>333699</v>
       </c>
       <c r="D98" s="16">
-        <v>13027.238095238101</v>
+        <v>13731.333333333299</v>
       </c>
       <c r="E98" s="17">
-        <v>314577</v>
+        <v>356719</v>
       </c>
       <c r="F98" s="16">
-        <v>13812.3</v>
+        <v>15634</v>
       </c>
       <c r="G98" s="17">
-        <v>330618</v>
+        <v>378355</v>
       </c>
       <c r="H98" s="16">
-        <v>13461.666666666701</v>
+        <v>15486.9523809524</v>
       </c>
       <c r="I98" s="17">
-        <v>302782</v>
+        <v>344579</v>
       </c>
       <c r="J98" s="16">
-        <v>12937.7</v>
+        <v>14725.7</v>
       </c>
       <c r="K98" s="17">
-        <v>339802</v>
+        <v>388475</v>
       </c>
       <c r="L98" s="16">
-        <v>13796.9523809524</v>
+        <v>15913.0952380952</v>
       </c>
       <c r="M98" s="17">
-        <v>299275</v>
+        <v>343255</v>
       </c>
       <c r="N98" s="16">
-        <v>13208.3157894737</v>
-[...12 lines deleted...]
-      <c r="Z98" s="20"/>
+        <v>15141.473684210499</v>
+      </c>
+      <c r="O98" s="17">
+        <v>359948</v>
+      </c>
+      <c r="P98" s="16">
+        <v>13922.130434782601</v>
+      </c>
+      <c r="Q98" s="17">
+        <v>209395</v>
+      </c>
+      <c r="R98" s="16">
+        <v>8158.6</v>
+      </c>
+      <c r="S98" s="17">
+        <v>346475</v>
+      </c>
+      <c r="T98" s="16">
+        <v>14737.8</v>
+      </c>
+      <c r="U98" s="17">
+        <v>411127</v>
+      </c>
+      <c r="V98" s="16">
+        <v>15975.4347826087</v>
+      </c>
+      <c r="W98" s="17">
+        <v>366896</v>
+      </c>
+      <c r="X98" s="16">
+        <v>15639.45</v>
+      </c>
+      <c r="Y98" s="17">
+        <v>321327</v>
+      </c>
+      <c r="Z98" s="20">
+        <v>13482.8</v>
+      </c>
     </row>
     <row r="99" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B99" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C99" s="15">
-        <v>553536</v>
+        <v>151496</v>
       </c>
       <c r="D99" s="16">
-        <v>21200.9047619048</v>
+        <v>5716.8095238095202</v>
       </c>
       <c r="E99" s="17">
-        <v>555553</v>
+        <v>164569</v>
       </c>
       <c r="F99" s="16">
-        <v>22715.05</v>
+        <v>6755.9</v>
       </c>
       <c r="G99" s="17">
-        <v>594039</v>
+        <v>178010</v>
       </c>
       <c r="H99" s="16">
-        <v>22546.619047618999</v>
+        <v>6674</v>
       </c>
       <c r="I99" s="17">
-        <v>562927</v>
+        <v>178716</v>
       </c>
       <c r="J99" s="16">
-        <v>22414</v>
+        <v>6846.3</v>
       </c>
       <c r="K99" s="17">
-        <v>626242</v>
+        <v>187627</v>
       </c>
       <c r="L99" s="16">
-        <v>23523.666666666701</v>
+        <v>6880.9047619047597</v>
       </c>
       <c r="M99" s="17">
-        <v>562509</v>
+        <v>172858</v>
       </c>
       <c r="N99" s="16">
-        <v>22982.631578947399</v>
-[...12 lines deleted...]
-      <c r="Z99" s="20"/>
+        <v>6829.4736842105303</v>
+      </c>
+      <c r="O99" s="17">
+        <v>162150</v>
+      </c>
+      <c r="P99" s="16">
+        <v>5707.8260869565202</v>
+      </c>
+      <c r="Q99" s="17">
+        <v>137171</v>
+      </c>
+      <c r="R99" s="16">
+        <v>4936.2</v>
+      </c>
+      <c r="S99" s="17">
+        <v>164221</v>
+      </c>
+      <c r="T99" s="16">
+        <v>6331.55</v>
+      </c>
+      <c r="U99" s="17">
+        <v>186139</v>
+      </c>
+      <c r="V99" s="16">
+        <v>6720.1304347826099</v>
+      </c>
+      <c r="W99" s="17">
+        <v>162540</v>
+      </c>
+      <c r="X99" s="16">
+        <v>6379.05</v>
+      </c>
+      <c r="Y99" s="17">
+        <v>149607</v>
+      </c>
+      <c r="Z99" s="20">
+        <v>5577</v>
+      </c>
     </row>
     <row r="100" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B100" s="1" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C100" s="15">
-        <v>333699</v>
+        <v>335344</v>
       </c>
       <c r="D100" s="16">
-        <v>13731.333333333299</v>
+        <v>12776.0476190476</v>
       </c>
       <c r="E100" s="17">
-        <v>356719</v>
+        <v>346252</v>
       </c>
       <c r="F100" s="16">
-        <v>15634</v>
+        <v>14249.4</v>
       </c>
       <c r="G100" s="17">
-        <v>378355</v>
+        <v>349093</v>
       </c>
       <c r="H100" s="16">
-        <v>15486.9523809524</v>
+        <v>12938.619047619</v>
       </c>
       <c r="I100" s="17">
-        <v>344579</v>
+        <v>348357</v>
       </c>
       <c r="J100" s="16">
-        <v>14725.7</v>
+        <v>13498.9</v>
       </c>
       <c r="K100" s="17">
-        <v>388475</v>
+        <v>392191</v>
       </c>
       <c r="L100" s="16">
-        <v>15913.0952380952</v>
+        <v>14539.809523809499</v>
       </c>
       <c r="M100" s="17">
-        <v>343255</v>
+        <v>378243</v>
       </c>
       <c r="N100" s="16">
-        <v>15141.473684210499</v>
-[...12 lines deleted...]
-      <c r="Z100" s="20"/>
+        <v>15055.3157894737</v>
+      </c>
+      <c r="O100" s="17">
+        <v>366219</v>
+      </c>
+      <c r="P100" s="16">
+        <v>12968.956521739099</v>
+      </c>
+      <c r="Q100" s="17">
+        <v>291137</v>
+      </c>
+      <c r="R100" s="16">
+        <v>9991.25</v>
+      </c>
+      <c r="S100" s="17">
+        <v>350996</v>
+      </c>
+      <c r="T100" s="16">
+        <v>13681.25</v>
+      </c>
+      <c r="U100" s="17">
+        <v>337252</v>
+      </c>
+      <c r="V100" s="16">
+        <v>12333.217391304301</v>
+      </c>
+      <c r="W100" s="17">
+        <v>294940</v>
+      </c>
+      <c r="X100" s="16">
+        <v>11587.4</v>
+      </c>
+      <c r="Y100" s="17">
+        <v>276958</v>
+      </c>
+      <c r="Z100" s="20">
+        <v>10507.9</v>
+      </c>
     </row>
     <row r="101" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B101" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C101" s="15">
-        <v>151496</v>
+        <v>481984</v>
       </c>
       <c r="D101" s="16">
-        <v>5716.8095238095202</v>
+        <v>17921.0476190476</v>
       </c>
       <c r="E101" s="17">
-        <v>164569</v>
+        <v>487155</v>
       </c>
       <c r="F101" s="16">
-        <v>6755.9</v>
+        <v>19693.75</v>
       </c>
       <c r="G101" s="17">
-        <v>178010</v>
+        <v>502444</v>
       </c>
       <c r="H101" s="16">
-        <v>6674</v>
+        <v>18432.761904761901</v>
       </c>
       <c r="I101" s="17">
-        <v>178716</v>
+        <v>512263</v>
       </c>
       <c r="J101" s="16">
-        <v>6846.3</v>
+        <v>19051.650000000001</v>
       </c>
       <c r="K101" s="17">
-        <v>187627</v>
+        <v>555661</v>
       </c>
       <c r="L101" s="16">
-        <v>6880.9047619047597</v>
+        <v>19765.714285714301</v>
       </c>
       <c r="M101" s="17">
-        <v>172858</v>
+        <v>531549</v>
       </c>
       <c r="N101" s="16">
-        <v>6829.4736842105303</v>
-[...12 lines deleted...]
-      <c r="Z101" s="20"/>
+        <v>19808.7368421053</v>
+      </c>
+      <c r="O101" s="17">
+        <v>532611</v>
+      </c>
+      <c r="P101" s="16">
+        <v>18488.173913043502</v>
+      </c>
+      <c r="Q101" s="17">
+        <v>436259</v>
+      </c>
+      <c r="R101" s="16">
+        <v>14539.8</v>
+      </c>
+      <c r="S101" s="17">
+        <v>495138</v>
+      </c>
+      <c r="T101" s="16">
+        <v>18386.25</v>
+      </c>
+      <c r="U101" s="17">
+        <v>541335</v>
+      </c>
+      <c r="V101" s="16">
+        <v>19413.4347826087</v>
+      </c>
+      <c r="W101" s="17">
+        <v>506945</v>
+      </c>
+      <c r="X101" s="16">
+        <v>19298.849999999999</v>
+      </c>
+      <c r="Y101" s="17">
+        <v>474743</v>
+      </c>
+      <c r="Z101" s="20">
+        <v>17352.349999999999</v>
+      </c>
     </row>
     <row r="102" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B102" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C102" s="15">
-        <v>335344</v>
+        <v>203976</v>
       </c>
       <c r="D102" s="16">
-        <v>12776.0476190476</v>
+        <v>7997.5714285714303</v>
       </c>
       <c r="E102" s="17">
-        <v>346252</v>
+        <v>212418</v>
       </c>
       <c r="F102" s="16">
-        <v>14249.4</v>
+        <v>8925.2999999999993</v>
       </c>
       <c r="G102" s="17">
-        <v>349093</v>
+        <v>214689</v>
       </c>
       <c r="H102" s="16">
-        <v>12938.619047619</v>
+        <v>8274.5714285714294</v>
       </c>
       <c r="I102" s="17">
-        <v>348357</v>
+        <v>212429</v>
       </c>
       <c r="J102" s="16">
-        <v>13498.9</v>
+        <v>8573.6</v>
       </c>
       <c r="K102" s="17">
-        <v>392191</v>
+        <v>223091</v>
       </c>
       <c r="L102" s="16">
-        <v>14539.809523809499</v>
+        <v>8681.6190476190495</v>
       </c>
       <c r="M102" s="17">
-        <v>378243</v>
+        <v>203485</v>
       </c>
       <c r="N102" s="16">
-        <v>15055.3157894737</v>
-[...12 lines deleted...]
-      <c r="Z102" s="20"/>
+        <v>8598.0526315789502</v>
+      </c>
+      <c r="O102" s="17">
+        <v>215207</v>
+      </c>
+      <c r="P102" s="16">
+        <v>7942.5652173913004</v>
+      </c>
+      <c r="Q102" s="17">
+        <v>174820</v>
+      </c>
+      <c r="R102" s="16">
+        <v>6481.2</v>
+      </c>
+      <c r="S102" s="17">
+        <v>211121</v>
+      </c>
+      <c r="T102" s="16">
+        <v>8566.75</v>
+      </c>
+      <c r="U102" s="17">
+        <v>255192</v>
+      </c>
+      <c r="V102" s="16">
+        <v>9616.95652173913</v>
+      </c>
+      <c r="W102" s="17">
+        <v>232527</v>
+      </c>
+      <c r="X102" s="16">
+        <v>9567.9</v>
+      </c>
+      <c r="Y102" s="17">
+        <v>208507</v>
+      </c>
+      <c r="Z102" s="20">
+        <v>8341.65</v>
+      </c>
     </row>
     <row r="103" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B103" s="1" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
       <c r="C103" s="15">
-        <v>481984</v>
+        <v>472722</v>
       </c>
       <c r="D103" s="16">
-        <v>17921.0476190476</v>
+        <v>17207.809523809501</v>
       </c>
       <c r="E103" s="17">
-        <v>487155</v>
+        <v>476450</v>
       </c>
       <c r="F103" s="16">
-        <v>19693.75</v>
+        <v>19236.900000000001</v>
       </c>
       <c r="G103" s="17">
-        <v>502444</v>
+        <v>525239</v>
       </c>
       <c r="H103" s="16">
-        <v>18432.761904761901</v>
+        <v>19351.809523809501</v>
       </c>
       <c r="I103" s="17">
-        <v>512263</v>
+        <v>548011</v>
       </c>
       <c r="J103" s="16">
-        <v>19051.650000000001</v>
+        <v>20308.150000000001</v>
       </c>
       <c r="K103" s="17">
-        <v>555661</v>
+        <v>605551</v>
       </c>
       <c r="L103" s="16">
-        <v>19765.714285714301</v>
+        <v>21248.857142857101</v>
       </c>
       <c r="M103" s="17">
-        <v>531549</v>
+        <v>617001</v>
       </c>
       <c r="N103" s="16">
-        <v>19808.7368421053</v>
-[...12 lines deleted...]
-      <c r="Z103" s="20"/>
+        <v>22554.578947368402</v>
+      </c>
+      <c r="O103" s="17">
+        <v>677185</v>
+      </c>
+      <c r="P103" s="16">
+        <v>23588.869565217399</v>
+      </c>
+      <c r="Q103" s="17">
+        <v>607140</v>
+      </c>
+      <c r="R103" s="16">
+        <v>20826.3</v>
+      </c>
+      <c r="S103" s="17">
+        <v>606380</v>
+      </c>
+      <c r="T103" s="16">
+        <v>22168.85</v>
+      </c>
+      <c r="U103" s="17">
+        <v>640195</v>
+      </c>
+      <c r="V103" s="16">
+        <v>22884</v>
+      </c>
+      <c r="W103" s="17">
+        <v>581298</v>
+      </c>
+      <c r="X103" s="16">
+        <v>22201.65</v>
+      </c>
+      <c r="Y103" s="17">
+        <v>531430</v>
+      </c>
+      <c r="Z103" s="20">
+        <v>19820.599999999999</v>
+      </c>
     </row>
     <row r="104" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B104" s="1" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="C104" s="15">
-        <v>203976</v>
+        <v>533617</v>
       </c>
       <c r="D104" s="16">
-        <v>7997.5714285714303</v>
+        <v>20220.857142857101</v>
       </c>
       <c r="E104" s="17">
-        <v>212418</v>
+        <v>528304</v>
       </c>
       <c r="F104" s="16">
-        <v>8925.2999999999993</v>
+        <v>21707.9</v>
       </c>
       <c r="G104" s="17">
-        <v>214689</v>
+        <v>547028</v>
       </c>
       <c r="H104" s="16">
-        <v>8274.5714285714294</v>
+        <v>20684.476190476202</v>
       </c>
       <c r="I104" s="17">
-        <v>212429</v>
+        <v>573860</v>
       </c>
       <c r="J104" s="16">
-        <v>8573.6</v>
+        <v>22120.7</v>
       </c>
       <c r="K104" s="17">
-        <v>223091</v>
+        <v>600215</v>
       </c>
       <c r="L104" s="16">
-        <v>8681.6190476190495</v>
+        <v>22400.9523809524</v>
       </c>
       <c r="M104" s="17">
-        <v>203485</v>
+        <v>590457</v>
       </c>
       <c r="N104" s="16">
-        <v>8598.0526315789502</v>
-[...12 lines deleted...]
-      <c r="Z104" s="20"/>
+        <v>22940.789473684199</v>
+      </c>
+      <c r="O104" s="17">
+        <v>716036</v>
+      </c>
+      <c r="P104" s="16">
+        <v>24736.608695652201</v>
+      </c>
+      <c r="Q104" s="17">
+        <v>656617</v>
+      </c>
+      <c r="R104" s="16">
+        <v>22671.7</v>
+      </c>
+      <c r="S104" s="17">
+        <v>600546</v>
+      </c>
+      <c r="T104" s="16">
+        <v>23231.200000000001</v>
+      </c>
+      <c r="U104" s="17">
+        <v>608047</v>
+      </c>
+      <c r="V104" s="16">
+        <v>22260.217391304301</v>
+      </c>
+      <c r="W104" s="17">
+        <v>558291</v>
+      </c>
+      <c r="X104" s="16">
+        <v>22102.55</v>
+      </c>
+      <c r="Y104" s="17">
+        <v>526876</v>
+      </c>
+      <c r="Z104" s="20">
+        <v>20446.900000000001</v>
+      </c>
     </row>
     <row r="105" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B105" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C105" s="15">
-        <v>472722</v>
+        <v>375582</v>
       </c>
       <c r="D105" s="16">
-        <v>17207.809523809501</v>
+        <v>14930.761904761899</v>
       </c>
       <c r="E105" s="17">
-        <v>476450</v>
+        <v>392209</v>
       </c>
       <c r="F105" s="16">
-        <v>19236.900000000001</v>
+        <v>16822.400000000001</v>
       </c>
       <c r="G105" s="17">
-        <v>525239</v>
+        <v>397772</v>
       </c>
       <c r="H105" s="16">
-        <v>19351.809523809501</v>
+        <v>15716.333333333299</v>
       </c>
       <c r="I105" s="17">
-        <v>548011</v>
+        <v>342767</v>
       </c>
       <c r="J105" s="16">
-        <v>20308.150000000001</v>
+        <v>13899.55</v>
       </c>
       <c r="K105" s="17">
-        <v>605551</v>
+        <v>376051</v>
       </c>
       <c r="L105" s="16">
-        <v>21248.857142857101</v>
+        <v>14444.666666666701</v>
       </c>
       <c r="M105" s="17">
-        <v>617001</v>
+        <v>356170</v>
       </c>
       <c r="N105" s="16">
-        <v>22554.578947368402</v>
-[...12 lines deleted...]
-      <c r="Z105" s="20"/>
+        <v>14425.7368421053</v>
+      </c>
+      <c r="O105" s="17">
+        <v>378684</v>
+      </c>
+      <c r="P105" s="16">
+        <v>13830.217391304301</v>
+      </c>
+      <c r="Q105" s="17">
+        <v>283415</v>
+      </c>
+      <c r="R105" s="16">
+        <v>10492.2</v>
+      </c>
+      <c r="S105" s="17">
+        <v>336171</v>
+      </c>
+      <c r="T105" s="16">
+        <v>13650.05</v>
+      </c>
+      <c r="U105" s="17">
+        <v>384745</v>
+      </c>
+      <c r="V105" s="16">
+        <v>14535.304347826101</v>
+      </c>
+      <c r="W105" s="17">
+        <v>336422</v>
+      </c>
+      <c r="X105" s="16">
+        <v>13880.25</v>
+      </c>
+      <c r="Y105" s="17">
+        <v>291271</v>
+      </c>
+      <c r="Z105" s="20">
+        <v>11875.8</v>
+      </c>
     </row>
     <row r="106" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B106" s="1" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="C106" s="15">
-        <v>533617</v>
+        <v>273502</v>
       </c>
       <c r="D106" s="16">
-        <v>20220.857142857101</v>
+        <v>10826.0952380952</v>
       </c>
       <c r="E106" s="17">
-        <v>528304</v>
+        <v>282164</v>
       </c>
       <c r="F106" s="16">
-        <v>21707.9</v>
+        <v>12043.4</v>
       </c>
       <c r="G106" s="17">
-        <v>547028</v>
+        <v>297784</v>
       </c>
       <c r="H106" s="16">
-        <v>20684.476190476202</v>
+        <v>11699</v>
       </c>
       <c r="I106" s="17">
-        <v>573860</v>
+        <v>291271</v>
       </c>
       <c r="J106" s="16">
-        <v>22120.7</v>
+        <v>11756.45</v>
       </c>
       <c r="K106" s="17">
-        <v>600215</v>
+        <v>334696</v>
       </c>
       <c r="L106" s="16">
-        <v>22400.9523809524</v>
+        <v>12781.0952380952</v>
       </c>
       <c r="M106" s="17">
-        <v>590457</v>
+        <v>342433</v>
       </c>
       <c r="N106" s="16">
-        <v>22940.789473684199</v>
-[...12 lines deleted...]
-      <c r="Z106" s="20"/>
+        <v>13713.789473684201</v>
+      </c>
+      <c r="O106" s="17">
+        <v>338864</v>
+      </c>
+      <c r="P106" s="16">
+        <v>12133.043478260901</v>
+      </c>
+      <c r="Q106" s="17">
+        <v>253598</v>
+      </c>
+      <c r="R106" s="16">
+        <v>8905.2999999999993</v>
+      </c>
+      <c r="S106" s="17">
+        <v>314963</v>
+      </c>
+      <c r="T106" s="16">
+        <v>12667.95</v>
+      </c>
+      <c r="U106" s="17">
+        <v>357970</v>
+      </c>
+      <c r="V106" s="16">
+        <v>13461.347826087</v>
+      </c>
+      <c r="W106" s="17">
+        <v>316693</v>
+      </c>
+      <c r="X106" s="16">
+        <v>12936.95</v>
+      </c>
+      <c r="Y106" s="17">
+        <v>276575</v>
+      </c>
+      <c r="Z106" s="20">
+        <v>11199.4</v>
+      </c>
     </row>
     <row r="107" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B107" s="1" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="C107" s="15">
-        <v>375582</v>
+        <v>232939</v>
       </c>
       <c r="D107" s="16">
-        <v>14930.761904761899</v>
+        <v>9096.7142857142899</v>
       </c>
       <c r="E107" s="17">
-        <v>392209</v>
+        <v>240088</v>
       </c>
       <c r="F107" s="16">
-        <v>16822.400000000001</v>
+        <v>10082.9</v>
       </c>
       <c r="G107" s="17">
-        <v>397772</v>
+        <v>256162</v>
       </c>
       <c r="H107" s="16">
-        <v>15716.333333333299</v>
+        <v>9925.3809523809505</v>
       </c>
       <c r="I107" s="17">
-        <v>342767</v>
+        <v>257980</v>
       </c>
       <c r="J107" s="16">
-        <v>13899.55</v>
+        <v>10256.950000000001</v>
       </c>
       <c r="K107" s="17">
-        <v>376051</v>
+        <v>278360</v>
       </c>
       <c r="L107" s="16">
-        <v>14444.666666666701</v>
+        <v>10573.190476190501</v>
       </c>
       <c r="M107" s="17">
-        <v>356170</v>
+        <v>265580</v>
       </c>
       <c r="N107" s="16">
-        <v>14425.7368421053</v>
-[...12 lines deleted...]
-      <c r="Z107" s="20"/>
+        <v>10616.368421052601</v>
+      </c>
+      <c r="O107" s="17">
+        <v>278582</v>
+      </c>
+      <c r="P107" s="16">
+        <v>10052.5652173913</v>
+      </c>
+      <c r="Q107" s="17">
+        <v>226161</v>
+      </c>
+      <c r="R107" s="16">
+        <v>8384.2999999999993</v>
+      </c>
+      <c r="S107" s="17">
+        <v>257229</v>
+      </c>
+      <c r="T107" s="16">
+        <v>10266.049999999999</v>
+      </c>
+      <c r="U107" s="17">
+        <v>287370</v>
+      </c>
+      <c r="V107" s="16">
+        <v>10678.782608695699</v>
+      </c>
+      <c r="W107" s="17">
+        <v>262775</v>
+      </c>
+      <c r="X107" s="16">
+        <v>10568.7</v>
+      </c>
+      <c r="Y107" s="17">
+        <v>243350</v>
+      </c>
+      <c r="Z107" s="20">
+        <v>9652.15</v>
+      </c>
     </row>
     <row r="108" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B108" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C108" s="15">
-        <v>273502</v>
+        <v>420845</v>
       </c>
       <c r="D108" s="16">
-        <v>10826.0952380952</v>
+        <v>16720.476190476202</v>
       </c>
       <c r="E108" s="17">
-        <v>282164</v>
+        <v>427264</v>
       </c>
       <c r="F108" s="16">
-        <v>12043.4</v>
+        <v>18200.2</v>
       </c>
       <c r="G108" s="17">
-        <v>297784</v>
+        <v>456560</v>
       </c>
       <c r="H108" s="16">
-        <v>11699</v>
+        <v>17983.380952381001</v>
       </c>
       <c r="I108" s="17">
-        <v>291271</v>
+        <v>445129</v>
       </c>
       <c r="J108" s="16">
-        <v>11756.45</v>
+        <v>17994.099999999999</v>
       </c>
       <c r="K108" s="17">
-        <v>334696</v>
+        <v>489727</v>
       </c>
       <c r="L108" s="16">
-        <v>12781.0952380952</v>
+        <v>18823.285714285699</v>
       </c>
       <c r="M108" s="17">
-        <v>342433</v>
+        <v>474686</v>
       </c>
       <c r="N108" s="16">
-        <v>13713.789473684201</v>
-[...12 lines deleted...]
-      <c r="Z108" s="20"/>
+        <v>19138.473684210501</v>
+      </c>
+      <c r="O108" s="17">
+        <v>501325</v>
+      </c>
+      <c r="P108" s="16">
+        <v>18026.130434782601</v>
+      </c>
+      <c r="Q108" s="17">
+        <v>384796</v>
+      </c>
+      <c r="R108" s="16">
+        <v>13965</v>
+      </c>
+      <c r="S108" s="17">
+        <v>454158</v>
+      </c>
+      <c r="T108" s="16">
+        <v>18294.349999999999</v>
+      </c>
+      <c r="U108" s="17">
+        <v>496846</v>
+      </c>
+      <c r="V108" s="16">
+        <v>18708.5652173913</v>
+      </c>
+      <c r="W108" s="17">
+        <v>440181</v>
+      </c>
+      <c r="X108" s="16">
+        <v>18120.55</v>
+      </c>
+      <c r="Y108" s="17">
+        <v>383673</v>
+      </c>
+      <c r="Z108" s="20">
+        <v>15754.5</v>
+      </c>
     </row>
     <row r="109" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B109" s="1" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="C109" s="15">
-        <v>232939</v>
+        <v>445067</v>
       </c>
       <c r="D109" s="16">
-        <v>9096.7142857142899</v>
+        <v>17296.666666666701</v>
       </c>
       <c r="E109" s="17">
-        <v>240088</v>
+        <v>449005</v>
       </c>
       <c r="F109" s="16">
-        <v>10082.9</v>
+        <v>18708.8</v>
       </c>
       <c r="G109" s="17">
-        <v>256162</v>
+        <v>483595</v>
       </c>
       <c r="H109" s="16">
-        <v>9925.3809523809505</v>
+        <v>18743.0476190476</v>
       </c>
       <c r="I109" s="17">
-        <v>257980</v>
+        <v>481095</v>
       </c>
       <c r="J109" s="16">
-        <v>10256.950000000001</v>
+        <v>18617.05</v>
       </c>
       <c r="K109" s="17">
-        <v>278360</v>
+        <v>507389</v>
       </c>
       <c r="L109" s="16">
-        <v>10573.190476190501</v>
+        <v>18770.9523809524</v>
       </c>
       <c r="M109" s="17">
-        <v>265580</v>
+        <v>504606</v>
       </c>
       <c r="N109" s="16">
-        <v>10616.368421052601</v>
-[...12 lines deleted...]
-      <c r="Z109" s="20"/>
+        <v>19359.8947368421</v>
+      </c>
+      <c r="O109" s="17">
+        <v>569949</v>
+      </c>
+      <c r="P109" s="16">
+        <v>20037.9130434783</v>
+      </c>
+      <c r="Q109" s="17">
+        <v>492084</v>
+      </c>
+      <c r="R109" s="16">
+        <v>17594.8</v>
+      </c>
+      <c r="S109" s="17">
+        <v>496662</v>
+      </c>
+      <c r="T109" s="16">
+        <v>19249.400000000001</v>
+      </c>
+      <c r="U109" s="17">
+        <v>527034</v>
+      </c>
+      <c r="V109" s="16">
+        <v>19567</v>
+      </c>
+      <c r="W109" s="17">
+        <v>469562</v>
+      </c>
+      <c r="X109" s="16">
+        <v>18916.05</v>
+      </c>
+      <c r="Y109" s="17">
+        <v>455993</v>
+      </c>
+      <c r="Z109" s="20">
+        <v>17732.55</v>
+      </c>
     </row>
     <row r="110" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B110" s="1" t="s">
         <v>108</v>
       </c>
       <c r="C110" s="15">
-        <v>420845</v>
+        <v>152030</v>
       </c>
       <c r="D110" s="16">
-        <v>16720.476190476202</v>
+        <v>6040.0476190476202</v>
       </c>
       <c r="E110" s="17">
-        <v>427264</v>
+        <v>157555</v>
       </c>
       <c r="F110" s="16">
-        <v>18200.2</v>
+        <v>6685.1</v>
       </c>
       <c r="G110" s="17">
-        <v>456560</v>
+        <v>173640</v>
       </c>
       <c r="H110" s="16">
-        <v>17983.380952381001</v>
+        <v>6834.5238095238101</v>
       </c>
       <c r="I110" s="17">
-        <v>445129</v>
+        <v>171024</v>
       </c>
       <c r="J110" s="16">
-        <v>17994.099999999999</v>
+        <v>7004.25</v>
       </c>
       <c r="K110" s="17">
-        <v>489727</v>
+        <v>188121</v>
       </c>
       <c r="L110" s="16">
-        <v>18823.285714285699</v>
+        <v>7253.0952380952403</v>
       </c>
       <c r="M110" s="17">
-        <v>474686</v>
+        <v>173900</v>
       </c>
       <c r="N110" s="16">
-        <v>19138.473684210501</v>
-[...12 lines deleted...]
-      <c r="Z110" s="20"/>
+        <v>7184.4736842105303</v>
+      </c>
+      <c r="O110" s="17">
+        <v>164947</v>
+      </c>
+      <c r="P110" s="16">
+        <v>5994.8260869565202</v>
+      </c>
+      <c r="Q110" s="17">
+        <v>126906</v>
+      </c>
+      <c r="R110" s="16">
+        <v>4701.7</v>
+      </c>
+      <c r="S110" s="17">
+        <v>180141</v>
+      </c>
+      <c r="T110" s="16">
+        <v>7361.6</v>
+      </c>
+      <c r="U110" s="17">
+        <v>209033</v>
+      </c>
+      <c r="V110" s="16">
+        <v>7825.0869565217399</v>
+      </c>
+      <c r="W110" s="17">
+        <v>187631</v>
+      </c>
+      <c r="X110" s="16">
+        <v>7637.55</v>
+      </c>
+      <c r="Y110" s="17">
+        <v>169405</v>
+      </c>
+      <c r="Z110" s="20">
+        <v>6823.95</v>
+      </c>
     </row>
     <row r="111" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B111" s="1" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="C111" s="15">
-        <v>445067</v>
+        <v>114327</v>
       </c>
       <c r="D111" s="16">
-        <v>17296.666666666701</v>
+        <v>4218.9523809523798</v>
       </c>
       <c r="E111" s="17">
-        <v>449005</v>
+        <v>111634</v>
       </c>
       <c r="F111" s="16">
-        <v>18708.8</v>
+        <v>4495.3500000000004</v>
       </c>
       <c r="G111" s="17">
-        <v>483595</v>
+        <v>121303</v>
       </c>
       <c r="H111" s="16">
-        <v>18743.0476190476</v>
+        <v>4455.6190476190504</v>
       </c>
       <c r="I111" s="17">
-        <v>481095</v>
+        <v>121782</v>
       </c>
       <c r="J111" s="16">
-        <v>18617.05</v>
+        <v>4678.6000000000004</v>
       </c>
       <c r="K111" s="17">
-        <v>507389</v>
+        <v>132189</v>
       </c>
       <c r="L111" s="16">
-        <v>18770.9523809524</v>
+        <v>4732.5714285714303</v>
       </c>
       <c r="M111" s="17">
-        <v>504606</v>
+        <v>124739</v>
       </c>
       <c r="N111" s="16">
-        <v>19359.8947368421</v>
-[...12 lines deleted...]
-      <c r="Z111" s="20"/>
+        <v>4856.8947368421004</v>
+      </c>
+      <c r="O111" s="17">
+        <v>121947</v>
+      </c>
+      <c r="P111" s="16">
+        <v>4241.0869565217399</v>
+      </c>
+      <c r="Q111" s="17">
+        <v>108298</v>
+      </c>
+      <c r="R111" s="16">
+        <v>3904.2</v>
+      </c>
+      <c r="S111" s="17">
+        <v>121725</v>
+      </c>
+      <c r="T111" s="16">
+        <v>4675.2</v>
+      </c>
+      <c r="U111" s="17">
+        <v>139376</v>
+      </c>
+      <c r="V111" s="16">
+        <v>4958.8695652173901</v>
+      </c>
+      <c r="W111" s="17">
+        <v>128875</v>
+      </c>
+      <c r="X111" s="16">
+        <v>4884.7</v>
+      </c>
+      <c r="Y111" s="17">
+        <v>121735</v>
+      </c>
+      <c r="Z111" s="20">
+        <v>4559.45</v>
+      </c>
     </row>
     <row r="112" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B112" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C112" s="15">
-        <v>152030</v>
+        <v>575255</v>
       </c>
       <c r="D112" s="16">
-        <v>6040.0476190476202</v>
+        <v>22282.9523809524</v>
       </c>
       <c r="E112" s="17">
-        <v>157555</v>
+        <v>571678</v>
       </c>
       <c r="F112" s="16">
-        <v>6685.1</v>
+        <v>23818.35</v>
       </c>
       <c r="G112" s="17">
-        <v>173640</v>
+        <v>613929</v>
       </c>
       <c r="H112" s="16">
-        <v>6834.5238095238101</v>
+        <v>23503.761904761901</v>
       </c>
       <c r="I112" s="17">
-        <v>171024</v>
+        <v>554704</v>
       </c>
       <c r="J112" s="16">
-        <v>7004.25</v>
+        <v>22473.25</v>
       </c>
       <c r="K112" s="17">
-        <v>188121</v>
+        <v>612525</v>
       </c>
       <c r="L112" s="16">
-        <v>7253.0952380952403</v>
+        <v>23442.714285714301</v>
       </c>
       <c r="M112" s="17">
-        <v>173900</v>
+        <v>549651</v>
       </c>
       <c r="N112" s="16">
-        <v>7184.4736842105303</v>
-[...12 lines deleted...]
-      <c r="Z112" s="20"/>
+        <v>22458.473684210501</v>
+      </c>
+      <c r="O112" s="17">
+        <v>567841</v>
+      </c>
+      <c r="P112" s="16">
+        <v>20460.217391304301</v>
+      </c>
+      <c r="Q112" s="17">
+        <v>416554</v>
+      </c>
+      <c r="R112" s="16">
+        <v>15256.2</v>
+      </c>
+      <c r="S112" s="17">
+        <v>543141</v>
+      </c>
+      <c r="T112" s="16">
+        <v>21602.799999999999</v>
+      </c>
+      <c r="U112" s="17">
+        <v>637455</v>
+      </c>
+      <c r="V112" s="16">
+        <v>23505.0869565217</v>
+      </c>
+      <c r="W112" s="17">
+        <v>594290</v>
+      </c>
+      <c r="X112" s="16">
+        <v>23730.3</v>
+      </c>
+      <c r="Y112" s="17">
+        <v>530885</v>
+      </c>
+      <c r="Z112" s="20">
+        <v>20957.849999999999</v>
+      </c>
     </row>
     <row r="113" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B113" s="1" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="C113" s="15">
-        <v>114327</v>
+        <v>97968</v>
       </c>
       <c r="D113" s="16">
-        <v>4218.9523809523798</v>
+        <v>4664.0476190476202</v>
       </c>
       <c r="E113" s="17">
-        <v>111634</v>
+        <v>107545</v>
       </c>
       <c r="F113" s="16">
-        <v>4495.3500000000004</v>
+        <v>5377</v>
       </c>
       <c r="G113" s="17">
-        <v>121303</v>
+        <v>106173</v>
       </c>
       <c r="H113" s="16">
-        <v>4455.6190476190504</v>
+        <v>5055.0476190476202</v>
       </c>
       <c r="I113" s="17">
-        <v>121782</v>
+        <v>97693</v>
       </c>
       <c r="J113" s="16">
-        <v>4678.6000000000004</v>
+        <v>4884.6499999999996</v>
       </c>
       <c r="K113" s="17">
-        <v>132189</v>
+        <v>110014</v>
       </c>
       <c r="L113" s="16">
-        <v>4732.5714285714303</v>
+        <v>5238.7619047619</v>
       </c>
       <c r="M113" s="17">
-        <v>124739</v>
+        <v>88151</v>
       </c>
       <c r="N113" s="16">
-        <v>4856.8947368421004</v>
-[...12 lines deleted...]
-      <c r="Z113" s="20"/>
+        <v>4637.8947368421004</v>
+      </c>
+      <c r="O113" s="17">
+        <v>83028</v>
+      </c>
+      <c r="P113" s="16">
+        <v>3609.8695652173901</v>
+      </c>
+      <c r="Q113" s="17">
+        <v>42139</v>
+      </c>
+      <c r="R113" s="16">
+        <v>2106.75</v>
+      </c>
+      <c r="S113" s="17">
+        <v>85636</v>
+      </c>
+      <c r="T113" s="16">
+        <v>4279.45</v>
+      </c>
+      <c r="U113" s="17">
+        <v>117332</v>
+      </c>
+      <c r="V113" s="16">
+        <v>5101.3913043478296</v>
+      </c>
+      <c r="W113" s="17">
+        <v>105306</v>
+      </c>
+      <c r="X113" s="16">
+        <v>5265.3</v>
+      </c>
+      <c r="Y113" s="17">
+        <v>85405</v>
+      </c>
+      <c r="Z113" s="20">
+        <v>4270.2</v>
+      </c>
     </row>
     <row r="114" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B114" s="1" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="C114" s="15">
-        <v>575255</v>
+        <v>85269</v>
       </c>
       <c r="D114" s="16">
-        <v>22282.9523809524</v>
+        <v>3354.3333333333298</v>
       </c>
       <c r="E114" s="17">
-        <v>571678</v>
+        <v>81987</v>
       </c>
       <c r="F114" s="16">
-        <v>23818.35</v>
+        <v>3490.3</v>
       </c>
       <c r="G114" s="17">
-        <v>613929</v>
+        <v>88003</v>
       </c>
       <c r="H114" s="16">
-        <v>23503.761904761901</v>
+        <v>3432.38095238095</v>
       </c>
       <c r="I114" s="17">
-        <v>554704</v>
+        <v>83284</v>
       </c>
       <c r="J114" s="16">
-        <v>22473.25</v>
+        <v>3435.5</v>
       </c>
       <c r="K114" s="17">
-        <v>612525</v>
+        <v>90322</v>
       </c>
       <c r="L114" s="16">
-        <v>23442.714285714301</v>
+        <v>3513.9523809523798</v>
       </c>
       <c r="M114" s="17">
-        <v>549651</v>
+        <v>78876</v>
       </c>
       <c r="N114" s="16">
-        <v>22458.473684210501</v>
-[...12 lines deleted...]
-      <c r="Z114" s="20"/>
+        <v>3268.6315789473701</v>
+      </c>
+      <c r="O114" s="17">
+        <v>78500</v>
+      </c>
+      <c r="P114" s="16">
+        <v>2896.47826086957</v>
+      </c>
+      <c r="Q114" s="17">
+        <v>61425</v>
+      </c>
+      <c r="R114" s="16">
+        <v>2252.35</v>
+      </c>
+      <c r="S114" s="17">
+        <v>83158</v>
+      </c>
+      <c r="T114" s="16">
+        <v>3417.25</v>
+      </c>
+      <c r="U114" s="17">
+        <v>98279</v>
+      </c>
+      <c r="V114" s="16">
+        <v>3668.1739130434798</v>
+      </c>
+      <c r="W114" s="17">
+        <v>97608</v>
+      </c>
+      <c r="X114" s="16">
+        <v>3905.3</v>
+      </c>
+      <c r="Y114" s="17">
+        <v>88919</v>
+      </c>
+      <c r="Z114" s="20">
+        <v>3534.1</v>
+      </c>
     </row>
     <row r="115" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B115" s="1" t="s">
-        <v>122</v>
-[...24 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="C115" s="15"/>
+      <c r="D115" s="16"/>
+      <c r="E115" s="17"/>
+      <c r="F115" s="16"/>
+      <c r="G115" s="17"/>
+      <c r="H115" s="16"/>
+      <c r="I115" s="17"/>
+      <c r="J115" s="16"/>
       <c r="K115" s="17">
-        <v>110014</v>
+        <v>7455</v>
       </c>
       <c r="L115" s="16">
-        <v>5238.7619047619</v>
+        <v>1175.3333333333301</v>
       </c>
       <c r="M115" s="17">
-        <v>88151</v>
+        <v>36258</v>
       </c>
       <c r="N115" s="16">
-        <v>4637.8947368421004</v>
-[...12 lines deleted...]
-      <c r="Z115" s="20"/>
+        <v>1583.7368421052599</v>
+      </c>
+      <c r="O115" s="17">
+        <v>44585</v>
+      </c>
+      <c r="P115" s="16">
+        <v>1713</v>
+      </c>
+      <c r="Q115" s="17">
+        <v>38265</v>
+      </c>
+      <c r="R115" s="16">
+        <v>1541.2</v>
+      </c>
+      <c r="S115" s="17">
+        <v>50078</v>
+      </c>
+      <c r="T115" s="16">
+        <v>2124.5</v>
+      </c>
+      <c r="U115" s="17">
+        <v>65576</v>
+      </c>
+      <c r="V115" s="16">
+        <v>2461.7826086956502</v>
+      </c>
+      <c r="W115" s="17">
+        <v>60776</v>
+      </c>
+      <c r="X115" s="16">
+        <v>2618.85</v>
+      </c>
+      <c r="Y115" s="17">
+        <v>53263</v>
+      </c>
+      <c r="Z115" s="20">
+        <v>2208.6999999999998</v>
+      </c>
     </row>
     <row r="116" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B116" s="1" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="C116" s="15">
-        <v>85269</v>
+        <v>441850</v>
       </c>
       <c r="D116" s="16">
-        <v>3354.3333333333298</v>
+        <v>16713.238095238099</v>
       </c>
       <c r="E116" s="17">
-        <v>81987</v>
+        <v>442720</v>
       </c>
       <c r="F116" s="16">
-        <v>3490.3</v>
+        <v>17903.95</v>
       </c>
       <c r="G116" s="17">
-        <v>88003</v>
+        <v>466053</v>
       </c>
       <c r="H116" s="16">
-        <v>3432.38095238095</v>
+        <v>17472</v>
       </c>
       <c r="I116" s="17">
-        <v>83284</v>
+        <v>439168</v>
       </c>
       <c r="J116" s="16">
-        <v>3435.5</v>
+        <v>17070.95</v>
       </c>
       <c r="K116" s="17">
-        <v>90322</v>
+        <v>490220</v>
       </c>
       <c r="L116" s="16">
-        <v>3513.9523809523798</v>
+        <v>18273.714285714301</v>
       </c>
       <c r="M116" s="17">
-        <v>78876</v>
+        <v>471372</v>
       </c>
       <c r="N116" s="16">
-        <v>3268.6315789473701</v>
-[...88 lines deleted...]
-      <c r="N118" s="16">
         <v>18692.631578947399</v>
       </c>
-      <c r="O118" s="17"/>
-[...16 lines deleted...]
-      <c r="C119" s="19">
+      <c r="O116" s="17">
+        <v>548804</v>
+      </c>
+      <c r="P116" s="16">
+        <v>19549.260869565202</v>
+      </c>
+      <c r="Q116" s="17">
+        <v>490213</v>
+      </c>
+      <c r="R116" s="16">
+        <v>18123.2</v>
+      </c>
+      <c r="S116" s="17">
+        <v>500541</v>
+      </c>
+      <c r="T116" s="16">
+        <v>19363</v>
+      </c>
+      <c r="U116" s="17">
+        <v>519487</v>
+      </c>
+      <c r="V116" s="16">
+        <v>18860.391304347799</v>
+      </c>
+      <c r="W116" s="17">
+        <v>479059</v>
+      </c>
+      <c r="X116" s="16">
+        <v>18508.45</v>
+      </c>
+      <c r="Y116" s="17">
+        <v>448004</v>
+      </c>
+      <c r="Z116" s="20">
+        <v>17022.150000000001</v>
+      </c>
+    </row>
+    <row r="117" spans="2:26" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B117" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C117" s="19">
         <v>17676346</v>
       </c>
-      <c r="D119" s="19">
+      <c r="D117" s="19">
         <v>702436.99999999988</v>
       </c>
-      <c r="E119" s="19">
+      <c r="E117" s="19">
         <v>18080679</v>
       </c>
-      <c r="F119" s="19">
+      <c r="F117" s="19">
         <v>772505.01315789507</v>
       </c>
-      <c r="G119" s="19">
+      <c r="G117" s="19">
         <v>19233495</v>
       </c>
-      <c r="H119" s="19">
+      <c r="H117" s="19">
         <v>760184.78571428556</v>
       </c>
-      <c r="I119" s="19">
+      <c r="I117" s="19">
         <v>18223584</v>
       </c>
-      <c r="J119" s="19">
+      <c r="J117" s="19">
         <v>746986.41666666663</v>
       </c>
-      <c r="K119" s="19">
+      <c r="K117" s="19">
         <v>19945428</v>
       </c>
-      <c r="L119" s="19">
+      <c r="L117" s="19">
         <v>780011.2654761906</v>
       </c>
-      <c r="M119" s="19">
+      <c r="M117" s="19">
         <v>18254902</v>
       </c>
-      <c r="N119" s="19">
+      <c r="N117" s="19">
         <v>762745.17105263146</v>
       </c>
-      <c r="O119" s="19"/>
-[...36 lines deleted...]
-      <c r="Z121" s="21"/>
+      <c r="O117" s="19">
+        <v>18800487</v>
+      </c>
+      <c r="P117" s="19">
+        <v>693595.84782608668</v>
+      </c>
+      <c r="Q117" s="19">
+        <v>13956125</v>
+      </c>
+      <c r="R117" s="19">
+        <v>519159.35</v>
+      </c>
+      <c r="S117" s="19">
+        <v>18368736</v>
+      </c>
+      <c r="T117" s="19">
+        <v>749307.64999999979</v>
+      </c>
+      <c r="U117" s="19">
+        <v>21109885</v>
+      </c>
+      <c r="V117" s="19">
+        <v>797257.71304347785</v>
+      </c>
+      <c r="W117" s="19">
+        <v>19121913</v>
+      </c>
+      <c r="X117" s="19">
+        <v>786492.8</v>
+      </c>
+      <c r="Y117" s="19">
+        <v>17287703</v>
+      </c>
+      <c r="Z117" s="25">
+        <v>698963.18333333323</v>
+      </c>
+    </row>
+    <row r="119" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="C119" s="21"/>
+      <c r="D119" s="21"/>
+      <c r="E119" s="21"/>
+      <c r="F119" s="21"/>
+      <c r="G119" s="21"/>
+      <c r="H119" s="21"/>
+      <c r="I119" s="21"/>
+      <c r="J119" s="21"/>
+      <c r="K119" s="21"/>
+      <c r="L119" s="21"/>
+      <c r="M119" s="21"/>
+      <c r="N119" s="21"/>
+      <c r="O119" s="21"/>
+      <c r="P119" s="21"/>
+      <c r="Q119" s="21"/>
+      <c r="R119" s="21"/>
+      <c r="S119" s="21"/>
+      <c r="T119" s="21"/>
+      <c r="U119" s="21"/>
+      <c r="V119" s="21"/>
+      <c r="W119" s="21"/>
+      <c r="X119" s="21"/>
+      <c r="Y119" s="21"/>
+      <c r="Z119" s="21"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <ignoredErrors>
-    <ignoredError sqref="B7:B87" numberStoredAsText="1"/>
+    <ignoredError sqref="B7:B8 B44:B85 B9:B43" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TMB</Company>