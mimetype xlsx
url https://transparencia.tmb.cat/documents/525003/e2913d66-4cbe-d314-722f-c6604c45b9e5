--- v0 (2025-10-17)
+++ v1 (2026-03-09)
@@ -1,114 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\03. Transparencia\01. Portal de Transparencia\09. Estat Portal Transparència\02. Estructura organitzativa i empleats\4. Sistema Retributiu\2.Dades salarials\TB\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\03. Transparencia\00. Nou Portal Transparència\01. Organització\1.3 Recursos humans\AGT1312. TAULES RETRIBUTIVES DELS EMPLEATS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E8B1A4CA-4FA7-48C5-B353-A96F11F3B689}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{583072BB-1A27-4810-84C3-A2A307531764}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{8CC96FC2-7CFD-467A-9B26-465CBD451FAA}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{8CC96FC2-7CFD-467A-9B26-465CBD451FAA}"/>
   </bookViews>
   <sheets>
-    <sheet name="2024" sheetId="1" r:id="rId1"/>
-[...5 lines deleted...]
-    <sheet name="Altres conceptes 2019-2020" sheetId="7" r:id="rId7"/>
+    <sheet name="2025" sheetId="8" r:id="rId1"/>
+    <sheet name="2024" sheetId="1" r:id="rId2"/>
+    <sheet name="2023" sheetId="2" r:id="rId3"/>
+    <sheet name="2022" sheetId="3" r:id="rId4"/>
+    <sheet name="2021" sheetId="5" r:id="rId5"/>
+    <sheet name="Altres conceptes 2021" sheetId="4" r:id="rId6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'2019-2020'!$A$6:$G$6</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'2024'!$3:$8</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'2022'!$A$1:$P$104</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'2023'!$A$1:$P$104</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'2024'!$A$3:$P$106</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'2025'!$A$6:$P$111</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="4">'2021'!$1:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$6</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$6</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$3:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$6:$11</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="987" uniqueCount="272">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="952" uniqueCount="259">
   <si>
     <t>TAULA SALARIAL ANY 2024</t>
   </si>
   <si>
     <t>CONCEPTES SALARIALS</t>
   </si>
   <si>
     <t>Sub Grup A1</t>
   </si>
   <si>
     <t>Grup Professional A</t>
   </si>
   <si>
     <t>Grup Professional B</t>
   </si>
   <si>
     <t>Grup Professional C</t>
   </si>
   <si>
     <t>Nivell 12</t>
   </si>
   <si>
     <t>Nivell 11</t>
   </si>
   <si>
@@ -385,56 +384,50 @@
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>7. Festes doblades</t>
   </si>
   <si>
     <t xml:space="preserve">10 </t>
-  </si>
-[...4 lines deleted...]
-    <t>març 2025</t>
   </si>
   <si>
     <t>TAULA SALARIAL ANY 2023</t>
   </si>
   <si>
     <t>TAULA SALARIAL ANY 2022</t>
   </si>
   <si>
     <t>Transports de Barcelona S.A.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16.5"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Trebuchet MS"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">NOCTURNITAT I ALTRES CONCEPTES ANY 2021
 </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -1135,213 +1128,143 @@
   <si>
     <t>CONTROLADOR DEMANDA DEL PASSATGE</t>
   </si>
   <si>
     <t>Grupo C nivel 01</t>
   </si>
   <si>
     <t>AUXILIAR PATI I FLOTA</t>
   </si>
   <si>
     <t>INTRODUCCIO DADES</t>
   </si>
   <si>
     <t>PORTER OPERATIVA</t>
   </si>
   <si>
     <t>SUPORT AUXILIAR SERVEIS CORPORAT. I RRPP</t>
   </si>
   <si>
     <t>SUPORT TASQUES AUXILIARS</t>
   </si>
   <si>
     <t>(RV) Els ocupants dels llocs de treball que pertanyen al grup A1 tenen assignada una retribució variable que depèn dels Objectius personals i d'empresa, i els del grup A depèn dels Objectius de la unitat i de la seva puntuació individual a l’Apreciació de l’Actuació anual.</t>
   </si>
   <si>
-    <t>TAULA RETRIBUCIÓ TB 2019 vigent 2020</t>
-[...99 lines deleted...]
-    <t>Festes doblades</t>
+    <t>Incremento Desglose</t>
+  </si>
+  <si>
+    <t>Inicial</t>
+  </si>
+  <si>
+    <t>Definitivo 04-24</t>
+  </si>
+  <si>
+    <t>TAULA SALARIAL ANY 2025</t>
+  </si>
+  <si>
+    <t>Inr Conveni</t>
+  </si>
+  <si>
+    <t>Incr. Inicial Ene 25</t>
+  </si>
+  <si>
+    <t>Incr SB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plus Movilidad </t>
+  </si>
+  <si>
+    <t>Plus Cap Operatiu/va</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Data d'actualització: </t>
+  </si>
+  <si>
+    <t>març 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.00_ ;\-#,##0.00\ "/>
     <numFmt numFmtId="165" formatCode="#,##0.0000"/>
   </numFmts>
-  <fonts count="32" x14ac:knownFonts="1">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color indexed="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
-      <charset val="204"/>
+      <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16.5"/>
       <color rgb="FFFFFFFF"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1349,195 +1272,171 @@
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FFFFFFFF"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Trebuchet MS"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-[...3 lines deleted...]
-    <font>
       <b/>
-      <sz val="18"/>
-      <color indexed="9"/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <sz val="9"/>
+      <sz val="10"/>
+      <color theme="6"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-      <sz val="9"/>
+      <sz val="10"/>
       <color theme="1"/>
-      <name val="Trebuchet MS"/>
+      <name val="Calibri Light"/>
       <family val="2"/>
+      <scheme val="major"/>
     </font>
     <font>
-      <b/>
-[...25 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <sz val="10"/>
+      <name val="Calibri Light"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="9">
+  <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="12"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="48"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF3366FF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="8"/>
+        <fgColor indexed="43"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="134">
+  <borders count="101">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="9"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="9"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="9"/>
       </right>
       <top style="thin">
         <color indexed="9"/>
@@ -2771,515 +2670,97 @@
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color theme="0" tint="-0.24994659260841701"/>
       </right>
-      <top style="medium">
-[...3 lines deleted...]
-        <color indexed="64"/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color theme="0" tint="-0.24994659260841701"/>
       </left>
-      <right/>
-[...4 lines deleted...]
-        <color indexed="64"/>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
-[...397 lines deleted...]
-        <color indexed="64"/>
+        <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
-        <color indexed="64"/>
-[...14 lines deleted...]
-        <color indexed="22"/>
+        <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="8">
+  <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="368">
+  <cellXfs count="468">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -3422,61 +2903,621 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="88" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="88" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="88" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="88" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="91" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="92" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="88" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="88" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="88" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="21" fillId="0" borderId="88" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="21" fillId="0" borderId="96" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="88" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="21" fillId="0" borderId="88" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="88" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="93" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="93" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="97" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="21" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="21" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="88" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="88" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="0" borderId="88" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="4" fontId="4" fillId="9" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="3" borderId="10" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="3" borderId="11" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="3" borderId="12" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="14" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="15" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="16" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="17" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="13" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="5" fillId="0" borderId="20" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="5" fillId="0" borderId="21" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="5" fillId="0" borderId="22" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="5" fillId="0" borderId="23" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="23" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="23" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="19" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="27" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="30" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="13" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="34" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="14" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="75" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="39" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="15" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="43" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="40" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="41" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="42" xfId="3" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="15" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="24" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="15" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="15" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="17" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="54" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="13" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="14" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="55" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="15" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="59" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="63" xfId="3" applyBorder="1"/>
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="61" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="58" xfId="3" applyBorder="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="17" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="64" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="65" xfId="3" applyBorder="1"/>
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="13" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="36" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="37" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="38" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="50" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="40" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="41" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="42" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="42" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="46" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="47" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="48" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="47" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="56" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="57" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="58" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="60" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="61" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="62" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="56" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="57" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="58" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="37" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="36" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="18" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="19" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="33" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="34" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="35" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="49" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="50" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="51" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="52" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="53" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="54" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="16" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="30" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="30" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="46" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="47" xfId="3" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="48" xfId="3" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="26" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="27" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="28" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="40" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="41" xfId="3" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="42" xfId="3" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="43" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="44" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="45" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="43" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="44" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="45" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="98" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="99" xfId="3" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="100" xfId="3" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="36" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="37" xfId="3" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="38" xfId="3" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="16" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="30" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="33" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="34" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="26" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="27" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="18" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="19" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="24" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="2" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -3674,707 +3715,467 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="67" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="68" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="61" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="69" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="71" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="72" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="64" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="64" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="74" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="64" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="74" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="75" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="76" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="75" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="76" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="80" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="80" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="64" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...154 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="83" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="82" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="63" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="84" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="85" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="65" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="93" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="94" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="95" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="4" fontId="21" fillId="0" borderId="93" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="21" fillId="0" borderId="94" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="21" fillId="0" borderId="95" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="21" fillId="0" borderId="93" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="21" fillId="0" borderId="94" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="21" fillId="0" borderId="95" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="87" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="93" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="94" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="95" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="4" fontId="21" fillId="0" borderId="93" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="21" fillId="0" borderId="94" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="21" fillId="0" borderId="95" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="21" fillId="0" borderId="93" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="21" fillId="0" borderId="94" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="21" fillId="0" borderId="95" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="93" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="94" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="95" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="97" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="93" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="95" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="87" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="89" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="90" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="88" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...305 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="131" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="132" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...46 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="8">
+  <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{FBC914A7-C3D3-4E18-87EE-5D764571D710}"/>
-    <cellStyle name="Normal 2 2" xfId="5" xr:uid="{D2C4A2E3-678E-4CFF-BE10-A290A7E5B0BD}"/>
+    <cellStyle name="Normal 2 2" xfId="3" xr:uid="{D2C4A2E3-678E-4CFF-BE10-A290A7E5B0BD}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{417201C8-2554-464B-BA39-0875668B1B79}"/>
-    <cellStyle name="Normal_Crv_m01Euros" xfId="7" xr:uid="{E93966F4-1D82-44F9-BF9D-43CD0DC10E45}"/>
-[...2 lines deleted...]
-    <cellStyle name="Normal_TABLA 2003 METRO" xfId="3" xr:uid="{EF33DF0A-B7D9-460B-8F78-72E47C7F7AE5}"/>
+    <cellStyle name="Normal_TABLA 2003 METRO" xfId="4" xr:uid="{24C3F103-26C1-4067-A01E-3C260929F41F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>895350</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>82988</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1" descr="logo bus">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EF7DA42-0E67-49CF-9A97-367604B7244E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="190500"/>
+          <a:ext cx="895350" cy="321113"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
-<file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>895350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>130613</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="logo bus">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41CBD6BC-5800-45AD-A4EF-2164487F64B4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -4409,51 +4210,51 @@
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>895350</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>323850</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="logo bus">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8F3B918-65D2-43B7-A0F6-10AFA510ACBF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -4488,51 +4289,51 @@
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>895350</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>323850</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="logo bus">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F72D2C3E-10C2-486D-8B5E-390CE8A76EE8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -4567,51 +4368,51 @@
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>499110</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>23621</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="7620" cy="83820"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Shape 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BB87B91-0D99-4F17-BB8E-7D348CEB5E1A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="10313670" y="5273801"/>
           <a:ext cx="7620" cy="83820"/>
         </a:xfrm>
@@ -4781,51 +4582,51 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="47625" y="76200"/>
           <a:ext cx="1452562" cy="439420"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1452562</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>136525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 20" descr=" logo2.jpg                                                      0001C56DEMMA                           ABA78158:">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CB0131C-16C2-438C-8B50-494130E7E345}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -4838,208 +4639,50 @@
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1452562" cy="426085"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
-          </a:ext>
-[...156 lines deleted...]
-            </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -5324,2898 +4967,6214 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0EA01F56-4C62-4040-BC23-185053F06F47}">
+  <dimension ref="A1:V127"/>
+  <sheetViews>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" zoomScale="87" zoomScaleNormal="87" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="C6" sqref="C6:P6"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="40.140625" style="120" customWidth="1"/>
+    <col min="2" max="2" width="28.7109375" style="121" customWidth="1"/>
+    <col min="3" max="4" width="15.7109375" style="121" customWidth="1"/>
+    <col min="5" max="8" width="15.7109375" style="124" customWidth="1"/>
+    <col min="9" max="9" width="1" style="124" hidden="1" customWidth="1"/>
+    <col min="10" max="12" width="15.7109375" style="124" customWidth="1"/>
+    <col min="13" max="13" width="0.85546875" style="124" hidden="1" customWidth="1"/>
+    <col min="14" max="16" width="15.7109375" style="124" customWidth="1"/>
+    <col min="17" max="17" width="11.42578125" style="120"/>
+    <col min="18" max="18" width="18.28515625" style="120" customWidth="1"/>
+    <col min="19" max="20" width="11.42578125" style="120"/>
+    <col min="21" max="21" width="14.5703125" style="120" bestFit="1" customWidth="1"/>
+    <col min="22" max="16384" width="11.42578125" style="120"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:22" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C1" s="122">
+        <v>182.74</v>
+      </c>
+      <c r="D1" s="122">
+        <v>182.74</v>
+      </c>
+      <c r="E1" s="122">
+        <v>182.74</v>
+      </c>
+      <c r="F1" s="122">
+        <v>182.74</v>
+      </c>
+      <c r="G1" s="122">
+        <v>182.74</v>
+      </c>
+      <c r="H1" s="122">
+        <v>182.74</v>
+      </c>
+      <c r="I1" s="122" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="J1" s="122">
+        <v>182.74</v>
+      </c>
+      <c r="K1" s="122">
+        <v>182.74</v>
+      </c>
+      <c r="L1" s="122">
+        <v>182.74</v>
+      </c>
+      <c r="M1" s="122" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="N1" s="122">
+        <v>182.74</v>
+      </c>
+      <c r="O1" s="122">
+        <v>182.74</v>
+      </c>
+      <c r="P1" s="122">
+        <v>182.74</v>
+      </c>
+      <c r="U1" s="120" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="2" spans="1:22" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C2" s="123">
+        <v>2984.75</v>
+      </c>
+      <c r="D2" s="121">
+        <v>2984.75</v>
+      </c>
+      <c r="E2" s="121">
+        <v>2984.75</v>
+      </c>
+      <c r="F2" s="121">
+        <v>2984.75</v>
+      </c>
+      <c r="G2" s="121">
+        <v>2984.75</v>
+      </c>
+      <c r="H2" s="121">
+        <v>2984.75</v>
+      </c>
+      <c r="I2" s="121" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="J2" s="121">
+        <v>2984.75</v>
+      </c>
+      <c r="K2" s="121">
+        <v>2984.75</v>
+      </c>
+      <c r="L2" s="121">
+        <v>2984.75</v>
+      </c>
+      <c r="M2" s="121" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="N2" s="121">
+        <v>2984.75</v>
+      </c>
+      <c r="O2" s="121">
+        <v>2984.75</v>
+      </c>
+      <c r="P2" s="121">
+        <v>2984.75</v>
+      </c>
+      <c r="U2" s="120" t="s">
+        <v>249</v>
+      </c>
+      <c r="V2" s="120">
+        <v>58.4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:22" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C3" s="122">
+        <v>149.24</v>
+      </c>
+      <c r="E3" s="122">
+        <v>149.24</v>
+      </c>
+      <c r="J3" s="122">
+        <v>149.24</v>
+      </c>
+      <c r="N3" s="122">
+        <v>149.23000000000002</v>
+      </c>
+      <c r="U3" s="120" t="s">
+        <v>250</v>
+      </c>
+      <c r="V3" s="120">
+        <v>87.25</v>
+      </c>
+    </row>
+    <row r="4" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="C4" s="122"/>
+      <c r="E4" s="122"/>
+      <c r="J4" s="122"/>
+      <c r="N4" s="122"/>
+      <c r="P4" s="466" t="s">
+        <v>257</v>
+      </c>
+      <c r="Q4" s="467" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="5" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="V5" s="120">
+        <v>829.22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:22" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="C6" s="283" t="s">
+        <v>251</v>
+      </c>
+      <c r="D6" s="283"/>
+      <c r="E6" s="283"/>
+      <c r="F6" s="283"/>
+      <c r="G6" s="283"/>
+      <c r="H6" s="283"/>
+      <c r="I6" s="283"/>
+      <c r="J6" s="283"/>
+      <c r="K6" s="283"/>
+      <c r="L6" s="283"/>
+      <c r="M6" s="283"/>
+      <c r="N6" s="283"/>
+      <c r="O6" s="283"/>
+      <c r="P6" s="283"/>
+      <c r="Q6" s="125"/>
+      <c r="R6" s="284" t="s">
+        <v>252</v>
+      </c>
+      <c r="S6" s="284"/>
+    </row>
+    <row r="7" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="O7" s="126"/>
+      <c r="P7" s="126"/>
+      <c r="R7" s="120" t="s">
+        <v>253</v>
+      </c>
+      <c r="S7" s="127">
+        <v>50.76867503811232</v>
+      </c>
+    </row>
+    <row r="8" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="A8" s="285" t="s">
+        <v>1</v>
+      </c>
+      <c r="B8" s="286"/>
+      <c r="C8" s="291" t="s">
+        <v>2</v>
+      </c>
+      <c r="D8" s="291"/>
+      <c r="E8" s="291" t="s">
+        <v>3</v>
+      </c>
+      <c r="F8" s="291"/>
+      <c r="G8" s="291"/>
+      <c r="H8" s="291"/>
+      <c r="I8" s="128"/>
+      <c r="J8" s="291" t="s">
+        <v>4</v>
+      </c>
+      <c r="K8" s="291"/>
+      <c r="L8" s="291"/>
+      <c r="M8" s="128"/>
+      <c r="N8" s="291" t="s">
+        <v>5</v>
+      </c>
+      <c r="O8" s="291"/>
+      <c r="P8" s="291"/>
+      <c r="S8" s="124"/>
+    </row>
+    <row r="9" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="A9" s="287"/>
+      <c r="B9" s="288"/>
+      <c r="C9" s="291"/>
+      <c r="D9" s="291"/>
+      <c r="E9" s="291"/>
+      <c r="F9" s="291"/>
+      <c r="G9" s="291"/>
+      <c r="H9" s="291"/>
+      <c r="I9" s="129"/>
+      <c r="J9" s="291"/>
+      <c r="K9" s="291"/>
+      <c r="L9" s="291"/>
+      <c r="M9" s="129"/>
+      <c r="N9" s="291"/>
+      <c r="O9" s="291"/>
+      <c r="P9" s="291"/>
+      <c r="R9" s="130" t="s">
+        <v>254</v>
+      </c>
+      <c r="S9" s="131">
+        <v>50.76867503811232</v>
+      </c>
+    </row>
+    <row r="10" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="A10" s="289"/>
+      <c r="B10" s="290"/>
+      <c r="C10" s="132" t="s">
+        <v>6</v>
+      </c>
+      <c r="D10" s="133" t="s">
+        <v>7</v>
+      </c>
+      <c r="E10" s="134" t="s">
+        <v>8</v>
+      </c>
+      <c r="F10" s="134" t="s">
+        <v>9</v>
+      </c>
+      <c r="G10" s="134" t="s">
+        <v>10</v>
+      </c>
+      <c r="H10" s="135" t="s">
+        <v>11</v>
+      </c>
+      <c r="I10" s="126"/>
+      <c r="J10" s="136" t="s">
+        <v>12</v>
+      </c>
+      <c r="K10" s="134" t="s">
+        <v>13</v>
+      </c>
+      <c r="L10" s="135" t="s">
+        <v>14</v>
+      </c>
+      <c r="M10" s="126"/>
+      <c r="N10" s="136" t="s">
+        <v>15</v>
+      </c>
+      <c r="O10" s="134" t="s">
+        <v>16</v>
+      </c>
+      <c r="P10" s="135" t="s">
+        <v>17</v>
+      </c>
+      <c r="S10" s="137"/>
+    </row>
+    <row r="11" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="E11" s="126"/>
+      <c r="F11" s="126"/>
+      <c r="G11" s="126"/>
+      <c r="H11" s="126"/>
+      <c r="I11" s="126"/>
+      <c r="J11" s="126"/>
+      <c r="K11" s="126"/>
+    </row>
+    <row r="12" spans="1:22" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A12" s="138" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="139" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="140"/>
+      <c r="D12" s="140"/>
+      <c r="R12" s="125"/>
+      <c r="S12" s="125"/>
+    </row>
+    <row r="13" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="A13" s="141" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" s="142" t="s">
+        <v>21</v>
+      </c>
+      <c r="C13" s="143">
+        <v>1635.93</v>
+      </c>
+      <c r="D13" s="143">
+        <v>1635.93</v>
+      </c>
+      <c r="E13" s="143">
+        <v>1514.36</v>
+      </c>
+      <c r="F13" s="143">
+        <v>1514.36</v>
+      </c>
+      <c r="G13" s="143">
+        <v>1514.36</v>
+      </c>
+      <c r="H13" s="143">
+        <v>1514.36</v>
+      </c>
+      <c r="I13" s="143" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="J13" s="143">
+        <v>1488.14</v>
+      </c>
+      <c r="K13" s="143">
+        <v>1488.14</v>
+      </c>
+      <c r="L13" s="143">
+        <v>1488.14</v>
+      </c>
+      <c r="M13" s="143" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="N13" s="143">
+        <v>1416.05</v>
+      </c>
+      <c r="O13" s="143">
+        <v>1416.05</v>
+      </c>
+      <c r="P13" s="143">
+        <v>1416.05</v>
+      </c>
+    </row>
+    <row r="14" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="A14" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="146">
+        <v>1149.5662499999999</v>
+      </c>
+      <c r="D14" s="146">
+        <v>1063.1762500000004</v>
+      </c>
+      <c r="E14" s="146">
+        <v>909.87000000000023</v>
+      </c>
+      <c r="F14" s="146">
+        <v>800.09187499999973</v>
+      </c>
+      <c r="G14" s="146">
+        <v>690.37249999999983</v>
+      </c>
+      <c r="H14" s="146">
+        <v>580.60125000000005</v>
+      </c>
+      <c r="I14" s="146" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="J14" s="146">
+        <v>496.52000000000004</v>
+      </c>
+      <c r="K14" s="146">
+        <v>411.25749999999999</v>
+      </c>
+      <c r="L14" s="146">
+        <v>326.00187499999998</v>
+      </c>
+      <c r="M14" s="146" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="N14" s="146">
+        <v>311.34687500000007</v>
+      </c>
+      <c r="O14" s="146">
+        <v>226.09124999999986</v>
+      </c>
+      <c r="P14" s="146">
+        <v>140.801875</v>
+      </c>
+    </row>
+    <row r="15" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="A15" s="144" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" s="145" t="s">
+        <v>24</v>
+      </c>
+      <c r="C15" s="146">
+        <v>2785.4962500000001</v>
+      </c>
+      <c r="D15" s="146">
+        <v>2699.1062500000007</v>
+      </c>
+      <c r="E15" s="146">
+        <v>2424.23</v>
+      </c>
+      <c r="F15" s="146">
+        <v>2314.4518749999997</v>
+      </c>
+      <c r="G15" s="146">
+        <v>2204.7324999999996</v>
+      </c>
+      <c r="H15" s="146">
+        <v>2094.9612499999998</v>
+      </c>
+      <c r="I15" s="147" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="J15" s="146">
+        <v>1984.66</v>
+      </c>
+      <c r="K15" s="146">
+        <v>1899.3975</v>
+      </c>
+      <c r="L15" s="146">
+        <v>1814.141875</v>
+      </c>
+      <c r="M15" s="147" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="N15" s="146">
+        <v>1727.3968749999999</v>
+      </c>
+      <c r="O15" s="146">
+        <v>1642.1412499999999</v>
+      </c>
+      <c r="P15" s="146">
+        <v>1556.8518749999998</v>
+      </c>
+    </row>
+    <row r="16" spans="1:22" x14ac:dyDescent="0.3">
+      <c r="A16" s="144" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="145" t="s">
+        <v>24</v>
+      </c>
+      <c r="C16" s="146">
+        <v>3330.7517189999999</v>
+      </c>
+      <c r="D16" s="146">
+        <v>3244.3617190000004</v>
+      </c>
+      <c r="E16" s="146">
+        <v>2928.9661879999999</v>
+      </c>
+      <c r="F16" s="146">
+        <v>2819.1880629999996</v>
+      </c>
+      <c r="G16" s="146">
+        <v>2709.4686879999995</v>
+      </c>
+      <c r="H16" s="146">
+        <v>2599.6974379999997</v>
+      </c>
+      <c r="I16" s="147" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="J16" s="146">
+        <v>2480.6570620000002</v>
+      </c>
+      <c r="K16" s="146">
+        <v>2395.394562</v>
+      </c>
+      <c r="L16" s="146">
+        <v>2310.1389370000002</v>
+      </c>
+      <c r="M16" s="147" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="N16" s="146">
+        <v>2199.36634</v>
+      </c>
+      <c r="O16" s="146">
+        <v>2114.1107149999998</v>
+      </c>
+      <c r="P16" s="146">
+        <v>2028.82134</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A17" s="148" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" s="149" t="s">
+        <v>27</v>
+      </c>
+      <c r="C17" s="150">
+        <v>1777.01</v>
+      </c>
+      <c r="D17" s="150">
+        <v>1777.01</v>
+      </c>
+      <c r="E17" s="150">
+        <v>1777.01</v>
+      </c>
+      <c r="F17" s="150">
+        <v>1777.01</v>
+      </c>
+      <c r="G17" s="150">
+        <v>1777.01</v>
+      </c>
+      <c r="H17" s="150">
+        <v>1777.01</v>
+      </c>
+      <c r="I17" s="150">
+        <v>1505.81</v>
+      </c>
+      <c r="J17" s="150">
+        <v>1777.01</v>
+      </c>
+      <c r="K17" s="150">
+        <v>1777.01</v>
+      </c>
+      <c r="L17" s="150">
+        <v>1777.01</v>
+      </c>
+      <c r="M17" s="150">
+        <v>1505.81</v>
+      </c>
+      <c r="N17" s="150">
+        <v>1777.01</v>
+      </c>
+      <c r="O17" s="150">
+        <v>1777.01</v>
+      </c>
+      <c r="P17" s="150">
+        <v>1777.01</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A18" s="278" t="s">
+        <v>28</v>
+      </c>
+      <c r="B18" s="279"/>
+      <c r="C18" s="151">
+        <v>46890.21</v>
+      </c>
+      <c r="D18" s="151">
+        <v>45507.97</v>
+      </c>
+      <c r="E18" s="152">
+        <v>41069.43</v>
+      </c>
+      <c r="F18" s="153">
+        <v>39312.980000000003</v>
+      </c>
+      <c r="G18" s="153">
+        <v>37557.47</v>
+      </c>
+      <c r="H18" s="154">
+        <v>35801.130000000005</v>
+      </c>
+      <c r="I18" s="155" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="J18" s="152">
+        <v>34027.57</v>
+      </c>
+      <c r="K18" s="153">
+        <v>32663.37</v>
+      </c>
+      <c r="L18" s="154">
+        <v>31299.279999999999</v>
+      </c>
+      <c r="M18" s="155" t="e">
+        <v>#REF!</v>
+      </c>
+      <c r="N18" s="152">
+        <v>29887.329999999998</v>
+      </c>
+      <c r="O18" s="153">
+        <v>28523.239999999998</v>
+      </c>
+      <c r="P18" s="154">
+        <v>27158.609999999997</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="E19" s="121"/>
+      <c r="F19" s="121"/>
+      <c r="G19" s="121"/>
+      <c r="H19" s="121"/>
+      <c r="I19" s="121"/>
+      <c r="J19" s="121"/>
+      <c r="K19" s="121"/>
+      <c r="L19" s="121"/>
+      <c r="M19" s="121"/>
+      <c r="N19" s="121"/>
+      <c r="O19" s="121"/>
+      <c r="P19" s="121"/>
+    </row>
+    <row r="20" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A20" s="138" t="s">
+        <v>29</v>
+      </c>
+      <c r="B20" s="139" t="s">
+        <v>19</v>
+      </c>
+      <c r="C20" s="156"/>
+      <c r="D20" s="157"/>
+      <c r="F20" s="156"/>
+      <c r="K20" s="156"/>
+      <c r="L20" s="158"/>
+      <c r="M20" s="158"/>
+      <c r="N20" s="158"/>
+      <c r="O20" s="156"/>
+    </row>
+    <row r="21" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A21" s="159" t="s">
+        <v>30</v>
+      </c>
+      <c r="B21" s="160" t="s">
+        <v>27</v>
+      </c>
+      <c r="C21" s="280">
+        <v>1336.01</v>
+      </c>
+      <c r="D21" s="281"/>
+      <c r="E21" s="280">
+        <v>1236.73</v>
+      </c>
+      <c r="F21" s="282"/>
+      <c r="G21" s="282"/>
+      <c r="H21" s="281"/>
+      <c r="I21" s="161"/>
+      <c r="J21" s="280">
+        <v>1215.32</v>
+      </c>
+      <c r="K21" s="282"/>
+      <c r="L21" s="282"/>
+      <c r="M21" s="162"/>
+      <c r="N21" s="280">
+        <v>1156.44</v>
+      </c>
+      <c r="O21" s="282"/>
+      <c r="P21" s="281"/>
+    </row>
+    <row r="22" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="E22" s="121"/>
+      <c r="G22" s="121"/>
+      <c r="H22" s="163"/>
+      <c r="J22" s="121"/>
+      <c r="N22" s="121"/>
+    </row>
+    <row r="23" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A23" s="138" t="s">
+        <v>31</v>
+      </c>
+      <c r="B23" s="139" t="s">
+        <v>19</v>
+      </c>
+      <c r="C23" s="157"/>
+      <c r="D23" s="157"/>
+      <c r="E23" s="235"/>
+      <c r="F23" s="235"/>
+      <c r="G23" s="235"/>
+      <c r="H23" s="235"/>
+      <c r="I23" s="235"/>
+      <c r="J23" s="235"/>
+    </row>
+    <row r="24" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A24" s="164" t="s">
+        <v>32</v>
+      </c>
+      <c r="B24" s="165" t="s">
+        <v>33</v>
+      </c>
+      <c r="C24" s="276">
+        <v>1.9002999999999999</v>
+      </c>
+      <c r="D24" s="277"/>
+      <c r="E24" s="277"/>
+      <c r="F24" s="277"/>
+      <c r="G24" s="277"/>
+      <c r="H24" s="277"/>
+      <c r="I24" s="166"/>
+      <c r="J24" s="254">
+        <v>1.8695999999999999</v>
+      </c>
+      <c r="K24" s="255"/>
+      <c r="L24" s="255"/>
+      <c r="M24" s="166"/>
+      <c r="N24" s="254">
+        <v>1.736</v>
+      </c>
+      <c r="O24" s="255"/>
+      <c r="P24" s="256"/>
+    </row>
+    <row r="25" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A25" s="167" t="s">
+        <v>34</v>
+      </c>
+      <c r="B25" s="168" t="s">
+        <v>33</v>
+      </c>
+      <c r="C25" s="272">
+        <v>2.0442</v>
+      </c>
+      <c r="D25" s="273"/>
+      <c r="E25" s="273"/>
+      <c r="F25" s="273"/>
+      <c r="G25" s="273"/>
+      <c r="H25" s="273"/>
+      <c r="I25" s="169"/>
+      <c r="J25" s="247">
+        <v>2.0237000000000003</v>
+      </c>
+      <c r="K25" s="248"/>
+      <c r="L25" s="248"/>
+      <c r="M25" s="169"/>
+      <c r="N25" s="247">
+        <v>1.9107000000000001</v>
+      </c>
+      <c r="O25" s="248"/>
+      <c r="P25" s="249"/>
+    </row>
+    <row r="26" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A26" s="167" t="s">
+        <v>35</v>
+      </c>
+      <c r="B26" s="168" t="s">
+        <v>33</v>
+      </c>
+      <c r="C26" s="272">
+        <v>2.2393000000000001</v>
+      </c>
+      <c r="D26" s="273"/>
+      <c r="E26" s="273"/>
+      <c r="F26" s="273"/>
+      <c r="G26" s="273"/>
+      <c r="H26" s="273"/>
+      <c r="I26" s="169"/>
+      <c r="J26" s="247">
+        <v>2.1880000000000002</v>
+      </c>
+      <c r="K26" s="248"/>
+      <c r="L26" s="248"/>
+      <c r="M26" s="169"/>
+      <c r="N26" s="247">
+        <v>2.0442</v>
+      </c>
+      <c r="O26" s="248"/>
+      <c r="P26" s="249"/>
+    </row>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A27" s="167" t="s">
+        <v>36</v>
+      </c>
+      <c r="B27" s="168" t="s">
+        <v>33</v>
+      </c>
+      <c r="C27" s="272">
+        <v>2.3729</v>
+      </c>
+      <c r="D27" s="273"/>
+      <c r="E27" s="273"/>
+      <c r="F27" s="273"/>
+      <c r="G27" s="273"/>
+      <c r="H27" s="273"/>
+      <c r="I27" s="169"/>
+      <c r="J27" s="247">
+        <v>2.3421000000000003</v>
+      </c>
+      <c r="K27" s="248"/>
+      <c r="L27" s="248"/>
+      <c r="M27" s="169"/>
+      <c r="N27" s="247">
+        <v>2.2291000000000003</v>
+      </c>
+      <c r="O27" s="248"/>
+      <c r="P27" s="249"/>
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A28" s="170" t="s">
+        <v>37</v>
+      </c>
+      <c r="B28" s="171" t="s">
+        <v>33</v>
+      </c>
+      <c r="C28" s="272">
+        <v>2.5372000000000003</v>
+      </c>
+      <c r="D28" s="273"/>
+      <c r="E28" s="273"/>
+      <c r="F28" s="273"/>
+      <c r="G28" s="273"/>
+      <c r="H28" s="273"/>
+      <c r="I28" s="169"/>
+      <c r="J28" s="247">
+        <v>2.5166000000000004</v>
+      </c>
+      <c r="K28" s="248"/>
+      <c r="L28" s="248"/>
+      <c r="M28" s="169"/>
+      <c r="N28" s="247">
+        <v>2.3523000000000001</v>
+      </c>
+      <c r="O28" s="248"/>
+      <c r="P28" s="249"/>
+    </row>
+    <row r="29" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A29" s="172" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="160" t="s">
+        <v>21</v>
+      </c>
+      <c r="C29" s="274">
+        <v>91.141800000000003</v>
+      </c>
+      <c r="D29" s="275"/>
+      <c r="E29" s="275"/>
+      <c r="F29" s="275"/>
+      <c r="G29" s="275"/>
+      <c r="H29" s="275"/>
+      <c r="I29" s="173"/>
+      <c r="J29" s="237">
+        <v>91.141800000000003</v>
+      </c>
+      <c r="K29" s="238"/>
+      <c r="L29" s="238"/>
+      <c r="M29" s="173"/>
+      <c r="N29" s="237">
+        <v>91.141800000000003</v>
+      </c>
+      <c r="O29" s="238"/>
+      <c r="P29" s="239"/>
+    </row>
+    <row r="31" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A31" s="138" t="s">
+        <v>39</v>
+      </c>
+      <c r="B31" s="139" t="s">
+        <v>19</v>
+      </c>
+      <c r="C31" s="140"/>
+      <c r="D31" s="140"/>
+    </row>
+    <row r="32" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A32" s="141" t="s">
+        <v>40</v>
+      </c>
+      <c r="B32" s="142" t="s">
+        <v>21</v>
+      </c>
+      <c r="C32" s="174"/>
+      <c r="D32" s="175"/>
+      <c r="E32" s="269">
+        <v>189.11</v>
+      </c>
+      <c r="F32" s="270"/>
+      <c r="G32" s="270"/>
+      <c r="H32" s="271"/>
+      <c r="I32" s="161"/>
+      <c r="J32" s="232"/>
+      <c r="K32" s="230"/>
+      <c r="L32" s="231"/>
+      <c r="M32" s="176"/>
+      <c r="N32" s="232"/>
+      <c r="O32" s="230"/>
+      <c r="P32" s="231"/>
+    </row>
+    <row r="33" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A33" s="144" t="s">
+        <v>41</v>
+      </c>
+      <c r="B33" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C33" s="177"/>
+      <c r="D33" s="178"/>
+      <c r="E33" s="257">
+        <v>189.11</v>
+      </c>
+      <c r="F33" s="258"/>
+      <c r="G33" s="258"/>
+      <c r="H33" s="259"/>
+      <c r="I33" s="161"/>
+      <c r="J33" s="210"/>
+      <c r="K33" s="213"/>
+      <c r="L33" s="214"/>
+      <c r="M33" s="161"/>
+      <c r="N33" s="210"/>
+      <c r="O33" s="213"/>
+      <c r="P33" s="214"/>
+    </row>
+    <row r="34" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A34" s="144" t="s">
+        <v>42</v>
+      </c>
+      <c r="B34" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C34" s="177"/>
+      <c r="D34" s="177"/>
+      <c r="E34" s="266"/>
+      <c r="F34" s="267"/>
+      <c r="G34" s="267"/>
+      <c r="H34" s="268"/>
+      <c r="I34" s="161"/>
+      <c r="J34" s="210">
+        <v>189.11420000000001</v>
+      </c>
+      <c r="K34" s="213"/>
+      <c r="L34" s="214"/>
+      <c r="M34" s="161"/>
+      <c r="N34" s="210"/>
+      <c r="O34" s="213"/>
+      <c r="P34" s="214"/>
+    </row>
+    <row r="35" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A35" s="144" t="s">
+        <v>43</v>
+      </c>
+      <c r="B35" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C35" s="146">
+        <v>261.18</v>
+      </c>
+      <c r="D35" s="146">
+        <v>189.11</v>
+      </c>
+      <c r="E35" s="257"/>
+      <c r="F35" s="258"/>
+      <c r="G35" s="258"/>
+      <c r="H35" s="259"/>
+      <c r="I35" s="161"/>
+      <c r="J35" s="210"/>
+      <c r="K35" s="213"/>
+      <c r="L35" s="214"/>
+      <c r="M35" s="161"/>
+      <c r="N35" s="210"/>
+      <c r="O35" s="213"/>
+      <c r="P35" s="214"/>
+    </row>
+    <row r="36" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A36" s="144" t="s">
+        <v>255</v>
+      </c>
+      <c r="B36" s="145" t="s">
+        <v>27</v>
+      </c>
+      <c r="C36" s="146"/>
+      <c r="D36" s="146"/>
+      <c r="E36" s="179"/>
+      <c r="F36" s="180">
+        <v>465</v>
+      </c>
+      <c r="G36" s="180">
+        <v>169</v>
+      </c>
+      <c r="H36" s="181"/>
+      <c r="I36" s="161"/>
+      <c r="J36" s="210"/>
+      <c r="K36" s="213"/>
+      <c r="L36" s="214"/>
+      <c r="M36" s="161"/>
+      <c r="N36" s="210"/>
+      <c r="O36" s="213"/>
+      <c r="P36" s="214"/>
+    </row>
+    <row r="37" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A37" s="144" t="s">
+        <v>256</v>
+      </c>
+      <c r="B37" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C37" s="146">
+        <v>537.85</v>
+      </c>
+      <c r="D37" s="146"/>
+      <c r="E37" s="257"/>
+      <c r="F37" s="258"/>
+      <c r="G37" s="258"/>
+      <c r="H37" s="259"/>
+      <c r="I37" s="161"/>
+      <c r="J37" s="210"/>
+      <c r="K37" s="213"/>
+      <c r="L37" s="214"/>
+      <c r="M37" s="161"/>
+      <c r="N37" s="210"/>
+      <c r="O37" s="213"/>
+      <c r="P37" s="214"/>
+    </row>
+    <row r="38" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A38" s="144" t="s">
+        <v>44</v>
+      </c>
+      <c r="B38" s="145" t="s">
+        <v>45</v>
+      </c>
+      <c r="C38" s="177"/>
+      <c r="D38" s="177"/>
+      <c r="E38" s="257">
+        <v>474.38259999999997</v>
+      </c>
+      <c r="F38" s="258"/>
+      <c r="G38" s="258"/>
+      <c r="H38" s="259"/>
+      <c r="I38" s="161"/>
+      <c r="J38" s="210">
+        <v>474.38259999999997</v>
+      </c>
+      <c r="K38" s="213"/>
+      <c r="L38" s="214"/>
+      <c r="M38" s="161"/>
+      <c r="N38" s="210"/>
+      <c r="O38" s="213"/>
+      <c r="P38" s="214"/>
+    </row>
+    <row r="39" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A39" s="144" t="s">
+        <v>46</v>
+      </c>
+      <c r="B39" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C39" s="177"/>
+      <c r="D39" s="177"/>
+      <c r="E39" s="257"/>
+      <c r="F39" s="258"/>
+      <c r="G39" s="258"/>
+      <c r="H39" s="259"/>
+      <c r="I39" s="161"/>
+      <c r="J39" s="210">
+        <v>172.83340000000001</v>
+      </c>
+      <c r="K39" s="213"/>
+      <c r="L39" s="214"/>
+      <c r="M39" s="161"/>
+      <c r="N39" s="210"/>
+      <c r="O39" s="213"/>
+      <c r="P39" s="214"/>
+    </row>
+    <row r="40" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A40" s="144" t="s">
+        <v>47</v>
+      </c>
+      <c r="B40" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C40" s="177"/>
+      <c r="D40" s="177"/>
+      <c r="E40" s="257"/>
+      <c r="F40" s="258"/>
+      <c r="G40" s="258"/>
+      <c r="H40" s="259"/>
+      <c r="I40" s="161"/>
+      <c r="J40" s="210">
+        <v>7.92</v>
+      </c>
+      <c r="K40" s="213"/>
+      <c r="L40" s="214"/>
+      <c r="M40" s="161"/>
+      <c r="N40" s="210"/>
+      <c r="O40" s="213"/>
+      <c r="P40" s="214"/>
+    </row>
+    <row r="41" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A41" s="144" t="s">
+        <v>48</v>
+      </c>
+      <c r="B41" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C41" s="177"/>
+      <c r="D41" s="177"/>
+      <c r="E41" s="257"/>
+      <c r="F41" s="258"/>
+      <c r="G41" s="258"/>
+      <c r="H41" s="259"/>
+      <c r="I41" s="161"/>
+      <c r="J41" s="260">
+        <v>10.92</v>
+      </c>
+      <c r="K41" s="261"/>
+      <c r="L41" s="262"/>
+      <c r="M41" s="161"/>
+      <c r="N41" s="263"/>
+      <c r="O41" s="264"/>
+      <c r="P41" s="265"/>
+    </row>
+    <row r="42" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A42" s="144" t="s">
+        <v>49</v>
+      </c>
+      <c r="B42" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C42" s="177"/>
+      <c r="D42" s="177"/>
+      <c r="E42" s="257"/>
+      <c r="F42" s="258"/>
+      <c r="G42" s="258"/>
+      <c r="H42" s="259"/>
+      <c r="I42" s="161"/>
+      <c r="J42" s="260">
+        <v>10.92</v>
+      </c>
+      <c r="K42" s="261"/>
+      <c r="L42" s="262"/>
+      <c r="M42" s="161"/>
+      <c r="N42" s="263"/>
+      <c r="O42" s="264"/>
+      <c r="P42" s="265"/>
+    </row>
+    <row r="43" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A43" s="144" t="s">
+        <v>50</v>
+      </c>
+      <c r="B43" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C43" s="177"/>
+      <c r="D43" s="177"/>
+      <c r="E43" s="257"/>
+      <c r="F43" s="258"/>
+      <c r="G43" s="258"/>
+      <c r="H43" s="259"/>
+      <c r="I43" s="161"/>
+      <c r="J43" s="210">
+        <v>0.65749999999999997</v>
+      </c>
+      <c r="K43" s="213"/>
+      <c r="L43" s="214"/>
+      <c r="M43" s="161"/>
+      <c r="N43" s="210"/>
+      <c r="O43" s="213"/>
+      <c r="P43" s="214"/>
+    </row>
+    <row r="44" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A44" s="144" t="s">
+        <v>52</v>
+      </c>
+      <c r="B44" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C44" s="177"/>
+      <c r="D44" s="177"/>
+      <c r="E44" s="257"/>
+      <c r="F44" s="258"/>
+      <c r="G44" s="258"/>
+      <c r="H44" s="259"/>
+      <c r="I44" s="161"/>
+      <c r="J44" s="210">
+        <v>0.59589999999999999</v>
+      </c>
+      <c r="K44" s="213"/>
+      <c r="L44" s="214"/>
+      <c r="M44" s="161"/>
+      <c r="N44" s="210"/>
+      <c r="O44" s="213"/>
+      <c r="P44" s="214"/>
+    </row>
+    <row r="45" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A45" s="144" t="s">
+        <v>53</v>
+      </c>
+      <c r="B45" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C45" s="177"/>
+      <c r="D45" s="177"/>
+      <c r="E45" s="257">
+        <v>41.621400000000001</v>
+      </c>
+      <c r="F45" s="258"/>
+      <c r="G45" s="258"/>
+      <c r="H45" s="259"/>
+      <c r="I45" s="161"/>
+      <c r="J45" s="210">
+        <v>41.621400000000001</v>
+      </c>
+      <c r="K45" s="213"/>
+      <c r="L45" s="214"/>
+      <c r="M45" s="161"/>
+      <c r="N45" s="210"/>
+      <c r="O45" s="213"/>
+      <c r="P45" s="214"/>
+    </row>
+    <row r="46" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A46" s="144" t="s">
+        <v>54</v>
+      </c>
+      <c r="B46" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C46" s="177"/>
+      <c r="D46" s="177"/>
+      <c r="E46" s="257">
+        <v>129.12690000000001</v>
+      </c>
+      <c r="F46" s="258"/>
+      <c r="G46" s="258"/>
+      <c r="H46" s="259"/>
+      <c r="I46" s="161"/>
+      <c r="J46" s="210">
+        <v>129.12690000000001</v>
+      </c>
+      <c r="K46" s="213"/>
+      <c r="L46" s="214"/>
+      <c r="M46" s="161"/>
+      <c r="N46" s="210"/>
+      <c r="O46" s="213"/>
+      <c r="P46" s="214"/>
+    </row>
+    <row r="47" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A47" s="144" t="s">
+        <v>55</v>
+      </c>
+      <c r="B47" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C47" s="177"/>
+      <c r="D47" s="177"/>
+      <c r="E47" s="257"/>
+      <c r="F47" s="258"/>
+      <c r="G47" s="258"/>
+      <c r="H47" s="259"/>
+      <c r="I47" s="161"/>
+      <c r="J47" s="210">
+        <v>120.37530000000001</v>
+      </c>
+      <c r="K47" s="213"/>
+      <c r="L47" s="214"/>
+      <c r="M47" s="161"/>
+      <c r="N47" s="210"/>
+      <c r="O47" s="213"/>
+      <c r="P47" s="214"/>
+    </row>
+    <row r="48" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A48" s="144" t="s">
+        <v>56</v>
+      </c>
+      <c r="B48" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C48" s="177"/>
+      <c r="D48" s="177"/>
+      <c r="E48" s="257">
+        <v>177.9693</v>
+      </c>
+      <c r="F48" s="258"/>
+      <c r="G48" s="258"/>
+      <c r="H48" s="259"/>
+      <c r="I48" s="161"/>
+      <c r="J48" s="210"/>
+      <c r="K48" s="213"/>
+      <c r="L48" s="214"/>
+      <c r="M48" s="161"/>
+      <c r="N48" s="210"/>
+      <c r="O48" s="213"/>
+      <c r="P48" s="214"/>
+    </row>
+    <row r="49" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A49" s="144" t="s">
+        <v>57</v>
+      </c>
+      <c r="B49" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C49" s="177"/>
+      <c r="D49" s="177"/>
+      <c r="E49" s="257">
+        <v>189.11</v>
+      </c>
+      <c r="F49" s="258"/>
+      <c r="G49" s="258"/>
+      <c r="H49" s="259"/>
+      <c r="I49" s="161"/>
+      <c r="J49" s="210"/>
+      <c r="K49" s="213"/>
+      <c r="L49" s="214"/>
+      <c r="M49" s="161"/>
+      <c r="N49" s="210"/>
+      <c r="O49" s="213"/>
+      <c r="P49" s="214"/>
+    </row>
+    <row r="50" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A50" s="144" t="s">
+        <v>58</v>
+      </c>
+      <c r="B50" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C50" s="177"/>
+      <c r="D50" s="177"/>
+      <c r="E50" s="257">
+        <v>189.11</v>
+      </c>
+      <c r="F50" s="258"/>
+      <c r="G50" s="258"/>
+      <c r="H50" s="259"/>
+      <c r="I50" s="161"/>
+      <c r="J50" s="210">
+        <v>189.11</v>
+      </c>
+      <c r="K50" s="213"/>
+      <c r="L50" s="214"/>
+      <c r="M50" s="161"/>
+      <c r="N50" s="210"/>
+      <c r="O50" s="213"/>
+      <c r="P50" s="214"/>
+    </row>
+    <row r="51" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A51" s="182" t="s">
+        <v>59</v>
+      </c>
+      <c r="B51" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C51" s="177"/>
+      <c r="D51" s="177"/>
+      <c r="E51" s="257">
+        <v>189.11</v>
+      </c>
+      <c r="F51" s="258"/>
+      <c r="G51" s="258"/>
+      <c r="H51" s="259"/>
+      <c r="I51" s="161"/>
+      <c r="J51" s="210"/>
+      <c r="K51" s="213"/>
+      <c r="L51" s="214"/>
+      <c r="M51" s="161"/>
+      <c r="N51" s="210"/>
+      <c r="O51" s="213"/>
+      <c r="P51" s="214"/>
+    </row>
+    <row r="52" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A52" s="144" t="s">
+        <v>60</v>
+      </c>
+      <c r="B52" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C52" s="177"/>
+      <c r="D52" s="177"/>
+      <c r="E52" s="257">
+        <v>189.11</v>
+      </c>
+      <c r="F52" s="258"/>
+      <c r="G52" s="258"/>
+      <c r="H52" s="259"/>
+      <c r="I52" s="161"/>
+      <c r="J52" s="210">
+        <v>189.11</v>
+      </c>
+      <c r="K52" s="213"/>
+      <c r="L52" s="214"/>
+      <c r="M52" s="161"/>
+      <c r="N52" s="210"/>
+      <c r="O52" s="213"/>
+      <c r="P52" s="214"/>
+    </row>
+    <row r="53" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A53" s="144" t="s">
+        <v>61</v>
+      </c>
+      <c r="B53" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C53" s="177"/>
+      <c r="D53" s="177"/>
+      <c r="E53" s="257">
+        <v>189.11</v>
+      </c>
+      <c r="F53" s="258"/>
+      <c r="G53" s="258"/>
+      <c r="H53" s="259"/>
+      <c r="I53" s="161"/>
+      <c r="J53" s="210"/>
+      <c r="K53" s="213"/>
+      <c r="L53" s="214"/>
+      <c r="M53" s="161"/>
+      <c r="N53" s="210"/>
+      <c r="O53" s="213"/>
+      <c r="P53" s="214"/>
+    </row>
+    <row r="54" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A54" s="144" t="s">
+        <v>62</v>
+      </c>
+      <c r="B54" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C54" s="177"/>
+      <c r="D54" s="177"/>
+      <c r="E54" s="257"/>
+      <c r="F54" s="258"/>
+      <c r="G54" s="258"/>
+      <c r="H54" s="259"/>
+      <c r="I54" s="161"/>
+      <c r="J54" s="210">
+        <v>189.11</v>
+      </c>
+      <c r="K54" s="213"/>
+      <c r="L54" s="214"/>
+      <c r="M54" s="161"/>
+      <c r="N54" s="210"/>
+      <c r="O54" s="213"/>
+      <c r="P54" s="214"/>
+    </row>
+    <row r="55" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A55" s="144" t="s">
+        <v>63</v>
+      </c>
+      <c r="B55" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C55" s="177"/>
+      <c r="D55" s="177"/>
+      <c r="E55" s="257">
+        <v>68.821100000000001</v>
+      </c>
+      <c r="F55" s="258"/>
+      <c r="G55" s="258"/>
+      <c r="H55" s="259"/>
+      <c r="I55" s="161"/>
+      <c r="J55" s="210">
+        <v>68.821100000000001</v>
+      </c>
+      <c r="K55" s="213"/>
+      <c r="L55" s="214"/>
+      <c r="M55" s="161"/>
+      <c r="N55" s="210"/>
+      <c r="O55" s="213"/>
+      <c r="P55" s="214"/>
+    </row>
+    <row r="56" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A56" s="182" t="s">
+        <v>64</v>
+      </c>
+      <c r="B56" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C56" s="177"/>
+      <c r="D56" s="177"/>
+      <c r="E56" s="257">
+        <v>189.11</v>
+      </c>
+      <c r="F56" s="258"/>
+      <c r="G56" s="258"/>
+      <c r="H56" s="259"/>
+      <c r="I56" s="183"/>
+      <c r="J56" s="210">
+        <v>189.11</v>
+      </c>
+      <c r="K56" s="213"/>
+      <c r="L56" s="214"/>
+      <c r="M56" s="183"/>
+      <c r="N56" s="210">
+        <v>114.02</v>
+      </c>
+      <c r="O56" s="213"/>
+      <c r="P56" s="214"/>
+    </row>
+    <row r="57" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A57" s="184" t="s">
+        <v>65</v>
+      </c>
+      <c r="B57" s="185" t="s">
+        <v>51</v>
+      </c>
+      <c r="C57" s="177"/>
+      <c r="D57" s="177"/>
+      <c r="E57" s="257">
+        <v>30.55</v>
+      </c>
+      <c r="F57" s="258"/>
+      <c r="G57" s="258"/>
+      <c r="H57" s="259"/>
+      <c r="I57" s="161"/>
+      <c r="J57" s="210">
+        <v>30.55</v>
+      </c>
+      <c r="K57" s="213"/>
+      <c r="L57" s="214"/>
+      <c r="M57" s="183"/>
+      <c r="N57" s="210">
+        <v>30.55</v>
+      </c>
+      <c r="O57" s="213"/>
+      <c r="P57" s="214"/>
+    </row>
+    <row r="58" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A58" s="184" t="s">
+        <v>66</v>
+      </c>
+      <c r="B58" s="185" t="s">
+        <v>51</v>
+      </c>
+      <c r="C58" s="177"/>
+      <c r="D58" s="177"/>
+      <c r="E58" s="257">
+        <v>30.55</v>
+      </c>
+      <c r="F58" s="258"/>
+      <c r="G58" s="258"/>
+      <c r="H58" s="259"/>
+      <c r="I58" s="161"/>
+      <c r="J58" s="210">
+        <v>30.55</v>
+      </c>
+      <c r="K58" s="213"/>
+      <c r="L58" s="214"/>
+      <c r="M58" s="183"/>
+      <c r="N58" s="210">
+        <v>30.55</v>
+      </c>
+      <c r="O58" s="213"/>
+      <c r="P58" s="214"/>
+    </row>
+    <row r="59" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A59" s="184" t="s">
+        <v>67</v>
+      </c>
+      <c r="B59" s="185" t="s">
+        <v>51</v>
+      </c>
+      <c r="C59" s="177"/>
+      <c r="D59" s="177"/>
+      <c r="E59" s="257">
+        <v>227.7876</v>
+      </c>
+      <c r="F59" s="258"/>
+      <c r="G59" s="258"/>
+      <c r="H59" s="259"/>
+      <c r="I59" s="161">
+        <v>180</v>
+      </c>
+      <c r="J59" s="210">
+        <v>227.7876</v>
+      </c>
+      <c r="K59" s="213"/>
+      <c r="L59" s="214"/>
+      <c r="M59" s="161"/>
+      <c r="N59" s="210">
+        <v>227.7876</v>
+      </c>
+      <c r="O59" s="213"/>
+      <c r="P59" s="214"/>
+    </row>
+    <row r="60" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A60" s="184" t="s">
+        <v>68</v>
+      </c>
+      <c r="B60" s="185" t="s">
+        <v>51</v>
+      </c>
+      <c r="C60" s="177"/>
+      <c r="D60" s="177"/>
+      <c r="E60" s="257">
+        <v>79.740099999999998</v>
+      </c>
+      <c r="F60" s="258"/>
+      <c r="G60" s="258"/>
+      <c r="H60" s="259"/>
+      <c r="I60" s="161"/>
+      <c r="J60" s="210">
+        <v>79.740099999999998</v>
+      </c>
+      <c r="K60" s="213"/>
+      <c r="L60" s="214"/>
+      <c r="M60" s="161"/>
+      <c r="N60" s="210">
+        <v>79.740099999999998</v>
+      </c>
+      <c r="O60" s="213"/>
+      <c r="P60" s="214"/>
+    </row>
+    <row r="61" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A61" s="144" t="s">
+        <v>69</v>
+      </c>
+      <c r="B61" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C61" s="177"/>
+      <c r="D61" s="177"/>
+      <c r="E61" s="257"/>
+      <c r="F61" s="258"/>
+      <c r="G61" s="258"/>
+      <c r="H61" s="259"/>
+      <c r="I61" s="161"/>
+      <c r="J61" s="210">
+        <v>118.60860000000001</v>
+      </c>
+      <c r="K61" s="213"/>
+      <c r="L61" s="214"/>
+      <c r="M61" s="161"/>
+      <c r="N61" s="210"/>
+      <c r="O61" s="213"/>
+      <c r="P61" s="214"/>
+    </row>
+    <row r="62" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A62" s="144" t="s">
+        <v>70</v>
+      </c>
+      <c r="B62" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C62" s="177"/>
+      <c r="D62" s="177"/>
+      <c r="E62" s="257"/>
+      <c r="F62" s="258"/>
+      <c r="G62" s="258"/>
+      <c r="H62" s="259"/>
+      <c r="I62" s="161"/>
+      <c r="J62" s="210">
+        <v>118.61</v>
+      </c>
+      <c r="K62" s="213"/>
+      <c r="L62" s="214"/>
+      <c r="M62" s="161"/>
+      <c r="N62" s="210"/>
+      <c r="O62" s="213"/>
+      <c r="P62" s="214"/>
+    </row>
+    <row r="63" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A63" s="144" t="s">
+        <v>71</v>
+      </c>
+      <c r="B63" s="145" t="s">
+        <v>27</v>
+      </c>
+      <c r="C63" s="177"/>
+      <c r="D63" s="177"/>
+      <c r="E63" s="257">
+        <v>512.46019999999999</v>
+      </c>
+      <c r="F63" s="258"/>
+      <c r="G63" s="258"/>
+      <c r="H63" s="259"/>
+      <c r="I63" s="161"/>
+      <c r="J63" s="210">
+        <v>512.46019999999999</v>
+      </c>
+      <c r="K63" s="213"/>
+      <c r="L63" s="214"/>
+      <c r="M63" s="161"/>
+      <c r="N63" s="210">
+        <v>512.46019999999999</v>
+      </c>
+      <c r="O63" s="213"/>
+      <c r="P63" s="214"/>
+    </row>
+    <row r="64" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A64" s="144" t="s">
+        <v>72</v>
+      </c>
+      <c r="B64" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C64" s="177"/>
+      <c r="D64" s="177"/>
+      <c r="E64" s="257">
+        <v>22.824100000000001</v>
+      </c>
+      <c r="F64" s="258"/>
+      <c r="G64" s="258"/>
+      <c r="H64" s="259"/>
+      <c r="I64" s="161"/>
+      <c r="J64" s="210">
+        <v>22.824100000000001</v>
+      </c>
+      <c r="K64" s="213"/>
+      <c r="L64" s="214"/>
+      <c r="M64" s="161"/>
+      <c r="N64" s="210">
+        <v>22.824100000000001</v>
+      </c>
+      <c r="O64" s="213"/>
+      <c r="P64" s="214"/>
+    </row>
+    <row r="65" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A65" s="144" t="s">
+        <v>73</v>
+      </c>
+      <c r="B65" s="145" t="s">
+        <v>27</v>
+      </c>
+      <c r="C65" s="177"/>
+      <c r="D65" s="177"/>
+      <c r="E65" s="257"/>
+      <c r="F65" s="258"/>
+      <c r="G65" s="258"/>
+      <c r="H65" s="259"/>
+      <c r="I65" s="161"/>
+      <c r="J65" s="210">
+        <v>82.544300000000007</v>
+      </c>
+      <c r="K65" s="213"/>
+      <c r="L65" s="214"/>
+      <c r="M65" s="161"/>
+      <c r="N65" s="210"/>
+      <c r="O65" s="213"/>
+      <c r="P65" s="214"/>
+    </row>
+    <row r="66" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A66" s="144" t="s">
+        <v>74</v>
+      </c>
+      <c r="B66" s="145" t="s">
+        <v>27</v>
+      </c>
+      <c r="C66" s="177"/>
+      <c r="D66" s="177"/>
+      <c r="E66" s="257"/>
+      <c r="F66" s="258"/>
+      <c r="G66" s="258"/>
+      <c r="H66" s="259"/>
+      <c r="I66" s="161"/>
+      <c r="J66" s="210">
+        <v>123.8061</v>
+      </c>
+      <c r="K66" s="213"/>
+      <c r="L66" s="214"/>
+      <c r="M66" s="161"/>
+      <c r="N66" s="210"/>
+      <c r="O66" s="213"/>
+      <c r="P66" s="214"/>
+    </row>
+    <row r="67" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A67" s="148" t="s">
+        <v>75</v>
+      </c>
+      <c r="B67" s="149" t="s">
+        <v>27</v>
+      </c>
+      <c r="C67" s="186"/>
+      <c r="D67" s="186"/>
+      <c r="E67" s="250"/>
+      <c r="F67" s="251"/>
+      <c r="G67" s="251"/>
+      <c r="H67" s="252"/>
+      <c r="I67" s="161"/>
+      <c r="J67" s="215">
+        <v>600</v>
+      </c>
+      <c r="K67" s="218"/>
+      <c r="L67" s="219"/>
+      <c r="M67" s="161"/>
+      <c r="N67" s="215">
+        <v>600</v>
+      </c>
+      <c r="O67" s="218"/>
+      <c r="P67" s="219"/>
+    </row>
+    <row r="68" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="E68" s="161"/>
+      <c r="F68" s="161"/>
+      <c r="G68" s="161"/>
+      <c r="H68" s="161"/>
+      <c r="I68" s="161"/>
+      <c r="J68" s="161"/>
+    </row>
+    <row r="69" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="E69" s="161"/>
+      <c r="F69" s="161"/>
+      <c r="G69" s="161"/>
+      <c r="H69" s="161"/>
+      <c r="I69" s="161"/>
+      <c r="J69" s="161"/>
+    </row>
+    <row r="70" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A70" s="138" t="s">
+        <v>76</v>
+      </c>
+      <c r="B70" s="139" t="s">
+        <v>19</v>
+      </c>
+      <c r="C70" s="140"/>
+      <c r="D70" s="140"/>
+      <c r="E70" s="161"/>
+      <c r="F70" s="161"/>
+      <c r="G70" s="161"/>
+      <c r="H70" s="161"/>
+      <c r="I70" s="161"/>
+      <c r="J70" s="161"/>
+    </row>
+    <row r="71" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A71" s="141" t="s">
+        <v>77</v>
+      </c>
+      <c r="B71" s="142" t="s">
+        <v>78</v>
+      </c>
+      <c r="C71" s="253">
+        <v>28.73</v>
+      </c>
+      <c r="D71" s="254"/>
+      <c r="E71" s="254"/>
+      <c r="F71" s="254"/>
+      <c r="G71" s="254"/>
+      <c r="H71" s="254"/>
+      <c r="I71" s="166"/>
+      <c r="J71" s="254">
+        <v>28.73</v>
+      </c>
+      <c r="K71" s="255"/>
+      <c r="L71" s="255"/>
+      <c r="M71" s="255"/>
+      <c r="N71" s="254">
+        <v>28.73</v>
+      </c>
+      <c r="O71" s="255"/>
+      <c r="P71" s="256"/>
+    </row>
+    <row r="72" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A72" s="144" t="s">
+        <v>79</v>
+      </c>
+      <c r="B72" s="145" t="s">
+        <v>78</v>
+      </c>
+      <c r="C72" s="246">
+        <v>98.51</v>
+      </c>
+      <c r="D72" s="247"/>
+      <c r="E72" s="247"/>
+      <c r="F72" s="247"/>
+      <c r="G72" s="247"/>
+      <c r="H72" s="247"/>
+      <c r="I72" s="169"/>
+      <c r="J72" s="247">
+        <v>98.51</v>
+      </c>
+      <c r="K72" s="248"/>
+      <c r="L72" s="248"/>
+      <c r="M72" s="248"/>
+      <c r="N72" s="247">
+        <v>98.51</v>
+      </c>
+      <c r="O72" s="248"/>
+      <c r="P72" s="249"/>
+    </row>
+    <row r="73" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A73" s="144" t="s">
+        <v>80</v>
+      </c>
+      <c r="B73" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C73" s="246">
+        <v>215.0402</v>
+      </c>
+      <c r="D73" s="247"/>
+      <c r="E73" s="247"/>
+      <c r="F73" s="247"/>
+      <c r="G73" s="247"/>
+      <c r="H73" s="247"/>
+      <c r="I73" s="169"/>
+      <c r="J73" s="247">
+        <v>215.0402</v>
+      </c>
+      <c r="K73" s="248"/>
+      <c r="L73" s="248"/>
+      <c r="M73" s="248"/>
+      <c r="N73" s="247">
+        <v>215.0402</v>
+      </c>
+      <c r="O73" s="248"/>
+      <c r="P73" s="249"/>
+    </row>
+    <row r="74" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A74" s="144" t="s">
+        <v>81</v>
+      </c>
+      <c r="B74" s="145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C74" s="246">
+        <v>165.39660000000001</v>
+      </c>
+      <c r="D74" s="247"/>
+      <c r="E74" s="247"/>
+      <c r="F74" s="247"/>
+      <c r="G74" s="247"/>
+      <c r="H74" s="247"/>
+      <c r="I74" s="169"/>
+      <c r="J74" s="247">
+        <v>165.39660000000001</v>
+      </c>
+      <c r="K74" s="248"/>
+      <c r="L74" s="248"/>
+      <c r="M74" s="248"/>
+      <c r="N74" s="247">
+        <v>165.39660000000001</v>
+      </c>
+      <c r="O74" s="248"/>
+      <c r="P74" s="249"/>
+    </row>
+    <row r="75" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A75" s="144" t="s">
+        <v>82</v>
+      </c>
+      <c r="B75" s="145" t="s">
+        <v>83</v>
+      </c>
+      <c r="C75" s="246">
+        <v>772.78869999999995</v>
+      </c>
+      <c r="D75" s="247"/>
+      <c r="E75" s="247"/>
+      <c r="F75" s="247"/>
+      <c r="G75" s="247"/>
+      <c r="H75" s="247"/>
+      <c r="I75" s="169"/>
+      <c r="J75" s="247">
+        <v>772.78869999999995</v>
+      </c>
+      <c r="K75" s="248"/>
+      <c r="L75" s="248"/>
+      <c r="M75" s="248"/>
+      <c r="N75" s="247">
+        <v>772.78869999999995</v>
+      </c>
+      <c r="O75" s="248"/>
+      <c r="P75" s="249"/>
+    </row>
+    <row r="76" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A76" s="144" t="s">
+        <v>84</v>
+      </c>
+      <c r="B76" s="145" t="s">
+        <v>83</v>
+      </c>
+      <c r="C76" s="246">
+        <v>965.96010000000001</v>
+      </c>
+      <c r="D76" s="247"/>
+      <c r="E76" s="247"/>
+      <c r="F76" s="247"/>
+      <c r="G76" s="247"/>
+      <c r="H76" s="247"/>
+      <c r="I76" s="169"/>
+      <c r="J76" s="247">
+        <v>965.96010000000001</v>
+      </c>
+      <c r="K76" s="248"/>
+      <c r="L76" s="248"/>
+      <c r="M76" s="248"/>
+      <c r="N76" s="247">
+        <v>965.96010000000001</v>
+      </c>
+      <c r="O76" s="248"/>
+      <c r="P76" s="249"/>
+    </row>
+    <row r="77" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A77" s="144" t="s">
+        <v>85</v>
+      </c>
+      <c r="B77" s="145" t="s">
+        <v>83</v>
+      </c>
+      <c r="C77" s="246">
+        <v>12.0489</v>
+      </c>
+      <c r="D77" s="247"/>
+      <c r="E77" s="247"/>
+      <c r="F77" s="247"/>
+      <c r="G77" s="247"/>
+      <c r="H77" s="247"/>
+      <c r="I77" s="169"/>
+      <c r="J77" s="247">
+        <v>12.0489</v>
+      </c>
+      <c r="K77" s="248"/>
+      <c r="L77" s="248"/>
+      <c r="M77" s="248"/>
+      <c r="N77" s="247">
+        <v>12.0489</v>
+      </c>
+      <c r="O77" s="248"/>
+      <c r="P77" s="249"/>
+    </row>
+    <row r="78" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A78" s="144" t="s">
+        <v>86</v>
+      </c>
+      <c r="B78" s="145" t="s">
+        <v>83</v>
+      </c>
+      <c r="C78" s="236">
+        <v>29.9527</v>
+      </c>
+      <c r="D78" s="237"/>
+      <c r="E78" s="237"/>
+      <c r="F78" s="237"/>
+      <c r="G78" s="237"/>
+      <c r="H78" s="237"/>
+      <c r="I78" s="173"/>
+      <c r="J78" s="237">
+        <v>29.9527</v>
+      </c>
+      <c r="K78" s="238"/>
+      <c r="L78" s="238"/>
+      <c r="M78" s="238"/>
+      <c r="N78" s="237">
+        <v>29.9527</v>
+      </c>
+      <c r="O78" s="238"/>
+      <c r="P78" s="239"/>
+    </row>
+    <row r="79" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A79" s="148" t="s">
+        <v>87</v>
+      </c>
+      <c r="B79" s="149" t="s">
+        <v>83</v>
+      </c>
+      <c r="C79" s="240" t="s">
+        <v>88</v>
+      </c>
+      <c r="D79" s="241"/>
+      <c r="E79" s="241"/>
+      <c r="F79" s="241"/>
+      <c r="G79" s="241"/>
+      <c r="H79" s="242"/>
+      <c r="I79" s="161"/>
+      <c r="J79" s="243" t="s">
+        <v>89</v>
+      </c>
+      <c r="K79" s="244"/>
+      <c r="L79" s="244"/>
+      <c r="M79" s="187"/>
+      <c r="N79" s="243" t="s">
+        <v>89</v>
+      </c>
+      <c r="O79" s="244"/>
+      <c r="P79" s="245"/>
+    </row>
+    <row r="80" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A80" s="188"/>
+      <c r="B80" s="189"/>
+      <c r="C80" s="190"/>
+      <c r="D80" s="190"/>
+      <c r="E80" s="161"/>
+      <c r="F80" s="161"/>
+      <c r="G80" s="161"/>
+      <c r="H80" s="161"/>
+      <c r="I80" s="161"/>
+      <c r="J80" s="161"/>
+    </row>
+    <row r="81" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A81" s="233" t="s">
+        <v>90</v>
+      </c>
+      <c r="B81" s="234"/>
+      <c r="C81" s="191"/>
+      <c r="D81" s="191"/>
+      <c r="E81" s="235"/>
+      <c r="F81" s="235"/>
+      <c r="G81" s="235"/>
+      <c r="H81" s="235"/>
+      <c r="I81" s="235"/>
+      <c r="J81" s="235"/>
+    </row>
+    <row r="82" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A82" s="192"/>
+    </row>
+    <row r="83" spans="1:18" ht="30" x14ac:dyDescent="0.3">
+      <c r="A83" s="193" t="s">
+        <v>91</v>
+      </c>
+      <c r="B83" s="139" t="s">
+        <v>19</v>
+      </c>
+      <c r="C83" s="157"/>
+      <c r="D83" s="157"/>
+    </row>
+    <row r="84" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A84" s="194" t="s">
+        <v>92</v>
+      </c>
+      <c r="B84" s="142"/>
+      <c r="C84" s="195"/>
+      <c r="E84" s="235"/>
+      <c r="F84" s="235"/>
+      <c r="G84" s="235"/>
+      <c r="H84" s="235"/>
+      <c r="I84" s="161"/>
+      <c r="J84" s="235"/>
+      <c r="K84" s="235"/>
+      <c r="L84" s="235"/>
+      <c r="M84" s="161"/>
+      <c r="N84" s="235"/>
+      <c r="O84" s="235"/>
+      <c r="P84" s="235"/>
+    </row>
+    <row r="85" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A85" s="196" t="s">
+        <v>93</v>
+      </c>
+      <c r="B85" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C85" s="220">
+        <v>30.03</v>
+      </c>
+      <c r="D85" s="221"/>
+      <c r="E85" s="221"/>
+      <c r="F85" s="221"/>
+      <c r="G85" s="221"/>
+      <c r="H85" s="222"/>
+      <c r="I85" s="197"/>
+      <c r="J85" s="223">
+        <v>22.650000000000002</v>
+      </c>
+      <c r="K85" s="224"/>
+      <c r="L85" s="225"/>
+      <c r="M85" s="198"/>
+      <c r="N85" s="226">
+        <v>19.130000000000003</v>
+      </c>
+      <c r="O85" s="227"/>
+      <c r="P85" s="228"/>
+      <c r="Q85" s="122"/>
+      <c r="R85" s="199"/>
+    </row>
+    <row r="86" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A86" s="196" t="s">
+        <v>94</v>
+      </c>
+      <c r="B86" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C86" s="220">
+        <v>30.430000000000003</v>
+      </c>
+      <c r="D86" s="221"/>
+      <c r="E86" s="221"/>
+      <c r="F86" s="221"/>
+      <c r="G86" s="221"/>
+      <c r="H86" s="222"/>
+      <c r="I86" s="200"/>
+      <c r="J86" s="223">
+        <v>23.01</v>
+      </c>
+      <c r="K86" s="224"/>
+      <c r="L86" s="225"/>
+      <c r="M86" s="201"/>
+      <c r="N86" s="226">
+        <v>19.470000000000002</v>
+      </c>
+      <c r="O86" s="227"/>
+      <c r="P86" s="228"/>
+      <c r="Q86" s="122"/>
+      <c r="R86" s="199"/>
+    </row>
+    <row r="87" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A87" s="196" t="s">
+        <v>95</v>
+      </c>
+      <c r="B87" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C87" s="220">
+        <v>30.830000000000002</v>
+      </c>
+      <c r="D87" s="221"/>
+      <c r="E87" s="221"/>
+      <c r="F87" s="221"/>
+      <c r="G87" s="221"/>
+      <c r="H87" s="222"/>
+      <c r="I87" s="200"/>
+      <c r="J87" s="223">
+        <v>23.380000000000003</v>
+      </c>
+      <c r="K87" s="224"/>
+      <c r="L87" s="225"/>
+      <c r="M87" s="201"/>
+      <c r="N87" s="226">
+        <v>19.82</v>
+      </c>
+      <c r="O87" s="227"/>
+      <c r="P87" s="228"/>
+      <c r="Q87" s="122"/>
+      <c r="R87" s="199"/>
+    </row>
+    <row r="88" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A88" s="196" t="s">
+        <v>96</v>
+      </c>
+      <c r="B88" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C88" s="220">
+        <v>31.64</v>
+      </c>
+      <c r="D88" s="221"/>
+      <c r="E88" s="221"/>
+      <c r="F88" s="221"/>
+      <c r="G88" s="221"/>
+      <c r="H88" s="222"/>
+      <c r="I88" s="200"/>
+      <c r="J88" s="223">
+        <v>24.110000000000003</v>
+      </c>
+      <c r="K88" s="224"/>
+      <c r="L88" s="225"/>
+      <c r="M88" s="201"/>
+      <c r="N88" s="226">
+        <v>20.51</v>
+      </c>
+      <c r="O88" s="227"/>
+      <c r="P88" s="228"/>
+      <c r="Q88" s="122"/>
+      <c r="R88" s="199"/>
+    </row>
+    <row r="89" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A89" s="196" t="s">
+        <v>97</v>
+      </c>
+      <c r="B89" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C89" s="220">
+        <v>32.44</v>
+      </c>
+      <c r="D89" s="221"/>
+      <c r="E89" s="221"/>
+      <c r="F89" s="221"/>
+      <c r="G89" s="221"/>
+      <c r="H89" s="222"/>
+      <c r="I89" s="200"/>
+      <c r="J89" s="223">
+        <v>24.84</v>
+      </c>
+      <c r="K89" s="224"/>
+      <c r="L89" s="225"/>
+      <c r="M89" s="201"/>
+      <c r="N89" s="226">
+        <v>21.21</v>
+      </c>
+      <c r="O89" s="227"/>
+      <c r="P89" s="228"/>
+      <c r="Q89" s="122"/>
+      <c r="R89" s="199"/>
+    </row>
+    <row r="90" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A90" s="196" t="s">
+        <v>98</v>
+      </c>
+      <c r="B90" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C90" s="220">
+        <v>33.239999999999995</v>
+      </c>
+      <c r="D90" s="221"/>
+      <c r="E90" s="221"/>
+      <c r="F90" s="221"/>
+      <c r="G90" s="221"/>
+      <c r="H90" s="222"/>
+      <c r="I90" s="200"/>
+      <c r="J90" s="223">
+        <v>25.57</v>
+      </c>
+      <c r="K90" s="224"/>
+      <c r="L90" s="225"/>
+      <c r="M90" s="201"/>
+      <c r="N90" s="226">
+        <v>21.900000000000002</v>
+      </c>
+      <c r="O90" s="227"/>
+      <c r="P90" s="228"/>
+      <c r="Q90" s="122"/>
+      <c r="R90" s="199"/>
+    </row>
+    <row r="91" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A91" s="196" t="s">
+        <v>99</v>
+      </c>
+      <c r="B91" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C91" s="220">
+        <v>34.04</v>
+      </c>
+      <c r="D91" s="221"/>
+      <c r="E91" s="221"/>
+      <c r="F91" s="221"/>
+      <c r="G91" s="221"/>
+      <c r="H91" s="222"/>
+      <c r="I91" s="200"/>
+      <c r="J91" s="223">
+        <v>26.3</v>
+      </c>
+      <c r="K91" s="224"/>
+      <c r="L91" s="225"/>
+      <c r="M91" s="201"/>
+      <c r="N91" s="226">
+        <v>22.6</v>
+      </c>
+      <c r="O91" s="227"/>
+      <c r="P91" s="228"/>
+      <c r="Q91" s="122"/>
+      <c r="R91" s="199"/>
+    </row>
+    <row r="92" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A92" s="196" t="s">
+        <v>100</v>
+      </c>
+      <c r="B92" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C92" s="220">
+        <v>34.839999999999996</v>
+      </c>
+      <c r="D92" s="221"/>
+      <c r="E92" s="221"/>
+      <c r="F92" s="221"/>
+      <c r="G92" s="221"/>
+      <c r="H92" s="222"/>
+      <c r="I92" s="200"/>
+      <c r="J92" s="223">
+        <v>27.020000000000003</v>
+      </c>
+      <c r="K92" s="224"/>
+      <c r="L92" s="225"/>
+      <c r="M92" s="201"/>
+      <c r="N92" s="226">
+        <v>23.290000000000003</v>
+      </c>
+      <c r="O92" s="227"/>
+      <c r="P92" s="228"/>
+      <c r="Q92" s="122"/>
+      <c r="R92" s="199"/>
+    </row>
+    <row r="93" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A93" s="196" t="s">
+        <v>101</v>
+      </c>
+      <c r="B93" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C93" s="220">
+        <v>35.65</v>
+      </c>
+      <c r="D93" s="221"/>
+      <c r="E93" s="221"/>
+      <c r="F93" s="221"/>
+      <c r="G93" s="221"/>
+      <c r="H93" s="222"/>
+      <c r="I93" s="200"/>
+      <c r="J93" s="223">
+        <v>27.75</v>
+      </c>
+      <c r="K93" s="224"/>
+      <c r="L93" s="225"/>
+      <c r="M93" s="201"/>
+      <c r="N93" s="226">
+        <v>23.98</v>
+      </c>
+      <c r="O93" s="227"/>
+      <c r="P93" s="228"/>
+      <c r="Q93" s="122"/>
+      <c r="R93" s="199"/>
+    </row>
+    <row r="94" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A94" s="196" t="s">
+        <v>102</v>
+      </c>
+      <c r="B94" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C94" s="220">
+        <v>36.449999999999996</v>
+      </c>
+      <c r="D94" s="221"/>
+      <c r="E94" s="221"/>
+      <c r="F94" s="221"/>
+      <c r="G94" s="221"/>
+      <c r="H94" s="222"/>
+      <c r="I94" s="200"/>
+      <c r="J94" s="223">
+        <v>28.48</v>
+      </c>
+      <c r="K94" s="224"/>
+      <c r="L94" s="225"/>
+      <c r="M94" s="201"/>
+      <c r="N94" s="226">
+        <v>24.680000000000003</v>
+      </c>
+      <c r="O94" s="227"/>
+      <c r="P94" s="228"/>
+      <c r="Q94" s="122"/>
+      <c r="R94" s="199"/>
+    </row>
+    <row r="95" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A95" s="196" t="s">
+        <v>103</v>
+      </c>
+      <c r="B95" s="145" t="s">
+        <v>33</v>
+      </c>
+      <c r="C95" s="220">
+        <v>37.25</v>
+      </c>
+      <c r="D95" s="221"/>
+      <c r="E95" s="221"/>
+      <c r="F95" s="221"/>
+      <c r="G95" s="221"/>
+      <c r="H95" s="222"/>
+      <c r="I95" s="200"/>
+      <c r="J95" s="223">
+        <v>29.21</v>
+      </c>
+      <c r="K95" s="224"/>
+      <c r="L95" s="225"/>
+      <c r="M95" s="201"/>
+      <c r="N95" s="226">
+        <v>25.37</v>
+      </c>
+      <c r="O95" s="227"/>
+      <c r="P95" s="228"/>
+      <c r="Q95" s="122"/>
+      <c r="R95" s="199"/>
+    </row>
+    <row r="96" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A96" s="202" t="s">
+        <v>104</v>
+      </c>
+      <c r="B96" s="149" t="s">
+        <v>33</v>
+      </c>
+      <c r="C96" s="220">
+        <v>38.049999999999997</v>
+      </c>
+      <c r="D96" s="221"/>
+      <c r="E96" s="221"/>
+      <c r="F96" s="221"/>
+      <c r="G96" s="221"/>
+      <c r="H96" s="222"/>
+      <c r="I96" s="203"/>
+      <c r="J96" s="223">
+        <v>29.94</v>
+      </c>
+      <c r="K96" s="224"/>
+      <c r="L96" s="225"/>
+      <c r="M96" s="204"/>
+      <c r="N96" s="226">
+        <v>26.07</v>
+      </c>
+      <c r="O96" s="227"/>
+      <c r="P96" s="228"/>
+      <c r="Q96" s="122"/>
+      <c r="R96" s="199"/>
+    </row>
+    <row r="97" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A97" s="192"/>
+      <c r="R97" s="199"/>
+    </row>
+    <row r="98" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A98" s="205" t="s">
+        <v>105</v>
+      </c>
+      <c r="B98" s="139" t="s">
+        <v>19</v>
+      </c>
+      <c r="C98" s="157"/>
+      <c r="D98" s="157"/>
+      <c r="R98" s="199"/>
+    </row>
+    <row r="99" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A99" s="194" t="s">
+        <v>92</v>
+      </c>
+      <c r="B99" s="142"/>
+      <c r="C99" s="206"/>
+      <c r="D99" s="207"/>
+      <c r="E99" s="229"/>
+      <c r="F99" s="230"/>
+      <c r="G99" s="230"/>
+      <c r="H99" s="231"/>
+      <c r="I99" s="161"/>
+      <c r="J99" s="232"/>
+      <c r="K99" s="229"/>
+      <c r="L99" s="229"/>
+      <c r="M99" s="208"/>
+      <c r="N99" s="232"/>
+      <c r="O99" s="230"/>
+      <c r="P99" s="231"/>
+    </row>
+    <row r="100" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A100" s="196" t="s">
+        <v>93</v>
+      </c>
+      <c r="B100" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C100" s="210">
+        <v>190.0899</v>
+      </c>
+      <c r="D100" s="211"/>
+      <c r="E100" s="211"/>
+      <c r="F100" s="211"/>
+      <c r="G100" s="211"/>
+      <c r="H100" s="212"/>
+      <c r="I100" s="161"/>
+      <c r="J100" s="210">
+        <v>143.37450000000001</v>
+      </c>
+      <c r="K100" s="213"/>
+      <c r="L100" s="213"/>
+      <c r="M100" s="214"/>
+      <c r="N100" s="210">
+        <v>121.09290000000001</v>
+      </c>
+      <c r="O100" s="213"/>
+      <c r="P100" s="214"/>
+    </row>
+    <row r="101" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A101" s="196" t="s">
+        <v>94</v>
+      </c>
+      <c r="B101" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C101" s="210">
+        <v>192.62190000000001</v>
+      </c>
+      <c r="D101" s="211"/>
+      <c r="E101" s="211"/>
+      <c r="F101" s="211"/>
+      <c r="G101" s="211"/>
+      <c r="H101" s="212"/>
+      <c r="I101" s="161"/>
+      <c r="J101" s="210">
+        <v>145.6533</v>
+      </c>
+      <c r="K101" s="213"/>
+      <c r="L101" s="213"/>
+      <c r="M101" s="214"/>
+      <c r="N101" s="210">
+        <v>123.24510000000002</v>
+      </c>
+      <c r="O101" s="213"/>
+      <c r="P101" s="214"/>
+    </row>
+    <row r="102" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A102" s="196" t="s">
+        <v>95</v>
+      </c>
+      <c r="B102" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C102" s="210">
+        <v>195.15390000000002</v>
+      </c>
+      <c r="D102" s="211"/>
+      <c r="E102" s="211"/>
+      <c r="F102" s="211"/>
+      <c r="G102" s="211"/>
+      <c r="H102" s="212"/>
+      <c r="I102" s="161"/>
+      <c r="J102" s="210">
+        <v>147.99540000000002</v>
+      </c>
+      <c r="K102" s="213"/>
+      <c r="L102" s="213"/>
+      <c r="M102" s="214"/>
+      <c r="N102" s="210">
+        <v>125.4606</v>
+      </c>
+      <c r="O102" s="213"/>
+      <c r="P102" s="214"/>
+    </row>
+    <row r="103" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A103" s="196" t="s">
+        <v>96</v>
+      </c>
+      <c r="B103" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C103" s="210">
+        <v>200.28120000000001</v>
+      </c>
+      <c r="D103" s="211"/>
+      <c r="E103" s="211"/>
+      <c r="F103" s="211"/>
+      <c r="G103" s="211"/>
+      <c r="H103" s="212"/>
+      <c r="I103" s="161"/>
+      <c r="J103" s="210">
+        <v>152.61630000000002</v>
+      </c>
+      <c r="K103" s="213"/>
+      <c r="L103" s="213"/>
+      <c r="M103" s="214"/>
+      <c r="N103" s="210">
+        <v>129.82830000000001</v>
+      </c>
+      <c r="O103" s="213"/>
+      <c r="P103" s="214"/>
+    </row>
+    <row r="104" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A104" s="196" t="s">
+        <v>97</v>
+      </c>
+      <c r="B104" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C104" s="210">
+        <v>205.34519999999998</v>
+      </c>
+      <c r="D104" s="211"/>
+      <c r="E104" s="211"/>
+      <c r="F104" s="211"/>
+      <c r="G104" s="211"/>
+      <c r="H104" s="212"/>
+      <c r="I104" s="161"/>
+      <c r="J104" s="210">
+        <v>157.2372</v>
+      </c>
+      <c r="K104" s="213"/>
+      <c r="L104" s="213"/>
+      <c r="M104" s="214"/>
+      <c r="N104" s="210">
+        <v>134.2593</v>
+      </c>
+      <c r="O104" s="213"/>
+      <c r="P104" s="214"/>
+    </row>
+    <row r="105" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A105" s="196" t="s">
+        <v>98</v>
+      </c>
+      <c r="B105" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C105" s="210">
+        <v>210.40919999999997</v>
+      </c>
+      <c r="D105" s="211"/>
+      <c r="E105" s="211"/>
+      <c r="F105" s="211"/>
+      <c r="G105" s="211"/>
+      <c r="H105" s="212"/>
+      <c r="I105" s="161"/>
+      <c r="J105" s="210">
+        <v>161.85810000000001</v>
+      </c>
+      <c r="K105" s="213"/>
+      <c r="L105" s="213"/>
+      <c r="M105" s="214"/>
+      <c r="N105" s="210">
+        <v>138.62700000000001</v>
+      </c>
+      <c r="O105" s="213"/>
+      <c r="P105" s="214"/>
+    </row>
+    <row r="106" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A106" s="196" t="s">
+        <v>99</v>
+      </c>
+      <c r="B106" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C106" s="210">
+        <v>215.47319999999999</v>
+      </c>
+      <c r="D106" s="211"/>
+      <c r="E106" s="211"/>
+      <c r="F106" s="211"/>
+      <c r="G106" s="211"/>
+      <c r="H106" s="212"/>
+      <c r="I106" s="161"/>
+      <c r="J106" s="210">
+        <v>166.47900000000001</v>
+      </c>
+      <c r="K106" s="213"/>
+      <c r="L106" s="213"/>
+      <c r="M106" s="214"/>
+      <c r="N106" s="210">
+        <v>143.05800000000002</v>
+      </c>
+      <c r="O106" s="213"/>
+      <c r="P106" s="214"/>
+    </row>
+    <row r="107" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A107" s="196" t="s">
+        <v>100</v>
+      </c>
+      <c r="B107" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C107" s="210">
+        <v>220.53719999999998</v>
+      </c>
+      <c r="D107" s="211"/>
+      <c r="E107" s="211"/>
+      <c r="F107" s="211"/>
+      <c r="G107" s="211"/>
+      <c r="H107" s="212"/>
+      <c r="I107" s="161"/>
+      <c r="J107" s="210">
+        <v>171.03660000000002</v>
+      </c>
+      <c r="K107" s="213"/>
+      <c r="L107" s="213"/>
+      <c r="M107" s="214"/>
+      <c r="N107" s="210">
+        <v>147.42570000000001</v>
+      </c>
+      <c r="O107" s="213"/>
+      <c r="P107" s="214"/>
+    </row>
+    <row r="108" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A108" s="196" t="s">
+        <v>101</v>
+      </c>
+      <c r="B108" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C108" s="210">
+        <v>225.6645</v>
+      </c>
+      <c r="D108" s="211"/>
+      <c r="E108" s="211"/>
+      <c r="F108" s="211"/>
+      <c r="G108" s="211"/>
+      <c r="H108" s="212"/>
+      <c r="I108" s="161"/>
+      <c r="J108" s="210">
+        <v>175.6575</v>
+      </c>
+      <c r="K108" s="213"/>
+      <c r="L108" s="213"/>
+      <c r="M108" s="214"/>
+      <c r="N108" s="210">
+        <v>151.79339999999999</v>
+      </c>
+      <c r="O108" s="213"/>
+      <c r="P108" s="214"/>
+    </row>
+    <row r="109" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A109" s="196" t="s">
+        <v>102</v>
+      </c>
+      <c r="B109" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C109" s="210">
+        <v>230.72849999999997</v>
+      </c>
+      <c r="D109" s="211"/>
+      <c r="E109" s="211"/>
+      <c r="F109" s="211"/>
+      <c r="G109" s="211"/>
+      <c r="H109" s="212"/>
+      <c r="I109" s="161"/>
+      <c r="J109" s="210">
+        <v>180.2784</v>
+      </c>
+      <c r="K109" s="213"/>
+      <c r="L109" s="213"/>
+      <c r="M109" s="214"/>
+      <c r="N109" s="210">
+        <v>156.22440000000003</v>
+      </c>
+      <c r="O109" s="213"/>
+      <c r="P109" s="214"/>
+    </row>
+    <row r="110" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A110" s="196" t="s">
+        <v>103</v>
+      </c>
+      <c r="B110" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="C110" s="210">
+        <v>235.79249999999999</v>
+      </c>
+      <c r="D110" s="211"/>
+      <c r="E110" s="211"/>
+      <c r="F110" s="211"/>
+      <c r="G110" s="211"/>
+      <c r="H110" s="212"/>
+      <c r="I110" s="161"/>
+      <c r="J110" s="210">
+        <v>184.89930000000001</v>
+      </c>
+      <c r="K110" s="213"/>
+      <c r="L110" s="213"/>
+      <c r="M110" s="214"/>
+      <c r="N110" s="210">
+        <v>160.59210000000002</v>
+      </c>
+      <c r="O110" s="213"/>
+      <c r="P110" s="214"/>
+    </row>
+    <row r="111" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A111" s="202" t="s">
+        <v>106</v>
+      </c>
+      <c r="B111" s="149" t="s">
+        <v>51</v>
+      </c>
+      <c r="C111" s="215">
+        <v>240.85649999999998</v>
+      </c>
+      <c r="D111" s="216"/>
+      <c r="E111" s="216"/>
+      <c r="F111" s="216"/>
+      <c r="G111" s="216"/>
+      <c r="H111" s="217"/>
+      <c r="I111" s="209"/>
+      <c r="J111" s="215">
+        <v>189.52020000000002</v>
+      </c>
+      <c r="K111" s="218"/>
+      <c r="L111" s="218"/>
+      <c r="M111" s="219"/>
+      <c r="N111" s="215">
+        <v>165.0231</v>
+      </c>
+      <c r="O111" s="218"/>
+      <c r="P111" s="219"/>
+    </row>
+    <row r="112" spans="1:18" x14ac:dyDescent="0.3">
+      <c r="A112" s="192"/>
+    </row>
+    <row r="114" spans="5:17" x14ac:dyDescent="0.3">
+      <c r="E114" s="121"/>
+      <c r="F114" s="121"/>
+      <c r="G114" s="121"/>
+      <c r="H114" s="121"/>
+      <c r="I114" s="121"/>
+      <c r="J114" s="121"/>
+      <c r="K114" s="121"/>
+      <c r="L114" s="121"/>
+      <c r="M114" s="121"/>
+      <c r="N114" s="121"/>
+      <c r="O114" s="121"/>
+      <c r="P114" s="121"/>
+      <c r="Q114" s="121"/>
+    </row>
+    <row r="115" spans="5:17" x14ac:dyDescent="0.3">
+      <c r="E115" s="121"/>
+      <c r="F115" s="121"/>
+      <c r="G115" s="121"/>
+      <c r="H115" s="121"/>
+      <c r="I115" s="121"/>
+      <c r="J115" s="121"/>
+      <c r="K115" s="121"/>
+      <c r="L115" s="121"/>
+      <c r="M115" s="121"/>
+      <c r="N115" s="121"/>
+      <c r="O115" s="121"/>
+      <c r="P115" s="121"/>
+      <c r="Q115" s="121"/>
+    </row>
+    <row r="116" spans="5:17" x14ac:dyDescent="0.3">
+      <c r="E116" s="121"/>
+      <c r="F116" s="121"/>
+      <c r="G116" s="121"/>
+      <c r="H116" s="121"/>
+      <c r="I116" s="121"/>
+      <c r="J116" s="121"/>
+      <c r="K116" s="121"/>
+      <c r="L116" s="121"/>
+      <c r="M116" s="121"/>
+      <c r="N116" s="121"/>
+      <c r="O116" s="121"/>
+      <c r="P116" s="121"/>
+      <c r="Q116" s="121"/>
+    </row>
+    <row r="117" spans="5:17" x14ac:dyDescent="0.3">
+      <c r="E117" s="121"/>
+      <c r="F117" s="121"/>
+      <c r="G117" s="121"/>
+      <c r="H117" s="121"/>
+      <c r="I117" s="121"/>
+      <c r="J117" s="121"/>
+      <c r="K117" s="121"/>
+      <c r="L117" s="121"/>
+      <c r="M117" s="121"/>
+      <c r="N117" s="121"/>
+      <c r="O117" s="121"/>
+      <c r="P117" s="121"/>
+      <c r="Q117" s="121"/>
+    </row>
+    <row r="118" spans="5:17" x14ac:dyDescent="0.3">
+      <c r="E118" s="121"/>
+      <c r="F118" s="121"/>
+      <c r="G118" s="121"/>
+      <c r="H118" s="121"/>
+      <c r="I118" s="121"/>
+      <c r="J118" s="121"/>
+      <c r="K118" s="121"/>
+      <c r="L118" s="121"/>
+      <c r="M118" s="121"/>
+      <c r="N118" s="121"/>
+      <c r="O118" s="121"/>
+      <c r="P118" s="121"/>
+      <c r="Q118" s="121"/>
+    </row>
+    <row r="119" spans="5:17" x14ac:dyDescent="0.3">
+      <c r="E119" s="121"/>
+      <c r="F119" s="121"/>
+      <c r="G119" s="121"/>
+      <c r="H119" s="121"/>
+      <c r="I119" s="121"/>
+      <c r="J119" s="121"/>
+      <c r="K119" s="121"/>
+      <c r="L119" s="121"/>
+      <c r="M119" s="121"/>
+      <c r="N119" s="121"/>
+      <c r="O119" s="121"/>
+      <c r="P119" s="121"/>
+      <c r="Q119" s="121"/>
+    </row>
+    <row r="120" spans="5:17" x14ac:dyDescent="0.3">
+      <c r="E120" s="121"/>
+      <c r="F120" s="121"/>
+      <c r="G120" s="121"/>
+      <c r="H120" s="121"/>
+      <c r="I120" s="121"/>
+      <c r="J120" s="121"/>
+      <c r="K120" s="121"/>
+      <c r="L120" s="121"/>
+      <c r="M120" s="121"/>
+      <c r="N120" s="121"/>
+      <c r="O120" s="121"/>
+      <c r="P120" s="121"/>
+      <c r="Q120" s="121"/>
+    </row>
+    <row r="121" spans="5:17" x14ac:dyDescent="0.3">
+      <c r="E121" s="121"/>
+      <c r="F121" s="121"/>
+      <c r="G121" s="121"/>
+      <c r="H121" s="121"/>
+      <c r="I121" s="121"/>
+      <c r="J121" s="121"/>
+      <c r="K121" s="121"/>
+      <c r="L121" s="121"/>
+      <c r="M121" s="121"/>
+      <c r="N121" s="121"/>
+      <c r="O121" s="121"/>
+      <c r="P121" s="121"/>
+      <c r="Q121" s="121"/>
+    </row>
+    <row r="122" spans="5:17" x14ac:dyDescent="0.3">
+      <c r="E122" s="121"/>
+      <c r="F122" s="121"/>
+      <c r="G122" s="121"/>
+      <c r="H122" s="121"/>
+      <c r="I122" s="121"/>
+      <c r="J122" s="121"/>
+      <c r="K122" s="121"/>
+      <c r="L122" s="121"/>
+      <c r="M122" s="121"/>
+      <c r="N122" s="121"/>
+      <c r="O122" s="121"/>
+      <c r="P122" s="121"/>
+      <c r="Q122" s="121"/>
+    </row>
+    <row r="123" spans="5:17" x14ac:dyDescent="0.3">
+      <c r="E123" s="121"/>
+      <c r="F123" s="121"/>
+      <c r="G123" s="121"/>
+      <c r="H123" s="121"/>
+      <c r="I123" s="121"/>
+      <c r="J123" s="121"/>
+      <c r="K123" s="121"/>
+      <c r="L123" s="121"/>
+      <c r="M123" s="121"/>
+      <c r="N123" s="121"/>
+      <c r="O123" s="121"/>
+      <c r="P123" s="121"/>
+      <c r="Q123" s="121"/>
+    </row>
+    <row r="124" spans="5:17" x14ac:dyDescent="0.3">
+      <c r="E124" s="121"/>
+      <c r="F124" s="121"/>
+      <c r="G124" s="121"/>
+      <c r="H124" s="121"/>
+      <c r="I124" s="121"/>
+      <c r="J124" s="121"/>
+      <c r="K124" s="121"/>
+      <c r="L124" s="121"/>
+      <c r="M124" s="121"/>
+      <c r="N124" s="121"/>
+      <c r="O124" s="121"/>
+      <c r="P124" s="121"/>
+      <c r="Q124" s="121"/>
+    </row>
+    <row r="125" spans="5:17" x14ac:dyDescent="0.3">
+      <c r="E125" s="121"/>
+      <c r="F125" s="121"/>
+      <c r="G125" s="121"/>
+      <c r="H125" s="121"/>
+      <c r="I125" s="121"/>
+      <c r="J125" s="121"/>
+      <c r="K125" s="121"/>
+      <c r="L125" s="121"/>
+      <c r="M125" s="121"/>
+      <c r="N125" s="121"/>
+      <c r="O125" s="121"/>
+      <c r="P125" s="121"/>
+      <c r="Q125" s="121"/>
+    </row>
+    <row r="126" spans="5:17" x14ac:dyDescent="0.3">
+      <c r="E126" s="121"/>
+      <c r="F126" s="121"/>
+      <c r="G126" s="121"/>
+      <c r="H126" s="121"/>
+      <c r="I126" s="121"/>
+      <c r="J126" s="121"/>
+      <c r="K126" s="121"/>
+      <c r="L126" s="121"/>
+      <c r="M126" s="121"/>
+      <c r="N126" s="121"/>
+      <c r="O126" s="121"/>
+      <c r="P126" s="121"/>
+      <c r="Q126" s="121"/>
+    </row>
+    <row r="127" spans="5:17" x14ac:dyDescent="0.3">
+      <c r="E127" s="121"/>
+      <c r="F127" s="121"/>
+      <c r="G127" s="121"/>
+      <c r="H127" s="121"/>
+      <c r="I127" s="121"/>
+      <c r="J127" s="121"/>
+      <c r="K127" s="121"/>
+      <c r="L127" s="121"/>
+      <c r="M127" s="121"/>
+      <c r="N127" s="121"/>
+      <c r="O127" s="121"/>
+      <c r="P127" s="121"/>
+      <c r="Q127" s="121"/>
+    </row>
+  </sheetData>
+  <mergeCells count="245">
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="E21:H21"/>
+    <mergeCell ref="J21:L21"/>
+    <mergeCell ref="N21:P21"/>
+    <mergeCell ref="E23:J23"/>
+    <mergeCell ref="C6:P6"/>
+    <mergeCell ref="R6:S6"/>
+    <mergeCell ref="A8:B10"/>
+    <mergeCell ref="C8:D9"/>
+    <mergeCell ref="E8:H9"/>
+    <mergeCell ref="J8:L9"/>
+    <mergeCell ref="N8:P9"/>
+    <mergeCell ref="C26:H26"/>
+    <mergeCell ref="J26:L26"/>
+    <mergeCell ref="N26:P26"/>
+    <mergeCell ref="C27:H27"/>
+    <mergeCell ref="J27:L27"/>
+    <mergeCell ref="N27:P27"/>
+    <mergeCell ref="C24:H24"/>
+    <mergeCell ref="J24:L24"/>
+    <mergeCell ref="N24:P24"/>
+    <mergeCell ref="C25:H25"/>
+    <mergeCell ref="J25:L25"/>
+    <mergeCell ref="N25:P25"/>
+    <mergeCell ref="E32:H32"/>
+    <mergeCell ref="J32:L32"/>
+    <mergeCell ref="N32:P32"/>
+    <mergeCell ref="E33:H33"/>
+    <mergeCell ref="J33:L33"/>
+    <mergeCell ref="N33:P33"/>
+    <mergeCell ref="C28:H28"/>
+    <mergeCell ref="J28:L28"/>
+    <mergeCell ref="N28:P28"/>
+    <mergeCell ref="C29:H29"/>
+    <mergeCell ref="J29:L29"/>
+    <mergeCell ref="N29:P29"/>
+    <mergeCell ref="J36:L36"/>
+    <mergeCell ref="N36:P36"/>
+    <mergeCell ref="E37:H37"/>
+    <mergeCell ref="J37:L37"/>
+    <mergeCell ref="N37:P37"/>
+    <mergeCell ref="E38:H38"/>
+    <mergeCell ref="J38:L38"/>
+    <mergeCell ref="N38:P38"/>
+    <mergeCell ref="E34:H34"/>
+    <mergeCell ref="J34:L34"/>
+    <mergeCell ref="N34:P34"/>
+    <mergeCell ref="E35:H35"/>
+    <mergeCell ref="J35:L35"/>
+    <mergeCell ref="N35:P35"/>
+    <mergeCell ref="E41:H41"/>
+    <mergeCell ref="J41:L41"/>
+    <mergeCell ref="N41:P41"/>
+    <mergeCell ref="E42:H42"/>
+    <mergeCell ref="J42:L42"/>
+    <mergeCell ref="N42:P42"/>
+    <mergeCell ref="E39:H39"/>
+    <mergeCell ref="J39:L39"/>
+    <mergeCell ref="N39:P39"/>
+    <mergeCell ref="E40:H40"/>
+    <mergeCell ref="J40:L40"/>
+    <mergeCell ref="N40:P40"/>
+    <mergeCell ref="E45:H45"/>
+    <mergeCell ref="J45:L45"/>
+    <mergeCell ref="N45:P45"/>
+    <mergeCell ref="E46:H46"/>
+    <mergeCell ref="J46:L46"/>
+    <mergeCell ref="N46:P46"/>
+    <mergeCell ref="E43:H43"/>
+    <mergeCell ref="J43:L43"/>
+    <mergeCell ref="N43:P43"/>
+    <mergeCell ref="E44:H44"/>
+    <mergeCell ref="J44:L44"/>
+    <mergeCell ref="N44:P44"/>
+    <mergeCell ref="E49:H49"/>
+    <mergeCell ref="J49:L49"/>
+    <mergeCell ref="N49:P49"/>
+    <mergeCell ref="E50:H50"/>
+    <mergeCell ref="J50:L50"/>
+    <mergeCell ref="N50:P50"/>
+    <mergeCell ref="E47:H47"/>
+    <mergeCell ref="J47:L47"/>
+    <mergeCell ref="N47:P47"/>
+    <mergeCell ref="E48:H48"/>
+    <mergeCell ref="J48:L48"/>
+    <mergeCell ref="N48:P48"/>
+    <mergeCell ref="E53:H53"/>
+    <mergeCell ref="J53:L53"/>
+    <mergeCell ref="N53:P53"/>
+    <mergeCell ref="E54:H54"/>
+    <mergeCell ref="J54:L54"/>
+    <mergeCell ref="N54:P54"/>
+    <mergeCell ref="E51:H51"/>
+    <mergeCell ref="J51:L51"/>
+    <mergeCell ref="N51:P51"/>
+    <mergeCell ref="E52:H52"/>
+    <mergeCell ref="J52:L52"/>
+    <mergeCell ref="N52:P52"/>
+    <mergeCell ref="E57:H57"/>
+    <mergeCell ref="J57:L57"/>
+    <mergeCell ref="N57:P57"/>
+    <mergeCell ref="E58:H58"/>
+    <mergeCell ref="J58:L58"/>
+    <mergeCell ref="N58:P58"/>
+    <mergeCell ref="E55:H55"/>
+    <mergeCell ref="J55:L55"/>
+    <mergeCell ref="N55:P55"/>
+    <mergeCell ref="E56:H56"/>
+    <mergeCell ref="J56:L56"/>
+    <mergeCell ref="N56:P56"/>
+    <mergeCell ref="E61:H61"/>
+    <mergeCell ref="J61:L61"/>
+    <mergeCell ref="N61:P61"/>
+    <mergeCell ref="E62:H62"/>
+    <mergeCell ref="J62:L62"/>
+    <mergeCell ref="N62:P62"/>
+    <mergeCell ref="E59:H59"/>
+    <mergeCell ref="J59:L59"/>
+    <mergeCell ref="N59:P59"/>
+    <mergeCell ref="E60:H60"/>
+    <mergeCell ref="J60:L60"/>
+    <mergeCell ref="N60:P60"/>
+    <mergeCell ref="E65:H65"/>
+    <mergeCell ref="J65:L65"/>
+    <mergeCell ref="N65:P65"/>
+    <mergeCell ref="E66:H66"/>
+    <mergeCell ref="J66:L66"/>
+    <mergeCell ref="N66:P66"/>
+    <mergeCell ref="E63:H63"/>
+    <mergeCell ref="J63:L63"/>
+    <mergeCell ref="N63:P63"/>
+    <mergeCell ref="E64:H64"/>
+    <mergeCell ref="J64:L64"/>
+    <mergeCell ref="N64:P64"/>
+    <mergeCell ref="C72:H72"/>
+    <mergeCell ref="J72:M72"/>
+    <mergeCell ref="N72:P72"/>
+    <mergeCell ref="C73:H73"/>
+    <mergeCell ref="J73:M73"/>
+    <mergeCell ref="N73:P73"/>
+    <mergeCell ref="E67:H67"/>
+    <mergeCell ref="J67:L67"/>
+    <mergeCell ref="N67:P67"/>
+    <mergeCell ref="C71:H71"/>
+    <mergeCell ref="J71:M71"/>
+    <mergeCell ref="N71:P71"/>
+    <mergeCell ref="C76:H76"/>
+    <mergeCell ref="J76:M76"/>
+    <mergeCell ref="N76:P76"/>
+    <mergeCell ref="C77:H77"/>
+    <mergeCell ref="J77:M77"/>
+    <mergeCell ref="N77:P77"/>
+    <mergeCell ref="C74:H74"/>
+    <mergeCell ref="J74:M74"/>
+    <mergeCell ref="N74:P74"/>
+    <mergeCell ref="C75:H75"/>
+    <mergeCell ref="J75:M75"/>
+    <mergeCell ref="N75:P75"/>
+    <mergeCell ref="A81:B81"/>
+    <mergeCell ref="E81:J81"/>
+    <mergeCell ref="E84:H84"/>
+    <mergeCell ref="J84:L84"/>
+    <mergeCell ref="N84:P84"/>
+    <mergeCell ref="C85:H85"/>
+    <mergeCell ref="J85:L85"/>
+    <mergeCell ref="N85:P85"/>
+    <mergeCell ref="C78:H78"/>
+    <mergeCell ref="J78:M78"/>
+    <mergeCell ref="N78:P78"/>
+    <mergeCell ref="C79:H79"/>
+    <mergeCell ref="J79:L79"/>
+    <mergeCell ref="N79:P79"/>
+    <mergeCell ref="C88:H88"/>
+    <mergeCell ref="J88:L88"/>
+    <mergeCell ref="N88:P88"/>
+    <mergeCell ref="C89:H89"/>
+    <mergeCell ref="J89:L89"/>
+    <mergeCell ref="N89:P89"/>
+    <mergeCell ref="C86:H86"/>
+    <mergeCell ref="J86:L86"/>
+    <mergeCell ref="N86:P86"/>
+    <mergeCell ref="C87:H87"/>
+    <mergeCell ref="J87:L87"/>
+    <mergeCell ref="N87:P87"/>
+    <mergeCell ref="C92:H92"/>
+    <mergeCell ref="J92:L92"/>
+    <mergeCell ref="N92:P92"/>
+    <mergeCell ref="C93:H93"/>
+    <mergeCell ref="J93:L93"/>
+    <mergeCell ref="N93:P93"/>
+    <mergeCell ref="C90:H90"/>
+    <mergeCell ref="J90:L90"/>
+    <mergeCell ref="N90:P90"/>
+    <mergeCell ref="C91:H91"/>
+    <mergeCell ref="J91:L91"/>
+    <mergeCell ref="N91:P91"/>
+    <mergeCell ref="C96:H96"/>
+    <mergeCell ref="J96:L96"/>
+    <mergeCell ref="N96:P96"/>
+    <mergeCell ref="E99:H99"/>
+    <mergeCell ref="J99:L99"/>
+    <mergeCell ref="N99:P99"/>
+    <mergeCell ref="C94:H94"/>
+    <mergeCell ref="J94:L94"/>
+    <mergeCell ref="N94:P94"/>
+    <mergeCell ref="C95:H95"/>
+    <mergeCell ref="J95:L95"/>
+    <mergeCell ref="N95:P95"/>
+    <mergeCell ref="C102:H102"/>
+    <mergeCell ref="J102:M102"/>
+    <mergeCell ref="N102:P102"/>
+    <mergeCell ref="C103:H103"/>
+    <mergeCell ref="J103:M103"/>
+    <mergeCell ref="N103:P103"/>
+    <mergeCell ref="C100:H100"/>
+    <mergeCell ref="J100:M100"/>
+    <mergeCell ref="N100:P100"/>
+    <mergeCell ref="C101:H101"/>
+    <mergeCell ref="J101:M101"/>
+    <mergeCell ref="N101:P101"/>
+    <mergeCell ref="C106:H106"/>
+    <mergeCell ref="J106:M106"/>
+    <mergeCell ref="N106:P106"/>
+    <mergeCell ref="C107:H107"/>
+    <mergeCell ref="J107:M107"/>
+    <mergeCell ref="N107:P107"/>
+    <mergeCell ref="C104:H104"/>
+    <mergeCell ref="J104:M104"/>
+    <mergeCell ref="N104:P104"/>
+    <mergeCell ref="C105:H105"/>
+    <mergeCell ref="J105:M105"/>
+    <mergeCell ref="N105:P105"/>
+    <mergeCell ref="C110:H110"/>
+    <mergeCell ref="J110:M110"/>
+    <mergeCell ref="N110:P110"/>
+    <mergeCell ref="C111:H111"/>
+    <mergeCell ref="J111:M111"/>
+    <mergeCell ref="N111:P111"/>
+    <mergeCell ref="C108:H108"/>
+    <mergeCell ref="J108:M108"/>
+    <mergeCell ref="N108:P108"/>
+    <mergeCell ref="C109:H109"/>
+    <mergeCell ref="J109:M109"/>
+    <mergeCell ref="N109:P109"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0" right="0" top="0.19685039370078741" bottom="0.19685039370078741" header="0" footer="0.19685039370078741"/>
+  <pageSetup paperSize="9" scale="56" fitToHeight="2" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="68" max="15" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
 </file>
 
-<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C839AC1C-330E-4F9C-A11C-90D74B932B52}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A1:Q122"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:H23"/>
+    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="C3" sqref="C3:P3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="40.109375" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="8" width="15.6640625" style="4" customWidth="1"/>
+    <col min="1" max="1" width="40.140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="28.7109375" style="2" customWidth="1"/>
+    <col min="3" max="4" width="15.7109375" style="2" customWidth="1"/>
+    <col min="5" max="8" width="15.7109375" style="4" customWidth="1"/>
     <col min="9" max="9" width="1" style="4" hidden="1" customWidth="1"/>
-    <col min="10" max="12" width="15.6640625" style="4" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="19" max="16384" width="11.44140625" style="1"/>
+    <col min="10" max="12" width="15.7109375" style="4" customWidth="1"/>
+    <col min="13" max="13" width="0.85546875" style="4" hidden="1" customWidth="1"/>
+    <col min="14" max="16" width="15.7109375" style="4" customWidth="1"/>
+    <col min="17" max="17" width="11.42578125" style="1"/>
+    <col min="18" max="18" width="14.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-      <c r="C3" s="154" t="s">
+    <row r="1" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="O1" s="83"/>
+    </row>
+    <row r="3" spans="1:17" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="C3" s="362" t="s">
         <v>0</v>
       </c>
-      <c r="D3" s="154"/>
-[...11 lines deleted...]
-      <c r="P3" s="154"/>
+      <c r="D3" s="362"/>
+      <c r="E3" s="362"/>
+      <c r="F3" s="362"/>
+      <c r="G3" s="362"/>
+      <c r="H3" s="362"/>
+      <c r="I3" s="362"/>
+      <c r="J3" s="362"/>
+      <c r="K3" s="362"/>
+      <c r="L3" s="362"/>
+      <c r="M3" s="362"/>
+      <c r="N3" s="362"/>
+      <c r="O3" s="362"/>
+      <c r="P3" s="362"/>
       <c r="Q3" s="5"/>
     </row>
-    <row r="4" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:17" x14ac:dyDescent="0.3">
       <c r="O4" s="6"/>
       <c r="P4" s="6"/>
     </row>
-    <row r="5" spans="1:17" x14ac:dyDescent="0.35">
-      <c r="A5" s="155" t="s">
+    <row r="5" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A5" s="363" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="156"/>
-      <c r="C5" s="161" t="s">
+      <c r="B5" s="364"/>
+      <c r="C5" s="369" t="s">
         <v>2</v>
       </c>
-      <c r="D5" s="161"/>
-      <c r="E5" s="161" t="s">
+      <c r="D5" s="369"/>
+      <c r="E5" s="369" t="s">
         <v>3</v>
       </c>
-      <c r="F5" s="161"/>
-[...1 lines deleted...]
-      <c r="H5" s="161"/>
+      <c r="F5" s="369"/>
+      <c r="G5" s="369"/>
+      <c r="H5" s="369"/>
       <c r="I5" s="7"/>
-      <c r="J5" s="161" t="s">
+      <c r="J5" s="369" t="s">
         <v>4</v>
       </c>
-      <c r="K5" s="161"/>
-      <c r="L5" s="161"/>
+      <c r="K5" s="369"/>
+      <c r="L5" s="369"/>
       <c r="M5" s="7"/>
-      <c r="N5" s="161" t="s">
+      <c r="N5" s="369" t="s">
         <v>5</v>
       </c>
-      <c r="O5" s="161"/>
-[...10 lines deleted...]
-      <c r="H6" s="161"/>
+      <c r="O5" s="369"/>
+      <c r="P5" s="369"/>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A6" s="365"/>
+      <c r="B6" s="366"/>
+      <c r="C6" s="369"/>
+      <c r="D6" s="369"/>
+      <c r="E6" s="369"/>
+      <c r="F6" s="369"/>
+      <c r="G6" s="369"/>
+      <c r="H6" s="369"/>
       <c r="I6" s="8"/>
-      <c r="J6" s="161"/>
-[...1 lines deleted...]
-      <c r="L6" s="161"/>
+      <c r="J6" s="369"/>
+      <c r="K6" s="369"/>
+      <c r="L6" s="369"/>
       <c r="M6" s="8"/>
-      <c r="N6" s="161"/>
-[...5 lines deleted...]
-      <c r="B7" s="160"/>
+      <c r="N6" s="369"/>
+      <c r="O6" s="369"/>
+      <c r="P6" s="369"/>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A7" s="367"/>
+      <c r="B7" s="368"/>
       <c r="C7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>7</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>8</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>9</v>
       </c>
       <c r="G7" s="11" t="s">
         <v>10</v>
       </c>
       <c r="H7" s="12" t="s">
         <v>11</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="13" t="s">
         <v>12</v>
       </c>
       <c r="K7" s="11" t="s">
         <v>13</v>
       </c>
       <c r="L7" s="12" t="s">
         <v>14</v>
       </c>
       <c r="M7" s="6"/>
       <c r="N7" s="13" t="s">
         <v>15</v>
       </c>
       <c r="O7" s="11" t="s">
         <v>16</v>
       </c>
       <c r="P7" s="12" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="8" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:17" x14ac:dyDescent="0.3">
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
     </row>
-    <row r="9" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A9" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="16"/>
       <c r="D9" s="16"/>
     </row>
-    <row r="10" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A10" s="17" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="18" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="19">
         <v>1578.7</v>
       </c>
       <c r="D10" s="19">
         <v>1578.7</v>
       </c>
       <c r="E10" s="19">
         <v>1457.13</v>
       </c>
       <c r="F10" s="19">
         <v>1457.13</v>
       </c>
       <c r="G10" s="19">
         <v>1457.13</v>
       </c>
       <c r="H10" s="19">
         <v>1457.13</v>
       </c>
       <c r="I10" s="19" t="e">
         <v>#REF!</v>
       </c>
       <c r="J10" s="19">
         <v>1430.91</v>
       </c>
       <c r="K10" s="19">
         <v>1430.91</v>
       </c>
       <c r="L10" s="19">
         <v>1430.91</v>
       </c>
       <c r="M10" s="19" t="e">
         <v>#REF!</v>
       </c>
       <c r="N10" s="19">
         <v>1358.82</v>
       </c>
       <c r="O10" s="19">
         <v>1358.82</v>
       </c>
       <c r="P10" s="19">
         <v>1358.82</v>
       </c>
     </row>
-    <row r="11" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A11" s="20" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="22">
         <v>1149.5662499999999</v>
       </c>
       <c r="D11" s="22">
         <v>1063.1762500000004</v>
       </c>
       <c r="E11" s="22">
         <v>909.87000000000023</v>
       </c>
       <c r="F11" s="22">
         <v>800.09187499999973</v>
       </c>
       <c r="G11" s="22">
         <v>690.37249999999983</v>
       </c>
       <c r="H11" s="22">
         <v>580.60125000000005</v>
       </c>
       <c r="I11" s="22" t="e">
         <v>#REF!</v>
       </c>
       <c r="J11" s="22">
         <v>496.52000000000004</v>
       </c>
       <c r="K11" s="22">
         <v>411.25749999999999</v>
       </c>
       <c r="L11" s="22">
         <v>326.00187499999998</v>
       </c>
       <c r="M11" s="22" t="e">
         <v>#REF!</v>
       </c>
       <c r="N11" s="22">
         <v>311.34687500000007</v>
       </c>
       <c r="O11" s="22">
         <v>226.09124999999986</v>
       </c>
       <c r="P11" s="22">
         <v>140.801875</v>
       </c>
     </row>
-    <row r="12" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A12" s="20" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="22">
         <v>2728.2662499999997</v>
       </c>
       <c r="D12" s="22">
         <v>2641.8762500000003</v>
       </c>
       <c r="E12" s="22">
         <v>2367.0000000000005</v>
       </c>
       <c r="F12" s="22">
         <v>2257.2218749999997</v>
       </c>
       <c r="G12" s="22">
         <v>2147.5025000000001</v>
       </c>
       <c r="H12" s="22">
         <v>2037.7312500000003</v>
       </c>
       <c r="I12" s="23" t="e">
         <v>#REF!</v>
       </c>
       <c r="J12" s="22">
         <v>1927.43</v>
       </c>
       <c r="K12" s="22">
         <v>1842.1675</v>
       </c>
       <c r="L12" s="22">
         <v>1756.911875</v>
       </c>
       <c r="M12" s="23" t="e">
         <v>#REF!</v>
       </c>
       <c r="N12" s="22">
         <v>1670.1668749999999</v>
       </c>
       <c r="O12" s="22">
         <v>1584.9112499999999</v>
       </c>
       <c r="P12" s="22">
         <v>1499.6218749999998</v>
       </c>
     </row>
-    <row r="13" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A13" s="20" t="s">
         <v>25</v>
       </c>
       <c r="B13" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="22">
         <v>3254.4469599999998</v>
       </c>
       <c r="D13" s="22">
         <v>3168.0569600000003</v>
       </c>
       <c r="E13" s="22">
         <v>2852.6614290000002</v>
       </c>
       <c r="F13" s="22">
         <v>2742.883304</v>
       </c>
       <c r="G13" s="22">
         <v>2633.1639289999998</v>
       </c>
       <c r="H13" s="22">
         <v>2523.392679</v>
       </c>
       <c r="I13" s="23" t="e">
         <v>#REF!</v>
       </c>
       <c r="J13" s="22">
         <v>2404.3523030000001</v>
       </c>
       <c r="K13" s="22">
         <v>2319.0898029999998</v>
       </c>
       <c r="L13" s="22">
         <v>2233.8341780000001</v>
       </c>
       <c r="M13" s="23" t="e">
         <v>#REF!</v>
       </c>
       <c r="N13" s="22">
         <v>2123.0615809999999</v>
       </c>
       <c r="O13" s="22">
         <v>2037.8059559999997</v>
       </c>
       <c r="P13" s="22">
         <v>1952.5165809999999</v>
       </c>
     </row>
-    <row r="14" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A14" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B14" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="26">
         <v>1777.01</v>
       </c>
       <c r="D14" s="26">
         <v>1777.01</v>
       </c>
       <c r="E14" s="26">
         <v>1777.01</v>
       </c>
       <c r="F14" s="26">
         <v>1777.01</v>
       </c>
       <c r="G14" s="26">
         <v>1777.01</v>
       </c>
       <c r="H14" s="26">
         <v>1777.01</v>
       </c>
       <c r="I14" s="26">
         <v>1505.81</v>
       </c>
       <c r="J14" s="26">
         <v>1777.01</v>
       </c>
       <c r="K14" s="26">
         <v>1777.01</v>
       </c>
       <c r="L14" s="26">
         <v>1777.01</v>
       </c>
       <c r="M14" s="26">
         <v>1505.81</v>
       </c>
       <c r="N14" s="26">
         <v>1777.01</v>
       </c>
       <c r="O14" s="26">
         <v>1777.01</v>
       </c>
       <c r="P14" s="26">
         <v>1777.01</v>
       </c>
     </row>
-    <row r="15" spans="1:17" x14ac:dyDescent="0.35">
-      <c r="A15" s="149" t="s">
+    <row r="15" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A15" s="357" t="s">
         <v>28</v>
       </c>
-      <c r="B15" s="150"/>
+      <c r="B15" s="358"/>
       <c r="C15" s="27">
         <v>45955.46</v>
       </c>
       <c r="D15" s="27">
         <v>44573.22</v>
       </c>
       <c r="E15" s="28">
         <v>40134.68</v>
       </c>
       <c r="F15" s="29">
         <v>38378.230000000003</v>
       </c>
       <c r="G15" s="29">
         <v>36622.720000000001</v>
       </c>
       <c r="H15" s="30">
         <v>34866.380000000005</v>
       </c>
       <c r="I15" s="31" t="e">
         <v>#REF!</v>
       </c>
       <c r="J15" s="28">
         <v>33092.82</v>
       </c>
       <c r="K15" s="29">
         <v>31728.62</v>
       </c>
       <c r="L15" s="30">
         <v>30364.53</v>
       </c>
       <c r="M15" s="31" t="e">
         <v>#REF!</v>
       </c>
       <c r="N15" s="28">
         <v>28952.579999999998</v>
       </c>
       <c r="O15" s="29">
         <v>27588.489999999998</v>
       </c>
       <c r="P15" s="30">
         <v>26223.859999999997</v>
       </c>
     </row>
-    <row r="16" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:17" x14ac:dyDescent="0.3">
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A17" s="14" t="s">
         <v>29</v>
       </c>
       <c r="B17" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="16"/>
       <c r="D17" s="16"/>
-      <c r="E17" s="115"/>
-[...6 lines deleted...]
-    <row r="18" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="E17" s="323"/>
+      <c r="F17" s="323"/>
+      <c r="G17" s="323"/>
+      <c r="H17" s="323"/>
+      <c r="I17" s="323"/>
+      <c r="J17" s="323"/>
+    </row>
+    <row r="18" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A18" s="32" t="s">
         <v>30</v>
       </c>
       <c r="B18" s="33" t="s">
         <v>27</v>
       </c>
-      <c r="C18" s="151">
+      <c r="C18" s="359">
         <v>1289.27</v>
       </c>
-      <c r="D18" s="152"/>
-      <c r="E18" s="151">
+      <c r="D18" s="360"/>
+      <c r="E18" s="359">
         <v>1189.99</v>
       </c>
-      <c r="F18" s="153"/>
-[...1 lines deleted...]
-      <c r="H18" s="152"/>
+      <c r="F18" s="361"/>
+      <c r="G18" s="361"/>
+      <c r="H18" s="360"/>
       <c r="I18" s="34"/>
-      <c r="J18" s="151">
+      <c r="J18" s="359">
         <v>1168.58</v>
       </c>
-      <c r="K18" s="153"/>
-      <c r="L18" s="153"/>
+      <c r="K18" s="361"/>
+      <c r="L18" s="361"/>
       <c r="M18" s="35"/>
-      <c r="N18" s="151">
+      <c r="N18" s="359">
         <v>1109.71</v>
       </c>
-      <c r="O18" s="153"/>
-[...2 lines deleted...]
-    <row r="19" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O18" s="361"/>
+      <c r="P18" s="360"/>
+    </row>
+    <row r="19" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="36"/>
       <c r="J19" s="2"/>
       <c r="N19" s="2"/>
       <c r="P19" s="37"/>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A20" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B20" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="16"/>
       <c r="D20" s="16"/>
-      <c r="E20" s="115"/>
-[...6 lines deleted...]
-    <row r="21" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="E20" s="323"/>
+      <c r="F20" s="323"/>
+      <c r="G20" s="323"/>
+      <c r="H20" s="323"/>
+      <c r="I20" s="323"/>
+      <c r="J20" s="323"/>
+    </row>
+    <row r="21" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A21" s="38" t="s">
         <v>32</v>
       </c>
       <c r="B21" s="39" t="s">
         <v>33</v>
       </c>
-      <c r="C21" s="162">
+      <c r="C21" s="370">
         <v>1.9002999999999999</v>
       </c>
-      <c r="D21" s="163"/>
-[...3 lines deleted...]
-      <c r="H21" s="163"/>
+      <c r="D21" s="371"/>
+      <c r="E21" s="371"/>
+      <c r="F21" s="371"/>
+      <c r="G21" s="371"/>
+      <c r="H21" s="371"/>
       <c r="I21" s="40"/>
-      <c r="J21" s="125">
+      <c r="J21" s="333">
         <v>1.8695999999999999</v>
       </c>
-      <c r="K21" s="126"/>
-      <c r="L21" s="126"/>
+      <c r="K21" s="334"/>
+      <c r="L21" s="334"/>
       <c r="M21" s="40"/>
-      <c r="N21" s="125">
+      <c r="N21" s="333">
         <v>1.736</v>
       </c>
-      <c r="O21" s="126"/>
-[...2 lines deleted...]
-    <row r="22" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O21" s="334"/>
+      <c r="P21" s="335"/>
+    </row>
+    <row r="22" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A22" s="41" t="s">
         <v>34</v>
       </c>
       <c r="B22" s="42" t="s">
         <v>33</v>
       </c>
-      <c r="C22" s="145">
+      <c r="C22" s="353">
         <v>2.0442</v>
       </c>
-      <c r="D22" s="146"/>
-[...3 lines deleted...]
-      <c r="H22" s="146"/>
+      <c r="D22" s="354"/>
+      <c r="E22" s="354"/>
+      <c r="F22" s="354"/>
+      <c r="G22" s="354"/>
+      <c r="H22" s="354"/>
       <c r="I22" s="43"/>
-      <c r="J22" s="117">
+      <c r="J22" s="325">
         <v>2.0237000000000003</v>
       </c>
-      <c r="K22" s="118"/>
-      <c r="L22" s="118"/>
+      <c r="K22" s="326"/>
+      <c r="L22" s="326"/>
       <c r="M22" s="43"/>
-      <c r="N22" s="117">
+      <c r="N22" s="325">
         <v>1.9107000000000001</v>
       </c>
-      <c r="O22" s="118"/>
-[...2 lines deleted...]
-    <row r="23" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O22" s="326"/>
+      <c r="P22" s="327"/>
+    </row>
+    <row r="23" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A23" s="41" t="s">
         <v>35</v>
       </c>
       <c r="B23" s="42" t="s">
         <v>33</v>
       </c>
-      <c r="C23" s="145">
+      <c r="C23" s="353">
         <v>2.2393000000000001</v>
       </c>
-      <c r="D23" s="146"/>
-[...3 lines deleted...]
-      <c r="H23" s="146"/>
+      <c r="D23" s="354"/>
+      <c r="E23" s="354"/>
+      <c r="F23" s="354"/>
+      <c r="G23" s="354"/>
+      <c r="H23" s="354"/>
       <c r="I23" s="43"/>
-      <c r="J23" s="117">
+      <c r="J23" s="325">
         <v>2.1880000000000002</v>
       </c>
-      <c r="K23" s="118"/>
-      <c r="L23" s="118"/>
+      <c r="K23" s="326"/>
+      <c r="L23" s="326"/>
       <c r="M23" s="43"/>
-      <c r="N23" s="117">
+      <c r="N23" s="325">
         <v>2.0442</v>
       </c>
-      <c r="O23" s="118"/>
-[...2 lines deleted...]
-    <row r="24" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O23" s="326"/>
+      <c r="P23" s="327"/>
+    </row>
+    <row r="24" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A24" s="41" t="s">
         <v>36</v>
       </c>
       <c r="B24" s="42" t="s">
         <v>33</v>
       </c>
-      <c r="C24" s="145">
+      <c r="C24" s="353">
         <v>2.3729</v>
       </c>
-      <c r="D24" s="146"/>
-[...3 lines deleted...]
-      <c r="H24" s="146"/>
+      <c r="D24" s="354"/>
+      <c r="E24" s="354"/>
+      <c r="F24" s="354"/>
+      <c r="G24" s="354"/>
+      <c r="H24" s="354"/>
       <c r="I24" s="43"/>
-      <c r="J24" s="117">
+      <c r="J24" s="325">
         <v>2.3421000000000003</v>
       </c>
-      <c r="K24" s="118"/>
-      <c r="L24" s="118"/>
+      <c r="K24" s="326"/>
+      <c r="L24" s="326"/>
       <c r="M24" s="43"/>
-      <c r="N24" s="117">
+      <c r="N24" s="325">
         <v>2.2291000000000003</v>
       </c>
-      <c r="O24" s="118"/>
-[...2 lines deleted...]
-    <row r="25" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O24" s="326"/>
+      <c r="P24" s="327"/>
+    </row>
+    <row r="25" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A25" s="44" t="s">
         <v>37</v>
       </c>
       <c r="B25" s="45" t="s">
         <v>33</v>
       </c>
-      <c r="C25" s="145">
+      <c r="C25" s="353">
         <v>2.5372000000000003</v>
       </c>
-      <c r="D25" s="146"/>
-[...3 lines deleted...]
-      <c r="H25" s="146"/>
+      <c r="D25" s="354"/>
+      <c r="E25" s="354"/>
+      <c r="F25" s="354"/>
+      <c r="G25" s="354"/>
+      <c r="H25" s="354"/>
       <c r="I25" s="43"/>
-      <c r="J25" s="117">
+      <c r="J25" s="325">
         <v>2.5166000000000004</v>
       </c>
-      <c r="K25" s="118"/>
-      <c r="L25" s="118"/>
+      <c r="K25" s="326"/>
+      <c r="L25" s="326"/>
       <c r="M25" s="43"/>
-      <c r="N25" s="117">
+      <c r="N25" s="325">
         <v>2.3523000000000001</v>
       </c>
-      <c r="O25" s="118"/>
-[...2 lines deleted...]
-    <row r="26" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O25" s="326"/>
+      <c r="P25" s="327"/>
+    </row>
+    <row r="26" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A26" s="46" t="s">
         <v>38</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>21</v>
       </c>
-      <c r="C26" s="147">
+      <c r="C26" s="355">
         <v>91.141800000000003</v>
       </c>
-      <c r="D26" s="148"/>
-[...3 lines deleted...]
-      <c r="H26" s="148"/>
+      <c r="D26" s="356"/>
+      <c r="E26" s="356"/>
+      <c r="F26" s="356"/>
+      <c r="G26" s="356"/>
+      <c r="H26" s="356"/>
       <c r="I26" s="47"/>
-      <c r="J26" s="121">
+      <c r="J26" s="329">
         <v>91.141800000000003</v>
       </c>
-      <c r="K26" s="122"/>
-      <c r="L26" s="122"/>
+      <c r="K26" s="330"/>
+      <c r="L26" s="330"/>
       <c r="M26" s="47"/>
-      <c r="N26" s="121">
+      <c r="N26" s="329">
         <v>91.141800000000003</v>
       </c>
-      <c r="O26" s="122"/>
-[...2 lines deleted...]
-    <row r="28" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O26" s="330"/>
+      <c r="P26" s="331"/>
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A28" s="14" t="s">
         <v>39</v>
       </c>
       <c r="B28" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A29" s="17" t="s">
         <v>40</v>
       </c>
       <c r="B29" s="18" t="s">
         <v>21</v>
       </c>
       <c r="C29" s="48"/>
       <c r="D29" s="48"/>
-      <c r="E29" s="142">
+      <c r="E29" s="350">
         <v>177.9693</v>
       </c>
-      <c r="F29" s="143"/>
-[...1 lines deleted...]
-      <c r="H29" s="144"/>
+      <c r="F29" s="351"/>
+      <c r="G29" s="351"/>
+      <c r="H29" s="352"/>
       <c r="I29" s="34"/>
-      <c r="J29" s="97"/>
-[...1 lines deleted...]
-      <c r="L29" s="96"/>
+      <c r="J29" s="305"/>
+      <c r="K29" s="303"/>
+      <c r="L29" s="304"/>
       <c r="M29" s="49"/>
-      <c r="N29" s="97"/>
-[...3 lines deleted...]
-    <row r="30" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N29" s="305"/>
+      <c r="O29" s="303"/>
+      <c r="P29" s="304"/>
+    </row>
+    <row r="30" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A30" s="20" t="s">
         <v>41</v>
       </c>
       <c r="B30" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C30" s="50"/>
       <c r="D30" s="50"/>
-      <c r="E30" s="128">
+      <c r="E30" s="336">
         <v>163.11000000000001</v>
       </c>
-      <c r="F30" s="129"/>
-[...1 lines deleted...]
-      <c r="H30" s="130"/>
+      <c r="F30" s="337"/>
+      <c r="G30" s="337"/>
+      <c r="H30" s="338"/>
       <c r="I30" s="34"/>
-      <c r="J30" s="89"/>
-[...1 lines deleted...]
-      <c r="L30" s="93"/>
+      <c r="J30" s="297"/>
+      <c r="K30" s="300"/>
+      <c r="L30" s="301"/>
       <c r="M30" s="34"/>
-      <c r="N30" s="89"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N30" s="297"/>
+      <c r="O30" s="300"/>
+      <c r="P30" s="301"/>
+    </row>
+    <row r="31" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A31" s="20" t="s">
         <v>42</v>
       </c>
       <c r="B31" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C31" s="50"/>
       <c r="D31" s="50"/>
-      <c r="E31" s="128"/>
-[...2 lines deleted...]
-      <c r="H31" s="130"/>
+      <c r="E31" s="336"/>
+      <c r="F31" s="337"/>
+      <c r="G31" s="337"/>
+      <c r="H31" s="338"/>
       <c r="I31" s="34"/>
-      <c r="J31" s="89">
+      <c r="J31" s="297">
         <v>189.11420000000001</v>
       </c>
-      <c r="K31" s="92"/>
-      <c r="L31" s="93"/>
+      <c r="K31" s="300"/>
+      <c r="L31" s="301"/>
       <c r="M31" s="34"/>
-      <c r="N31" s="89"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N31" s="297"/>
+      <c r="O31" s="300"/>
+      <c r="P31" s="301"/>
+    </row>
+    <row r="32" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A32" s="20" t="s">
         <v>43</v>
       </c>
       <c r="B32" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="22">
         <v>261.18</v>
       </c>
       <c r="D32" s="22">
         <v>174.14</v>
       </c>
-      <c r="E32" s="128"/>
-[...2 lines deleted...]
-      <c r="H32" s="130"/>
+      <c r="E32" s="336"/>
+      <c r="F32" s="337"/>
+      <c r="G32" s="337"/>
+      <c r="H32" s="338"/>
       <c r="I32" s="34"/>
-      <c r="J32" s="89"/>
-[...1 lines deleted...]
-      <c r="L32" s="93"/>
+      <c r="J32" s="297"/>
+      <c r="K32" s="300"/>
+      <c r="L32" s="301"/>
       <c r="M32" s="34"/>
-      <c r="N32" s="89"/>
-[...3 lines deleted...]
-    <row r="33" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N32" s="297"/>
+      <c r="O32" s="300"/>
+      <c r="P32" s="301"/>
+    </row>
+    <row r="33" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A33" s="20" t="s">
         <v>44</v>
       </c>
       <c r="B33" s="21" t="s">
         <v>45</v>
       </c>
       <c r="C33" s="50"/>
       <c r="D33" s="50"/>
-      <c r="E33" s="128">
+      <c r="E33" s="336">
         <v>474.38259999999997</v>
       </c>
-      <c r="F33" s="129"/>
-[...1 lines deleted...]
-      <c r="H33" s="130"/>
+      <c r="F33" s="337"/>
+      <c r="G33" s="337"/>
+      <c r="H33" s="338"/>
       <c r="I33" s="34"/>
-      <c r="J33" s="89">
+      <c r="J33" s="297">
         <v>474.38259999999997</v>
       </c>
-      <c r="K33" s="92"/>
-      <c r="L33" s="93"/>
+      <c r="K33" s="300"/>
+      <c r="L33" s="301"/>
       <c r="M33" s="34"/>
-      <c r="N33" s="89"/>
-[...3 lines deleted...]
-    <row r="34" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N33" s="297"/>
+      <c r="O33" s="300"/>
+      <c r="P33" s="301"/>
+    </row>
+    <row r="34" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A34" s="20" t="s">
         <v>46</v>
       </c>
       <c r="B34" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C34" s="50"/>
       <c r="D34" s="50"/>
-      <c r="E34" s="128"/>
-[...2 lines deleted...]
-      <c r="H34" s="130"/>
+      <c r="E34" s="336"/>
+      <c r="F34" s="337"/>
+      <c r="G34" s="337"/>
+      <c r="H34" s="338"/>
       <c r="I34" s="34"/>
-      <c r="J34" s="89">
+      <c r="J34" s="297">
         <v>172.83340000000001</v>
       </c>
-      <c r="K34" s="92"/>
-      <c r="L34" s="93"/>
+      <c r="K34" s="300"/>
+      <c r="L34" s="301"/>
       <c r="M34" s="34"/>
-      <c r="N34" s="89"/>
-[...3 lines deleted...]
-    <row r="35" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N34" s="297"/>
+      <c r="O34" s="300"/>
+      <c r="P34" s="301"/>
+    </row>
+    <row r="35" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A35" s="20" t="s">
         <v>47</v>
       </c>
       <c r="B35" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C35" s="50"/>
       <c r="D35" s="50"/>
-      <c r="E35" s="128"/>
-[...2 lines deleted...]
-      <c r="H35" s="130"/>
+      <c r="E35" s="336"/>
+      <c r="F35" s="337"/>
+      <c r="G35" s="337"/>
+      <c r="H35" s="338"/>
       <c r="I35" s="34"/>
-      <c r="J35" s="89">
+      <c r="J35" s="297">
         <v>7.92</v>
       </c>
-      <c r="K35" s="92"/>
-      <c r="L35" s="93"/>
+      <c r="K35" s="300"/>
+      <c r="L35" s="301"/>
       <c r="M35" s="34"/>
-      <c r="N35" s="89"/>
-[...3 lines deleted...]
-    <row r="36" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N35" s="297"/>
+      <c r="O35" s="300"/>
+      <c r="P35" s="301"/>
+    </row>
+    <row r="36" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A36" s="20" t="s">
         <v>48</v>
       </c>
       <c r="B36" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="50"/>
       <c r="D36" s="50"/>
-      <c r="E36" s="128"/>
-[...2 lines deleted...]
-      <c r="H36" s="130"/>
+      <c r="E36" s="336"/>
+      <c r="F36" s="337"/>
+      <c r="G36" s="337"/>
+      <c r="H36" s="338"/>
       <c r="I36" s="34"/>
-      <c r="J36" s="136">
+      <c r="J36" s="344">
         <v>10.92</v>
       </c>
-      <c r="K36" s="137"/>
-      <c r="L36" s="138"/>
+      <c r="K36" s="345"/>
+      <c r="L36" s="346"/>
       <c r="M36" s="34"/>
-      <c r="N36" s="139"/>
-[...3 lines deleted...]
-    <row r="37" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N36" s="347"/>
+      <c r="O36" s="348"/>
+      <c r="P36" s="349"/>
+    </row>
+    <row r="37" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A37" s="20" t="s">
         <v>49</v>
       </c>
       <c r="B37" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C37" s="50"/>
       <c r="D37" s="50"/>
-      <c r="E37" s="128"/>
-[...2 lines deleted...]
-      <c r="H37" s="130"/>
+      <c r="E37" s="336"/>
+      <c r="F37" s="337"/>
+      <c r="G37" s="337"/>
+      <c r="H37" s="338"/>
       <c r="I37" s="34"/>
-      <c r="J37" s="136">
+      <c r="J37" s="344">
         <v>10.92</v>
       </c>
-      <c r="K37" s="137"/>
-      <c r="L37" s="138"/>
+      <c r="K37" s="345"/>
+      <c r="L37" s="346"/>
       <c r="M37" s="34"/>
-      <c r="N37" s="139"/>
-[...3 lines deleted...]
-    <row r="38" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N37" s="347"/>
+      <c r="O37" s="348"/>
+      <c r="P37" s="349"/>
+    </row>
+    <row r="38" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A38" s="20" t="s">
         <v>50</v>
       </c>
       <c r="B38" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C38" s="50"/>
       <c r="D38" s="50"/>
-      <c r="E38" s="128"/>
-[...2 lines deleted...]
-      <c r="H38" s="130"/>
+      <c r="E38" s="336"/>
+      <c r="F38" s="337"/>
+      <c r="G38" s="337"/>
+      <c r="H38" s="338"/>
       <c r="I38" s="34"/>
-      <c r="J38" s="89">
+      <c r="J38" s="297">
         <v>0.65749999999999997</v>
       </c>
-      <c r="K38" s="92"/>
-      <c r="L38" s="93"/>
+      <c r="K38" s="300"/>
+      <c r="L38" s="301"/>
       <c r="M38" s="34"/>
-      <c r="N38" s="89"/>
-[...3 lines deleted...]
-    <row r="39" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N38" s="297"/>
+      <c r="O38" s="300"/>
+      <c r="P38" s="301"/>
+    </row>
+    <row r="39" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A39" s="20" t="s">
         <v>52</v>
       </c>
       <c r="B39" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C39" s="50"/>
       <c r="D39" s="50"/>
-      <c r="E39" s="128"/>
-[...2 lines deleted...]
-      <c r="H39" s="130"/>
+      <c r="E39" s="336"/>
+      <c r="F39" s="337"/>
+      <c r="G39" s="337"/>
+      <c r="H39" s="338"/>
       <c r="I39" s="34"/>
-      <c r="J39" s="89">
+      <c r="J39" s="297">
         <v>0.59589999999999999</v>
       </c>
-      <c r="K39" s="92"/>
-      <c r="L39" s="93"/>
+      <c r="K39" s="300"/>
+      <c r="L39" s="301"/>
       <c r="M39" s="34"/>
-      <c r="N39" s="89"/>
-[...3 lines deleted...]
-    <row r="40" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N39" s="297"/>
+      <c r="O39" s="300"/>
+      <c r="P39" s="301"/>
+    </row>
+    <row r="40" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A40" s="20" t="s">
         <v>53</v>
       </c>
       <c r="B40" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C40" s="50"/>
       <c r="D40" s="50"/>
-      <c r="E40" s="128">
+      <c r="E40" s="336">
         <v>41.621400000000001</v>
       </c>
-      <c r="F40" s="129"/>
-[...1 lines deleted...]
-      <c r="H40" s="130"/>
+      <c r="F40" s="337"/>
+      <c r="G40" s="337"/>
+      <c r="H40" s="338"/>
       <c r="I40" s="34"/>
-      <c r="J40" s="89">
+      <c r="J40" s="297">
         <v>41.621400000000001</v>
       </c>
-      <c r="K40" s="92"/>
-      <c r="L40" s="93"/>
+      <c r="K40" s="300"/>
+      <c r="L40" s="301"/>
       <c r="M40" s="34"/>
-      <c r="N40" s="89"/>
-[...3 lines deleted...]
-    <row r="41" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N40" s="297"/>
+      <c r="O40" s="300"/>
+      <c r="P40" s="301"/>
+    </row>
+    <row r="41" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A41" s="20" t="s">
         <v>54</v>
       </c>
       <c r="B41" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C41" s="50"/>
       <c r="D41" s="50"/>
-      <c r="E41" s="128">
+      <c r="E41" s="336">
         <v>129.12690000000001</v>
       </c>
-      <c r="F41" s="129"/>
-[...1 lines deleted...]
-      <c r="H41" s="130"/>
+      <c r="F41" s="337"/>
+      <c r="G41" s="337"/>
+      <c r="H41" s="338"/>
       <c r="I41" s="34"/>
-      <c r="J41" s="89">
+      <c r="J41" s="297">
         <v>129.12690000000001</v>
       </c>
-      <c r="K41" s="92"/>
-      <c r="L41" s="93"/>
+      <c r="K41" s="300"/>
+      <c r="L41" s="301"/>
       <c r="M41" s="34"/>
-      <c r="N41" s="89"/>
-[...3 lines deleted...]
-    <row r="42" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N41" s="297"/>
+      <c r="O41" s="300"/>
+      <c r="P41" s="301"/>
+    </row>
+    <row r="42" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A42" s="20" t="s">
         <v>55</v>
       </c>
       <c r="B42" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C42" s="50"/>
       <c r="D42" s="50"/>
-      <c r="E42" s="128"/>
-[...2 lines deleted...]
-      <c r="H42" s="130"/>
+      <c r="E42" s="336"/>
+      <c r="F42" s="337"/>
+      <c r="G42" s="337"/>
+      <c r="H42" s="338"/>
       <c r="I42" s="34"/>
-      <c r="J42" s="89">
+      <c r="J42" s="297">
         <v>120.37530000000001</v>
       </c>
-      <c r="K42" s="92"/>
-      <c r="L42" s="93"/>
+      <c r="K42" s="300"/>
+      <c r="L42" s="301"/>
       <c r="M42" s="34"/>
-      <c r="N42" s="89"/>
-[...3 lines deleted...]
-    <row r="43" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N42" s="297"/>
+      <c r="O42" s="300"/>
+      <c r="P42" s="301"/>
+    </row>
+    <row r="43" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A43" s="20" t="s">
         <v>56</v>
       </c>
       <c r="B43" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C43" s="50"/>
       <c r="D43" s="50"/>
-      <c r="E43" s="128">
+      <c r="E43" s="336">
         <v>177.9693</v>
       </c>
-      <c r="F43" s="129"/>
-[...1 lines deleted...]
-      <c r="H43" s="130"/>
+      <c r="F43" s="337"/>
+      <c r="G43" s="337"/>
+      <c r="H43" s="338"/>
       <c r="I43" s="34"/>
-      <c r="J43" s="89"/>
-[...1 lines deleted...]
-      <c r="L43" s="93"/>
+      <c r="J43" s="297"/>
+      <c r="K43" s="300"/>
+      <c r="L43" s="301"/>
       <c r="M43" s="34"/>
-      <c r="N43" s="89"/>
-[...3 lines deleted...]
-    <row r="44" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N43" s="297"/>
+      <c r="O43" s="300"/>
+      <c r="P43" s="301"/>
+    </row>
+    <row r="44" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A44" s="20" t="s">
         <v>57</v>
       </c>
       <c r="B44" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C44" s="50"/>
       <c r="D44" s="50"/>
-      <c r="E44" s="128">
+      <c r="E44" s="336">
         <v>163.11000000000001</v>
       </c>
-      <c r="F44" s="134"/>
-[...1 lines deleted...]
-      <c r="H44" s="135"/>
+      <c r="F44" s="342"/>
+      <c r="G44" s="342"/>
+      <c r="H44" s="343"/>
       <c r="I44" s="34"/>
-      <c r="J44" s="89"/>
-[...1 lines deleted...]
-      <c r="L44" s="93"/>
+      <c r="J44" s="297"/>
+      <c r="K44" s="300"/>
+      <c r="L44" s="301"/>
       <c r="M44" s="34"/>
-      <c r="N44" s="89"/>
-[...3 lines deleted...]
-    <row r="45" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N44" s="297"/>
+      <c r="O44" s="300"/>
+      <c r="P44" s="301"/>
+    </row>
+    <row r="45" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A45" s="20" t="s">
         <v>58</v>
       </c>
       <c r="B45" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C45" s="50"/>
       <c r="D45" s="50"/>
-      <c r="E45" s="128">
+      <c r="E45" s="336">
         <v>163.11000000000001</v>
       </c>
-      <c r="F45" s="129"/>
-[...1 lines deleted...]
-      <c r="H45" s="130"/>
+      <c r="F45" s="337"/>
+      <c r="G45" s="337"/>
+      <c r="H45" s="338"/>
       <c r="I45" s="34"/>
-      <c r="J45" s="89">
+      <c r="J45" s="297">
         <v>156.94</v>
       </c>
-      <c r="K45" s="92"/>
-      <c r="L45" s="93"/>
+      <c r="K45" s="300"/>
+      <c r="L45" s="301"/>
       <c r="M45" s="34"/>
-      <c r="N45" s="89"/>
-[...3 lines deleted...]
-    <row r="46" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N45" s="297"/>
+      <c r="O45" s="300"/>
+      <c r="P45" s="301"/>
+    </row>
+    <row r="46" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A46" s="51" t="s">
         <v>59</v>
       </c>
       <c r="B46" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C46" s="50"/>
       <c r="D46" s="50"/>
-      <c r="E46" s="128">
+      <c r="E46" s="336">
         <v>162.9622</v>
       </c>
-      <c r="F46" s="129"/>
-[...1 lines deleted...]
-      <c r="H46" s="130"/>
+      <c r="F46" s="337"/>
+      <c r="G46" s="337"/>
+      <c r="H46" s="338"/>
       <c r="I46" s="34"/>
-      <c r="J46" s="89"/>
-[...1 lines deleted...]
-      <c r="L46" s="93"/>
+      <c r="J46" s="297"/>
+      <c r="K46" s="300"/>
+      <c r="L46" s="301"/>
       <c r="M46" s="34"/>
-      <c r="N46" s="89"/>
-[...3 lines deleted...]
-    <row r="47" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N46" s="297"/>
+      <c r="O46" s="300"/>
+      <c r="P46" s="301"/>
+    </row>
+    <row r="47" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A47" s="20" t="s">
         <v>60</v>
       </c>
       <c r="B47" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C47" s="50"/>
       <c r="D47" s="50"/>
-      <c r="E47" s="128">
+      <c r="E47" s="336">
         <v>163.11000000000001</v>
       </c>
-      <c r="F47" s="129"/>
-[...1 lines deleted...]
-      <c r="H47" s="130"/>
+      <c r="F47" s="337"/>
+      <c r="G47" s="337"/>
+      <c r="H47" s="338"/>
       <c r="I47" s="34"/>
-      <c r="J47" s="89">
+      <c r="J47" s="297">
         <v>156.94</v>
       </c>
-      <c r="K47" s="92"/>
-      <c r="L47" s="93"/>
+      <c r="K47" s="300"/>
+      <c r="L47" s="301"/>
       <c r="M47" s="34"/>
-      <c r="N47" s="89"/>
-[...3 lines deleted...]
-    <row r="48" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N47" s="297"/>
+      <c r="O47" s="300"/>
+      <c r="P47" s="301"/>
+    </row>
+    <row r="48" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A48" s="20" t="s">
         <v>61</v>
       </c>
       <c r="B48" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C48" s="50"/>
       <c r="D48" s="50"/>
-      <c r="E48" s="128">
+      <c r="E48" s="336">
         <v>163.11000000000001</v>
       </c>
-      <c r="F48" s="129"/>
-[...1 lines deleted...]
-      <c r="H48" s="130"/>
+      <c r="F48" s="337"/>
+      <c r="G48" s="337"/>
+      <c r="H48" s="338"/>
       <c r="I48" s="34"/>
-      <c r="J48" s="89"/>
-[...1 lines deleted...]
-      <c r="L48" s="93"/>
+      <c r="J48" s="297"/>
+      <c r="K48" s="300"/>
+      <c r="L48" s="301"/>
       <c r="M48" s="34"/>
-      <c r="N48" s="89"/>
-[...3 lines deleted...]
-    <row r="49" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N48" s="297"/>
+      <c r="O48" s="300"/>
+      <c r="P48" s="301"/>
+    </row>
+    <row r="49" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A49" s="20" t="s">
         <v>62</v>
       </c>
       <c r="B49" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C49" s="50"/>
       <c r="D49" s="50"/>
-      <c r="E49" s="128"/>
-[...2 lines deleted...]
-      <c r="H49" s="130"/>
+      <c r="E49" s="336"/>
+      <c r="F49" s="337"/>
+      <c r="G49" s="337"/>
+      <c r="H49" s="338"/>
       <c r="I49" s="34"/>
-      <c r="J49" s="89">
+      <c r="J49" s="297">
         <v>156.94</v>
       </c>
-      <c r="K49" s="92"/>
-      <c r="L49" s="93"/>
+      <c r="K49" s="300"/>
+      <c r="L49" s="301"/>
       <c r="M49" s="34"/>
-      <c r="N49" s="89"/>
-[...3 lines deleted...]
-    <row r="50" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N49" s="297"/>
+      <c r="O49" s="300"/>
+      <c r="P49" s="301"/>
+    </row>
+    <row r="50" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A50" s="20" t="s">
         <v>63</v>
       </c>
       <c r="B50" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C50" s="50"/>
       <c r="D50" s="50"/>
-      <c r="E50" s="128">
+      <c r="E50" s="336">
         <v>68.821100000000001</v>
       </c>
-      <c r="F50" s="129"/>
-[...1 lines deleted...]
-      <c r="H50" s="130"/>
+      <c r="F50" s="337"/>
+      <c r="G50" s="337"/>
+      <c r="H50" s="338"/>
       <c r="I50" s="34"/>
-      <c r="J50" s="89">
+      <c r="J50" s="297">
         <v>68.821100000000001</v>
       </c>
-      <c r="K50" s="92"/>
-      <c r="L50" s="93"/>
+      <c r="K50" s="300"/>
+      <c r="L50" s="301"/>
       <c r="M50" s="34"/>
-      <c r="N50" s="89"/>
-[...3 lines deleted...]
-    <row r="51" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N50" s="297"/>
+      <c r="O50" s="300"/>
+      <c r="P50" s="301"/>
+    </row>
+    <row r="51" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A51" s="51" t="s">
         <v>64</v>
       </c>
       <c r="B51" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="50"/>
       <c r="D51" s="50"/>
-      <c r="E51" s="128">
+      <c r="E51" s="336">
         <v>163.11000000000001</v>
       </c>
-      <c r="F51" s="129"/>
-[...1 lines deleted...]
-      <c r="H51" s="130"/>
+      <c r="F51" s="337"/>
+      <c r="G51" s="337"/>
+      <c r="H51" s="338"/>
       <c r="I51" s="34"/>
-      <c r="J51" s="89">
+      <c r="J51" s="297">
         <v>156.94</v>
       </c>
-      <c r="K51" s="92"/>
-      <c r="L51" s="93"/>
+      <c r="K51" s="300"/>
+      <c r="L51" s="301"/>
       <c r="M51" s="34"/>
-      <c r="N51" s="89">
+      <c r="N51" s="297">
         <v>88.38</v>
       </c>
-      <c r="O51" s="92"/>
-[...2 lines deleted...]
-    <row r="52" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O51" s="300"/>
+      <c r="P51" s="301"/>
+    </row>
+    <row r="52" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A52" s="52" t="s">
         <v>65</v>
       </c>
       <c r="B52" s="53" t="s">
         <v>51</v>
       </c>
       <c r="C52" s="50"/>
       <c r="D52" s="50"/>
-      <c r="E52" s="128">
+      <c r="E52" s="336">
         <v>27.98</v>
       </c>
-      <c r="F52" s="129"/>
-[...1 lines deleted...]
-      <c r="H52" s="130"/>
+      <c r="F52" s="337"/>
+      <c r="G52" s="337"/>
+      <c r="H52" s="338"/>
       <c r="I52" s="34"/>
-      <c r="J52" s="89">
+      <c r="J52" s="297">
         <v>27.98</v>
       </c>
-      <c r="K52" s="92"/>
-      <c r="L52" s="93"/>
+      <c r="K52" s="300"/>
+      <c r="L52" s="301"/>
       <c r="M52" s="34"/>
-      <c r="N52" s="89">
+      <c r="N52" s="297">
         <v>27.98</v>
       </c>
-      <c r="O52" s="92"/>
-[...2 lines deleted...]
-    <row r="53" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O52" s="300"/>
+      <c r="P52" s="301"/>
+    </row>
+    <row r="53" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A53" s="52" t="s">
         <v>66</v>
       </c>
       <c r="B53" s="53" t="s">
         <v>51</v>
       </c>
       <c r="C53" s="50"/>
       <c r="D53" s="50"/>
-      <c r="E53" s="128">
+      <c r="E53" s="336">
         <v>23.42</v>
       </c>
-      <c r="F53" s="129"/>
-[...1 lines deleted...]
-      <c r="H53" s="130"/>
+      <c r="F53" s="337"/>
+      <c r="G53" s="337"/>
+      <c r="H53" s="338"/>
       <c r="I53" s="34"/>
-      <c r="J53" s="89">
+      <c r="J53" s="297">
         <v>23.42</v>
       </c>
-      <c r="K53" s="92"/>
-      <c r="L53" s="93"/>
+      <c r="K53" s="300"/>
+      <c r="L53" s="301"/>
       <c r="M53" s="34"/>
-      <c r="N53" s="89">
+      <c r="N53" s="297">
         <v>23.42</v>
       </c>
-      <c r="O53" s="92"/>
-[...2 lines deleted...]
-    <row r="54" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O53" s="300"/>
+      <c r="P53" s="301"/>
+    </row>
+    <row r="54" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A54" s="52" t="s">
         <v>67</v>
       </c>
       <c r="B54" s="53" t="s">
         <v>51</v>
       </c>
       <c r="C54" s="50"/>
       <c r="D54" s="50"/>
-      <c r="E54" s="128">
+      <c r="E54" s="336">
         <v>227.7876</v>
       </c>
-      <c r="F54" s="129"/>
-[...1 lines deleted...]
-      <c r="H54" s="130"/>
+      <c r="F54" s="337"/>
+      <c r="G54" s="337"/>
+      <c r="H54" s="338"/>
       <c r="I54" s="34">
         <v>180</v>
       </c>
-      <c r="J54" s="89">
+      <c r="J54" s="297">
         <v>227.7876</v>
       </c>
-      <c r="K54" s="92"/>
-      <c r="L54" s="93"/>
+      <c r="K54" s="300"/>
+      <c r="L54" s="301"/>
       <c r="M54" s="34"/>
-      <c r="N54" s="89">
+      <c r="N54" s="297">
         <v>227.7876</v>
       </c>
-      <c r="O54" s="92"/>
-[...2 lines deleted...]
-    <row r="55" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O54" s="300"/>
+      <c r="P54" s="301"/>
+    </row>
+    <row r="55" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A55" s="52" t="s">
         <v>68</v>
       </c>
       <c r="B55" s="53" t="s">
         <v>51</v>
       </c>
       <c r="C55" s="50"/>
       <c r="D55" s="50"/>
-      <c r="E55" s="128">
+      <c r="E55" s="336">
         <v>79.740099999999998</v>
       </c>
-      <c r="F55" s="129"/>
-[...1 lines deleted...]
-      <c r="H55" s="130"/>
+      <c r="F55" s="337"/>
+      <c r="G55" s="337"/>
+      <c r="H55" s="338"/>
       <c r="I55" s="34"/>
-      <c r="J55" s="89">
+      <c r="J55" s="297">
         <v>79.740099999999998</v>
       </c>
-      <c r="K55" s="92"/>
-      <c r="L55" s="93"/>
+      <c r="K55" s="300"/>
+      <c r="L55" s="301"/>
       <c r="M55" s="34"/>
-      <c r="N55" s="89">
+      <c r="N55" s="297">
         <v>79.740099999999998</v>
       </c>
-      <c r="O55" s="92"/>
-[...2 lines deleted...]
-    <row r="56" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O55" s="300"/>
+      <c r="P55" s="301"/>
+    </row>
+    <row r="56" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A56" s="20" t="s">
         <v>69</v>
       </c>
       <c r="B56" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C56" s="50"/>
       <c r="D56" s="50"/>
-      <c r="E56" s="128"/>
-[...2 lines deleted...]
-      <c r="H56" s="130"/>
+      <c r="E56" s="336"/>
+      <c r="F56" s="337"/>
+      <c r="G56" s="337"/>
+      <c r="H56" s="338"/>
       <c r="I56" s="34"/>
-      <c r="J56" s="89">
+      <c r="J56" s="297">
         <v>118.60860000000001</v>
       </c>
-      <c r="K56" s="92"/>
-      <c r="L56" s="93"/>
+      <c r="K56" s="300"/>
+      <c r="L56" s="301"/>
       <c r="M56" s="34"/>
-      <c r="N56" s="89"/>
-[...3 lines deleted...]
-    <row r="57" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N56" s="297"/>
+      <c r="O56" s="300"/>
+      <c r="P56" s="301"/>
+    </row>
+    <row r="57" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A57" s="20" t="s">
         <v>70</v>
       </c>
       <c r="B57" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C57" s="50"/>
       <c r="D57" s="50"/>
-      <c r="E57" s="128"/>
-[...2 lines deleted...]
-      <c r="H57" s="130"/>
+      <c r="E57" s="336"/>
+      <c r="F57" s="337"/>
+      <c r="G57" s="337"/>
+      <c r="H57" s="338"/>
       <c r="I57" s="34"/>
-      <c r="J57" s="89">
+      <c r="J57" s="297">
         <v>118.61</v>
       </c>
-      <c r="K57" s="92"/>
-      <c r="L57" s="93"/>
+      <c r="K57" s="300"/>
+      <c r="L57" s="301"/>
       <c r="M57" s="34"/>
-      <c r="N57" s="89"/>
-[...3 lines deleted...]
-    <row r="58" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N57" s="297"/>
+      <c r="O57" s="300"/>
+      <c r="P57" s="301"/>
+    </row>
+    <row r="58" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A58" s="20" t="s">
         <v>71</v>
       </c>
       <c r="B58" s="21" t="s">
         <v>27</v>
       </c>
       <c r="C58" s="50"/>
       <c r="D58" s="50"/>
-      <c r="E58" s="128">
+      <c r="E58" s="336">
         <v>512.46019999999999</v>
       </c>
-      <c r="F58" s="129"/>
-[...1 lines deleted...]
-      <c r="H58" s="130"/>
+      <c r="F58" s="337"/>
+      <c r="G58" s="337"/>
+      <c r="H58" s="338"/>
       <c r="I58" s="34"/>
-      <c r="J58" s="89">
+      <c r="J58" s="297">
         <v>512.46019999999999</v>
       </c>
-      <c r="K58" s="92"/>
-      <c r="L58" s="93"/>
+      <c r="K58" s="300"/>
+      <c r="L58" s="301"/>
       <c r="M58" s="34"/>
-      <c r="N58" s="89">
+      <c r="N58" s="297">
         <v>512.46019999999999</v>
       </c>
-      <c r="O58" s="92"/>
-[...2 lines deleted...]
-    <row r="59" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O58" s="300"/>
+      <c r="P58" s="301"/>
+    </row>
+    <row r="59" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A59" s="20" t="s">
         <v>72</v>
       </c>
       <c r="B59" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C59" s="50"/>
       <c r="D59" s="50"/>
-      <c r="E59" s="128">
+      <c r="E59" s="336">
         <v>22.824100000000001</v>
       </c>
-      <c r="F59" s="129"/>
-[...1 lines deleted...]
-      <c r="H59" s="130"/>
+      <c r="F59" s="337"/>
+      <c r="G59" s="337"/>
+      <c r="H59" s="338"/>
       <c r="I59" s="34"/>
-      <c r="J59" s="89">
+      <c r="J59" s="297">
         <v>22.824100000000001</v>
       </c>
-      <c r="K59" s="92"/>
-      <c r="L59" s="93"/>
+      <c r="K59" s="300"/>
+      <c r="L59" s="301"/>
       <c r="M59" s="34"/>
-      <c r="N59" s="89">
+      <c r="N59" s="297">
         <v>22.824100000000001</v>
       </c>
-      <c r="O59" s="92"/>
-[...2 lines deleted...]
-    <row r="60" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O59" s="300"/>
+      <c r="P59" s="301"/>
+    </row>
+    <row r="60" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A60" s="20" t="s">
         <v>73</v>
       </c>
       <c r="B60" s="21" t="s">
         <v>27</v>
       </c>
       <c r="C60" s="50"/>
       <c r="D60" s="50"/>
-      <c r="E60" s="128"/>
-[...2 lines deleted...]
-      <c r="H60" s="130"/>
+      <c r="E60" s="336"/>
+      <c r="F60" s="337"/>
+      <c r="G60" s="337"/>
+      <c r="H60" s="338"/>
       <c r="I60" s="34"/>
-      <c r="J60" s="89">
+      <c r="J60" s="297">
         <v>82.544300000000007</v>
       </c>
-      <c r="K60" s="92"/>
-      <c r="L60" s="93"/>
+      <c r="K60" s="300"/>
+      <c r="L60" s="301"/>
       <c r="M60" s="34"/>
-      <c r="N60" s="89"/>
-[...3 lines deleted...]
-    <row r="61" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N60" s="297"/>
+      <c r="O60" s="300"/>
+      <c r="P60" s="301"/>
+    </row>
+    <row r="61" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A61" s="20" t="s">
         <v>74</v>
       </c>
       <c r="B61" s="21" t="s">
         <v>27</v>
       </c>
       <c r="C61" s="50"/>
       <c r="D61" s="50"/>
-      <c r="E61" s="128"/>
-[...2 lines deleted...]
-      <c r="H61" s="130"/>
+      <c r="E61" s="336"/>
+      <c r="F61" s="337"/>
+      <c r="G61" s="337"/>
+      <c r="H61" s="338"/>
       <c r="I61" s="34"/>
-      <c r="J61" s="89">
+      <c r="J61" s="297">
         <v>123.8061</v>
       </c>
-      <c r="K61" s="92"/>
-      <c r="L61" s="93"/>
+      <c r="K61" s="300"/>
+      <c r="L61" s="301"/>
       <c r="M61" s="34"/>
-      <c r="N61" s="89"/>
-[...3 lines deleted...]
-    <row r="62" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N61" s="297"/>
+      <c r="O61" s="300"/>
+      <c r="P61" s="301"/>
+    </row>
+    <row r="62" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A62" s="24" t="s">
         <v>75</v>
       </c>
       <c r="B62" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C62" s="54"/>
       <c r="D62" s="54"/>
-      <c r="E62" s="131"/>
-[...2 lines deleted...]
-      <c r="H62" s="133"/>
+      <c r="E62" s="339"/>
+      <c r="F62" s="340"/>
+      <c r="G62" s="340"/>
+      <c r="H62" s="341"/>
       <c r="I62" s="34"/>
-      <c r="J62" s="84">
+      <c r="J62" s="292">
         <v>600</v>
       </c>
-      <c r="K62" s="87"/>
-      <c r="L62" s="88"/>
+      <c r="K62" s="295"/>
+      <c r="L62" s="296"/>
       <c r="M62" s="34"/>
-      <c r="N62" s="84">
+      <c r="N62" s="292">
         <v>600</v>
       </c>
-      <c r="O62" s="87"/>
-[...2 lines deleted...]
-    <row r="63" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O62" s="295"/>
+      <c r="P62" s="296"/>
+    </row>
+    <row r="63" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E63" s="34"/>
       <c r="F63" s="34"/>
       <c r="G63" s="34"/>
       <c r="H63" s="34"/>
       <c r="I63" s="34"/>
       <c r="J63" s="34"/>
     </row>
-    <row r="64" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E64" s="34"/>
       <c r="F64" s="34"/>
       <c r="G64" s="34"/>
       <c r="H64" s="34"/>
       <c r="I64" s="34"/>
       <c r="J64" s="34"/>
     </row>
-    <row r="65" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A65" s="14" t="s">
         <v>76</v>
       </c>
       <c r="B65" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C65" s="16"/>
       <c r="D65" s="16"/>
       <c r="E65" s="34"/>
       <c r="F65" s="34"/>
       <c r="G65" s="34"/>
       <c r="H65" s="34"/>
       <c r="I65" s="34"/>
       <c r="J65" s="34"/>
     </row>
-    <row r="66" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A66" s="17" t="s">
         <v>77</v>
       </c>
       <c r="B66" s="18" t="s">
         <v>78</v>
       </c>
-      <c r="C66" s="124">
+      <c r="C66" s="332">
         <v>28.73</v>
       </c>
-      <c r="D66" s="125"/>
-[...3 lines deleted...]
-      <c r="H66" s="125"/>
+      <c r="D66" s="333"/>
+      <c r="E66" s="333"/>
+      <c r="F66" s="333"/>
+      <c r="G66" s="333"/>
+      <c r="H66" s="333"/>
       <c r="I66" s="40"/>
-      <c r="J66" s="125">
+      <c r="J66" s="333">
         <v>28.73</v>
       </c>
-      <c r="K66" s="126"/>
-[...2 lines deleted...]
-      <c r="N66" s="125">
+      <c r="K66" s="334"/>
+      <c r="L66" s="334"/>
+      <c r="M66" s="334"/>
+      <c r="N66" s="333">
         <v>28.73</v>
       </c>
-      <c r="O66" s="126"/>
-[...2 lines deleted...]
-    <row r="67" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O66" s="334"/>
+      <c r="P66" s="335"/>
+    </row>
+    <row r="67" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A67" s="20" t="s">
         <v>79</v>
       </c>
       <c r="B67" s="21" t="s">
         <v>78</v>
       </c>
-      <c r="C67" s="116">
+      <c r="C67" s="324">
         <v>98.51</v>
       </c>
-      <c r="D67" s="117"/>
-[...3 lines deleted...]
-      <c r="H67" s="117"/>
+      <c r="D67" s="325"/>
+      <c r="E67" s="325"/>
+      <c r="F67" s="325"/>
+      <c r="G67" s="325"/>
+      <c r="H67" s="325"/>
       <c r="I67" s="43"/>
-      <c r="J67" s="117">
+      <c r="J67" s="325">
         <v>98.51</v>
       </c>
-      <c r="K67" s="118"/>
-[...2 lines deleted...]
-      <c r="N67" s="117">
+      <c r="K67" s="326"/>
+      <c r="L67" s="326"/>
+      <c r="M67" s="326"/>
+      <c r="N67" s="325">
         <v>98.51</v>
       </c>
-      <c r="O67" s="118"/>
-[...2 lines deleted...]
-    <row r="68" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O67" s="326"/>
+      <c r="P67" s="327"/>
+    </row>
+    <row r="68" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A68" s="20" t="s">
         <v>80</v>
       </c>
       <c r="B68" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="C68" s="116">
+      <c r="C68" s="324">
         <v>215.0402</v>
       </c>
-      <c r="D68" s="117"/>
-[...3 lines deleted...]
-      <c r="H68" s="117"/>
+      <c r="D68" s="325"/>
+      <c r="E68" s="325"/>
+      <c r="F68" s="325"/>
+      <c r="G68" s="325"/>
+      <c r="H68" s="325"/>
       <c r="I68" s="43"/>
-      <c r="J68" s="117">
+      <c r="J68" s="325">
         <v>215.0402</v>
       </c>
-      <c r="K68" s="118"/>
-[...2 lines deleted...]
-      <c r="N68" s="117">
+      <c r="K68" s="326"/>
+      <c r="L68" s="326"/>
+      <c r="M68" s="326"/>
+      <c r="N68" s="325">
         <v>215.0402</v>
       </c>
-      <c r="O68" s="118"/>
-[...2 lines deleted...]
-    <row r="69" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O68" s="326"/>
+      <c r="P68" s="327"/>
+    </row>
+    <row r="69" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A69" s="20" t="s">
         <v>81</v>
       </c>
       <c r="B69" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="C69" s="116">
+      <c r="C69" s="324">
         <v>165.39660000000001</v>
       </c>
-      <c r="D69" s="117"/>
-[...3 lines deleted...]
-      <c r="H69" s="117"/>
+      <c r="D69" s="325"/>
+      <c r="E69" s="325"/>
+      <c r="F69" s="325"/>
+      <c r="G69" s="325"/>
+      <c r="H69" s="325"/>
       <c r="I69" s="43"/>
-      <c r="J69" s="117">
+      <c r="J69" s="325">
         <v>165.39660000000001</v>
       </c>
-      <c r="K69" s="118"/>
-[...2 lines deleted...]
-      <c r="N69" s="117">
+      <c r="K69" s="326"/>
+      <c r="L69" s="326"/>
+      <c r="M69" s="326"/>
+      <c r="N69" s="325">
         <v>165.39660000000001</v>
       </c>
-      <c r="O69" s="118"/>
-[...2 lines deleted...]
-    <row r="70" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O69" s="326"/>
+      <c r="P69" s="327"/>
+    </row>
+    <row r="70" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A70" s="20" t="s">
         <v>82</v>
       </c>
       <c r="B70" s="21" t="s">
         <v>83</v>
       </c>
-      <c r="C70" s="116">
+      <c r="C70" s="324">
         <v>772.78869999999995</v>
       </c>
-      <c r="D70" s="117"/>
-[...3 lines deleted...]
-      <c r="H70" s="117"/>
+      <c r="D70" s="325"/>
+      <c r="E70" s="325"/>
+      <c r="F70" s="325"/>
+      <c r="G70" s="325"/>
+      <c r="H70" s="325"/>
       <c r="I70" s="43"/>
-      <c r="J70" s="117">
+      <c r="J70" s="325">
         <v>772.78869999999995</v>
       </c>
-      <c r="K70" s="118"/>
-[...2 lines deleted...]
-      <c r="N70" s="117">
+      <c r="K70" s="326"/>
+      <c r="L70" s="326"/>
+      <c r="M70" s="326"/>
+      <c r="N70" s="325">
         <v>772.78869999999995</v>
       </c>
-      <c r="O70" s="118"/>
-[...2 lines deleted...]
-    <row r="71" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O70" s="326"/>
+      <c r="P70" s="327"/>
+    </row>
+    <row r="71" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A71" s="20" t="s">
         <v>84</v>
       </c>
       <c r="B71" s="21" t="s">
         <v>83</v>
       </c>
-      <c r="C71" s="116">
+      <c r="C71" s="324">
         <v>965.96010000000001</v>
       </c>
-      <c r="D71" s="117"/>
-[...3 lines deleted...]
-      <c r="H71" s="117"/>
+      <c r="D71" s="325"/>
+      <c r="E71" s="325"/>
+      <c r="F71" s="325"/>
+      <c r="G71" s="325"/>
+      <c r="H71" s="325"/>
       <c r="I71" s="43"/>
-      <c r="J71" s="117">
+      <c r="J71" s="325">
         <v>965.96010000000001</v>
       </c>
-      <c r="K71" s="118"/>
-[...2 lines deleted...]
-      <c r="N71" s="117">
+      <c r="K71" s="326"/>
+      <c r="L71" s="326"/>
+      <c r="M71" s="326"/>
+      <c r="N71" s="325">
         <v>965.96010000000001</v>
       </c>
-      <c r="O71" s="118"/>
-[...2 lines deleted...]
-    <row r="72" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O71" s="326"/>
+      <c r="P71" s="327"/>
+    </row>
+    <row r="72" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A72" s="20" t="s">
         <v>85</v>
       </c>
       <c r="B72" s="21" t="s">
         <v>83</v>
       </c>
-      <c r="C72" s="116">
+      <c r="C72" s="324">
         <v>12.0489</v>
       </c>
-      <c r="D72" s="117"/>
-[...3 lines deleted...]
-      <c r="H72" s="117"/>
+      <c r="D72" s="325"/>
+      <c r="E72" s="325"/>
+      <c r="F72" s="325"/>
+      <c r="G72" s="325"/>
+      <c r="H72" s="325"/>
       <c r="I72" s="43"/>
-      <c r="J72" s="117">
+      <c r="J72" s="325">
         <v>12.0489</v>
       </c>
-      <c r="K72" s="118"/>
-[...2 lines deleted...]
-      <c r="N72" s="117">
+      <c r="K72" s="326"/>
+      <c r="L72" s="326"/>
+      <c r="M72" s="326"/>
+      <c r="N72" s="325">
         <v>12.0489</v>
       </c>
-      <c r="O72" s="118"/>
-[...2 lines deleted...]
-    <row r="73" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O72" s="326"/>
+      <c r="P72" s="327"/>
+    </row>
+    <row r="73" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A73" s="20" t="s">
         <v>86</v>
       </c>
       <c r="B73" s="21" t="s">
         <v>83</v>
       </c>
-      <c r="C73" s="120">
+      <c r="C73" s="328">
         <v>29.9527</v>
       </c>
-      <c r="D73" s="121"/>
-[...3 lines deleted...]
-      <c r="H73" s="121"/>
+      <c r="D73" s="329"/>
+      <c r="E73" s="329"/>
+      <c r="F73" s="329"/>
+      <c r="G73" s="329"/>
+      <c r="H73" s="329"/>
       <c r="I73" s="47"/>
-      <c r="J73" s="121">
+      <c r="J73" s="329">
         <v>29.9527</v>
       </c>
-      <c r="K73" s="122"/>
-[...2 lines deleted...]
-      <c r="N73" s="121">
+      <c r="K73" s="330"/>
+      <c r="L73" s="330"/>
+      <c r="M73" s="330"/>
+      <c r="N73" s="329">
         <v>29.9527</v>
       </c>
-      <c r="O73" s="122"/>
-[...2 lines deleted...]
-    <row r="74" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O73" s="330"/>
+      <c r="P73" s="331"/>
+    </row>
+    <row r="74" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A74" s="24" t="s">
         <v>87</v>
       </c>
       <c r="B74" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="C74" s="107" t="s">
+      <c r="C74" s="315" t="s">
         <v>88</v>
       </c>
-      <c r="D74" s="108"/>
-[...3 lines deleted...]
-      <c r="H74" s="109"/>
+      <c r="D74" s="316"/>
+      <c r="E74" s="316"/>
+      <c r="F74" s="316"/>
+      <c r="G74" s="316"/>
+      <c r="H74" s="317"/>
       <c r="I74" s="34"/>
-      <c r="J74" s="110" t="s">
+      <c r="J74" s="318" t="s">
         <v>89</v>
       </c>
-      <c r="K74" s="111"/>
-      <c r="L74" s="111"/>
+      <c r="K74" s="319"/>
+      <c r="L74" s="319"/>
       <c r="M74" s="55"/>
-      <c r="N74" s="110" t="s">
+      <c r="N74" s="318" t="s">
         <v>89</v>
       </c>
-      <c r="O74" s="111"/>
-[...2 lines deleted...]
-    <row r="75" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O74" s="319"/>
+      <c r="P74" s="320"/>
+    </row>
+    <row r="75" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A75" s="56"/>
       <c r="B75" s="57"/>
       <c r="C75" s="57"/>
       <c r="D75" s="57"/>
       <c r="E75" s="34"/>
       <c r="F75" s="34"/>
       <c r="G75" s="34"/>
       <c r="H75" s="34"/>
       <c r="I75" s="34"/>
       <c r="J75" s="34"/>
     </row>
-    <row r="76" spans="1:17" x14ac:dyDescent="0.35">
-      <c r="A76" s="113" t="s">
+    <row r="76" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A76" s="321" t="s">
         <v>90</v>
       </c>
-      <c r="B76" s="114"/>
+      <c r="B76" s="322"/>
       <c r="C76" s="58"/>
       <c r="D76" s="58"/>
-      <c r="E76" s="115"/>
-[...6 lines deleted...]
-    <row r="77" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="E76" s="323"/>
+      <c r="F76" s="323"/>
+      <c r="G76" s="323"/>
+      <c r="H76" s="323"/>
+      <c r="I76" s="323"/>
+      <c r="J76" s="323"/>
+    </row>
+    <row r="77" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A77" s="59"/>
     </row>
-    <row r="78" spans="1:17" ht="28.8" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:17" ht="30" x14ac:dyDescent="0.3">
       <c r="A78" s="60" t="s">
         <v>91</v>
       </c>
       <c r="B78" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C78" s="16"/>
       <c r="D78" s="16"/>
     </row>
-    <row r="79" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A79" s="61" t="s">
         <v>92</v>
       </c>
       <c r="B79" s="18"/>
       <c r="C79" s="62"/>
-      <c r="E79" s="115"/>
-[...2 lines deleted...]
-      <c r="H79" s="115"/>
+      <c r="E79" s="323"/>
+      <c r="F79" s="323"/>
+      <c r="G79" s="323"/>
+      <c r="H79" s="323"/>
       <c r="I79" s="34"/>
-      <c r="J79" s="115"/>
-[...1 lines deleted...]
-      <c r="L79" s="115"/>
+      <c r="J79" s="323"/>
+      <c r="K79" s="323"/>
+      <c r="L79" s="323"/>
       <c r="M79" s="34"/>
-      <c r="N79" s="115"/>
-[...3 lines deleted...]
-    <row r="80" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="N79" s="323"/>
+      <c r="O79" s="323"/>
+      <c r="P79" s="323"/>
+    </row>
+    <row r="80" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A80" s="63" t="s">
         <v>93</v>
       </c>
       <c r="B80" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C80" s="98">
+      <c r="C80" s="306">
         <v>29.470000000000002</v>
       </c>
-      <c r="D80" s="99"/>
-[...3 lines deleted...]
-      <c r="H80" s="100"/>
+      <c r="D80" s="307"/>
+      <c r="E80" s="307"/>
+      <c r="F80" s="307"/>
+      <c r="G80" s="307"/>
+      <c r="H80" s="308"/>
       <c r="I80" s="64"/>
-      <c r="J80" s="101">
+      <c r="J80" s="309">
         <v>21.85</v>
       </c>
-      <c r="K80" s="102"/>
-      <c r="L80" s="103"/>
+      <c r="K80" s="310"/>
+      <c r="L80" s="311"/>
       <c r="M80" s="65"/>
-      <c r="N80" s="104">
+      <c r="N80" s="312">
         <v>18.380000000000003</v>
       </c>
-      <c r="O80" s="105"/>
-      <c r="P80" s="106"/>
+      <c r="O80" s="313"/>
+      <c r="P80" s="314"/>
       <c r="Q80" s="3"/>
     </row>
-    <row r="81" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A81" s="63" t="s">
         <v>94</v>
       </c>
       <c r="B81" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C81" s="98">
+      <c r="C81" s="306">
         <v>29.860000000000003</v>
       </c>
-      <c r="D81" s="99"/>
-[...3 lines deleted...]
-      <c r="H81" s="100"/>
+      <c r="D81" s="307"/>
+      <c r="E81" s="307"/>
+      <c r="F81" s="307"/>
+      <c r="G81" s="307"/>
+      <c r="H81" s="308"/>
       <c r="I81" s="66"/>
-      <c r="J81" s="101">
+      <c r="J81" s="309">
         <v>22.21</v>
       </c>
-      <c r="K81" s="102"/>
-      <c r="L81" s="103"/>
+      <c r="K81" s="310"/>
+      <c r="L81" s="311"/>
       <c r="M81" s="67"/>
-      <c r="N81" s="104">
+      <c r="N81" s="312">
         <v>18.71</v>
       </c>
-      <c r="O81" s="105"/>
-      <c r="P81" s="106"/>
+      <c r="O81" s="313"/>
+      <c r="P81" s="314"/>
       <c r="Q81" s="3"/>
     </row>
-    <row r="82" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A82" s="63" t="s">
         <v>95</v>
       </c>
       <c r="B82" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C82" s="98">
+      <c r="C82" s="306">
         <v>30.240000000000002</v>
       </c>
-      <c r="D82" s="99"/>
-[...3 lines deleted...]
-      <c r="H82" s="100"/>
+      <c r="D82" s="307"/>
+      <c r="E82" s="307"/>
+      <c r="F82" s="307"/>
+      <c r="G82" s="307"/>
+      <c r="H82" s="308"/>
       <c r="I82" s="66"/>
-      <c r="J82" s="101">
+      <c r="J82" s="309">
         <v>22.560000000000002</v>
       </c>
-      <c r="K82" s="102"/>
-      <c r="L82" s="103"/>
+      <c r="K82" s="310"/>
+      <c r="L82" s="311"/>
       <c r="M82" s="67"/>
-      <c r="N82" s="104">
+      <c r="N82" s="312">
         <v>19.05</v>
       </c>
-      <c r="O82" s="105"/>
-      <c r="P82" s="106"/>
+      <c r="O82" s="313"/>
+      <c r="P82" s="314"/>
       <c r="Q82" s="3"/>
     </row>
-    <row r="83" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A83" s="63" t="s">
         <v>96</v>
       </c>
       <c r="B83" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C83" s="98">
+      <c r="C83" s="306">
         <v>31.020000000000003</v>
       </c>
-      <c r="D83" s="99"/>
-[...3 lines deleted...]
-      <c r="H83" s="100"/>
+      <c r="D83" s="307"/>
+      <c r="E83" s="307"/>
+      <c r="F83" s="307"/>
+      <c r="G83" s="307"/>
+      <c r="H83" s="308"/>
       <c r="I83" s="66"/>
-      <c r="J83" s="101">
+      <c r="J83" s="309">
         <v>23.26</v>
       </c>
-      <c r="K83" s="102"/>
-      <c r="L83" s="103"/>
+      <c r="K83" s="310"/>
+      <c r="L83" s="311"/>
       <c r="M83" s="67"/>
-      <c r="N83" s="104">
+      <c r="N83" s="312">
         <v>19.71</v>
       </c>
-      <c r="O83" s="105"/>
-      <c r="P83" s="106"/>
+      <c r="O83" s="313"/>
+      <c r="P83" s="314"/>
       <c r="Q83" s="3"/>
     </row>
-    <row r="84" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A84" s="63" t="s">
         <v>97</v>
       </c>
       <c r="B84" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C84" s="98">
+      <c r="C84" s="306">
         <v>31.790000000000003</v>
       </c>
-      <c r="D84" s="99"/>
-[...3 lines deleted...]
-      <c r="H84" s="100"/>
+      <c r="D84" s="307"/>
+      <c r="E84" s="307"/>
+      <c r="F84" s="307"/>
+      <c r="G84" s="307"/>
+      <c r="H84" s="308"/>
       <c r="I84" s="66"/>
-      <c r="J84" s="101">
+      <c r="J84" s="309">
         <v>23.96</v>
       </c>
-      <c r="K84" s="102"/>
-      <c r="L84" s="103"/>
+      <c r="K84" s="310"/>
+      <c r="L84" s="311"/>
       <c r="M84" s="67"/>
-      <c r="N84" s="104">
+      <c r="N84" s="312">
         <v>20.380000000000003</v>
       </c>
-      <c r="O84" s="105"/>
-      <c r="P84" s="106"/>
+      <c r="O84" s="313"/>
+      <c r="P84" s="314"/>
       <c r="Q84" s="3"/>
     </row>
-    <row r="85" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A85" s="63" t="s">
         <v>98</v>
       </c>
       <c r="B85" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C85" s="98">
+      <c r="C85" s="306">
         <v>32.57</v>
       </c>
-      <c r="D85" s="99"/>
-[...3 lines deleted...]
-      <c r="H85" s="100"/>
+      <c r="D85" s="307"/>
+      <c r="E85" s="307"/>
+      <c r="F85" s="307"/>
+      <c r="G85" s="307"/>
+      <c r="H85" s="308"/>
       <c r="I85" s="66"/>
-      <c r="J85" s="101">
+      <c r="J85" s="309">
         <v>24.66</v>
       </c>
-      <c r="K85" s="102"/>
-      <c r="L85" s="103"/>
+      <c r="K85" s="310"/>
+      <c r="L85" s="311"/>
       <c r="M85" s="67"/>
-      <c r="N85" s="104">
+      <c r="N85" s="312">
         <v>21.040000000000003</v>
       </c>
-      <c r="O85" s="105"/>
-      <c r="P85" s="106"/>
+      <c r="O85" s="313"/>
+      <c r="P85" s="314"/>
       <c r="Q85" s="3"/>
     </row>
-    <row r="86" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A86" s="63" t="s">
         <v>99</v>
       </c>
       <c r="B86" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C86" s="98">
+      <c r="C86" s="306">
         <v>33.339999999999996</v>
       </c>
-      <c r="D86" s="99"/>
-[...3 lines deleted...]
-      <c r="H86" s="100"/>
+      <c r="D86" s="307"/>
+      <c r="E86" s="307"/>
+      <c r="F86" s="307"/>
+      <c r="G86" s="307"/>
+      <c r="H86" s="308"/>
       <c r="I86" s="66"/>
-      <c r="J86" s="101">
+      <c r="J86" s="309">
         <v>25.360000000000003</v>
       </c>
-      <c r="K86" s="102"/>
-      <c r="L86" s="103"/>
+      <c r="K86" s="310"/>
+      <c r="L86" s="311"/>
       <c r="M86" s="67"/>
-      <c r="N86" s="104">
+      <c r="N86" s="312">
         <v>21.71</v>
       </c>
-      <c r="O86" s="105"/>
-      <c r="P86" s="106"/>
+      <c r="O86" s="313"/>
+      <c r="P86" s="314"/>
       <c r="Q86" s="3"/>
     </row>
-    <row r="87" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A87" s="63" t="s">
         <v>100</v>
       </c>
       <c r="B87" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C87" s="98">
+      <c r="C87" s="306">
         <v>34.11</v>
       </c>
-      <c r="D87" s="99"/>
-[...3 lines deleted...]
-      <c r="H87" s="100"/>
+      <c r="D87" s="307"/>
+      <c r="E87" s="307"/>
+      <c r="F87" s="307"/>
+      <c r="G87" s="307"/>
+      <c r="H87" s="308"/>
       <c r="I87" s="66"/>
-      <c r="J87" s="101">
+      <c r="J87" s="309">
         <v>26.060000000000002</v>
       </c>
-      <c r="K87" s="102"/>
-      <c r="L87" s="103"/>
+      <c r="K87" s="310"/>
+      <c r="L87" s="311"/>
       <c r="M87" s="67"/>
-      <c r="N87" s="104">
+      <c r="N87" s="312">
         <v>22.380000000000003</v>
       </c>
-      <c r="O87" s="105"/>
-      <c r="P87" s="106"/>
+      <c r="O87" s="313"/>
+      <c r="P87" s="314"/>
       <c r="Q87" s="3"/>
     </row>
-    <row r="88" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A88" s="63" t="s">
         <v>101</v>
       </c>
       <c r="B88" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C88" s="98">
+      <c r="C88" s="306">
         <v>34.89</v>
       </c>
-      <c r="D88" s="99"/>
-[...3 lines deleted...]
-      <c r="H88" s="100"/>
+      <c r="D88" s="307"/>
+      <c r="E88" s="307"/>
+      <c r="F88" s="307"/>
+      <c r="G88" s="307"/>
+      <c r="H88" s="308"/>
       <c r="I88" s="66"/>
-      <c r="J88" s="101">
+      <c r="J88" s="309">
         <v>26.76</v>
       </c>
-      <c r="K88" s="102"/>
-      <c r="L88" s="103"/>
+      <c r="K88" s="310"/>
+      <c r="L88" s="311"/>
       <c r="M88" s="67"/>
-      <c r="N88" s="104">
+      <c r="N88" s="312">
         <v>23.040000000000003</v>
       </c>
-      <c r="O88" s="105"/>
-      <c r="P88" s="106"/>
+      <c r="O88" s="313"/>
+      <c r="P88" s="314"/>
       <c r="Q88" s="3"/>
     </row>
-    <row r="89" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A89" s="63" t="s">
         <v>102</v>
       </c>
       <c r="B89" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C89" s="98">
+      <c r="C89" s="306">
         <v>35.659999999999997</v>
       </c>
-      <c r="D89" s="99"/>
-[...3 lines deleted...]
-      <c r="H89" s="100"/>
+      <c r="D89" s="307"/>
+      <c r="E89" s="307"/>
+      <c r="F89" s="307"/>
+      <c r="G89" s="307"/>
+      <c r="H89" s="308"/>
       <c r="I89" s="66"/>
-      <c r="J89" s="101">
+      <c r="J89" s="309">
         <v>27.470000000000002</v>
       </c>
-      <c r="K89" s="102"/>
-      <c r="L89" s="103"/>
+      <c r="K89" s="310"/>
+      <c r="L89" s="311"/>
       <c r="M89" s="67"/>
-      <c r="N89" s="104">
+      <c r="N89" s="312">
         <v>23.71</v>
       </c>
-      <c r="O89" s="105"/>
-      <c r="P89" s="106"/>
+      <c r="O89" s="313"/>
+      <c r="P89" s="314"/>
       <c r="Q89" s="3"/>
     </row>
-    <row r="90" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A90" s="63" t="s">
         <v>103</v>
       </c>
       <c r="B90" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C90" s="98">
+      <c r="C90" s="306">
         <v>36.44</v>
       </c>
-      <c r="D90" s="99"/>
-[...3 lines deleted...]
-      <c r="H90" s="100"/>
+      <c r="D90" s="307"/>
+      <c r="E90" s="307"/>
+      <c r="F90" s="307"/>
+      <c r="G90" s="307"/>
+      <c r="H90" s="308"/>
       <c r="I90" s="66"/>
-      <c r="J90" s="101">
+      <c r="J90" s="309">
         <v>28.17</v>
       </c>
-      <c r="K90" s="102"/>
-      <c r="L90" s="103"/>
+      <c r="K90" s="310"/>
+      <c r="L90" s="311"/>
       <c r="M90" s="67"/>
-      <c r="N90" s="104">
+      <c r="N90" s="312">
         <v>24.380000000000003</v>
       </c>
-      <c r="O90" s="105"/>
-      <c r="P90" s="106"/>
+      <c r="O90" s="313"/>
+      <c r="P90" s="314"/>
       <c r="Q90" s="3"/>
     </row>
-    <row r="91" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A91" s="68" t="s">
         <v>104</v>
       </c>
       <c r="B91" s="25" t="s">
         <v>33</v>
       </c>
-      <c r="C91" s="98">
+      <c r="C91" s="306">
         <v>37.21</v>
       </c>
-      <c r="D91" s="99"/>
-[...3 lines deleted...]
-      <c r="H91" s="100"/>
+      <c r="D91" s="307"/>
+      <c r="E91" s="307"/>
+      <c r="F91" s="307"/>
+      <c r="G91" s="307"/>
+      <c r="H91" s="308"/>
       <c r="I91" s="69"/>
-      <c r="J91" s="101">
+      <c r="J91" s="309">
         <v>28.87</v>
       </c>
-      <c r="K91" s="102"/>
-      <c r="L91" s="103"/>
+      <c r="K91" s="310"/>
+      <c r="L91" s="311"/>
       <c r="M91" s="70"/>
-      <c r="N91" s="104">
+      <c r="N91" s="312">
         <v>25.040000000000003</v>
       </c>
-      <c r="O91" s="105"/>
-      <c r="P91" s="106"/>
+      <c r="O91" s="313"/>
+      <c r="P91" s="314"/>
       <c r="Q91" s="3"/>
     </row>
-    <row r="92" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A92" s="59"/>
     </row>
-    <row r="93" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A93" s="71" t="s">
         <v>105</v>
       </c>
       <c r="B93" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C93" s="16"/>
       <c r="D93" s="16"/>
     </row>
-    <row r="94" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A94" s="61" t="s">
         <v>92</v>
       </c>
       <c r="B94" s="18"/>
       <c r="C94" s="72"/>
       <c r="D94" s="73"/>
-      <c r="E94" s="94"/>
-[...2 lines deleted...]
-      <c r="H94" s="96"/>
+      <c r="E94" s="302"/>
+      <c r="F94" s="303"/>
+      <c r="G94" s="303"/>
+      <c r="H94" s="304"/>
       <c r="I94" s="34"/>
-      <c r="J94" s="97"/>
-[...1 lines deleted...]
-      <c r="L94" s="94"/>
+      <c r="J94" s="305"/>
+      <c r="K94" s="302"/>
+      <c r="L94" s="302"/>
       <c r="M94" s="74"/>
-      <c r="N94" s="97"/>
-[...3 lines deleted...]
-    <row r="95" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="N94" s="305"/>
+      <c r="O94" s="303"/>
+      <c r="P94" s="304"/>
+    </row>
+    <row r="95" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A95" s="63" t="s">
         <v>93</v>
       </c>
       <c r="B95" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C95" s="89">
+      <c r="C95" s="297">
         <v>186.54510000000002</v>
       </c>
-      <c r="D95" s="90"/>
-[...3 lines deleted...]
-      <c r="H95" s="91"/>
+      <c r="D95" s="298"/>
+      <c r="E95" s="298"/>
+      <c r="F95" s="298"/>
+      <c r="G95" s="298"/>
+      <c r="H95" s="299"/>
       <c r="I95" s="34"/>
-      <c r="J95" s="89">
+      <c r="J95" s="297">
         <v>138.31050000000002</v>
       </c>
-      <c r="K95" s="92"/>
-[...2 lines deleted...]
-      <c r="N95" s="89">
+      <c r="K95" s="300"/>
+      <c r="L95" s="300"/>
+      <c r="M95" s="301"/>
+      <c r="N95" s="297">
         <v>116.34540000000001</v>
       </c>
-      <c r="O95" s="92"/>
-[...2 lines deleted...]
-    <row r="96" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O95" s="300"/>
+      <c r="P95" s="301"/>
+    </row>
+    <row r="96" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A96" s="63" t="s">
         <v>94</v>
       </c>
       <c r="B96" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C96" s="89">
+      <c r="C96" s="297">
         <v>189.01380000000003</v>
       </c>
-      <c r="D96" s="90"/>
-[...3 lines deleted...]
-      <c r="H96" s="91"/>
+      <c r="D96" s="298"/>
+      <c r="E96" s="298"/>
+      <c r="F96" s="298"/>
+      <c r="G96" s="298"/>
+      <c r="H96" s="299"/>
       <c r="I96" s="34"/>
-      <c r="J96" s="89">
+      <c r="J96" s="297">
         <v>140.58930000000001</v>
       </c>
-      <c r="K96" s="92"/>
-[...2 lines deleted...]
-      <c r="N96" s="89">
+      <c r="K96" s="300"/>
+      <c r="L96" s="300"/>
+      <c r="M96" s="301"/>
+      <c r="N96" s="297">
         <v>118.43430000000001</v>
       </c>
-      <c r="O96" s="92"/>
-[...2 lines deleted...]
-    <row r="97" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O96" s="300"/>
+      <c r="P96" s="301"/>
+    </row>
+    <row r="97" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A97" s="63" t="s">
         <v>95</v>
       </c>
       <c r="B97" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C97" s="89">
+      <c r="C97" s="297">
         <v>191.41920000000002</v>
       </c>
-      <c r="D97" s="90"/>
-[...3 lines deleted...]
-      <c r="H97" s="91"/>
+      <c r="D97" s="298"/>
+      <c r="E97" s="298"/>
+      <c r="F97" s="298"/>
+      <c r="G97" s="298"/>
+      <c r="H97" s="299"/>
       <c r="I97" s="34"/>
-      <c r="J97" s="89">
+      <c r="J97" s="297">
         <v>142.80480000000003</v>
       </c>
-      <c r="K97" s="92"/>
-[...2 lines deleted...]
-      <c r="N97" s="89">
+      <c r="K97" s="300"/>
+      <c r="L97" s="300"/>
+      <c r="M97" s="301"/>
+      <c r="N97" s="297">
         <v>120.5865</v>
       </c>
-      <c r="O97" s="92"/>
-[...2 lines deleted...]
-    <row r="98" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O97" s="300"/>
+      <c r="P97" s="301"/>
+    </row>
+    <row r="98" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A98" s="63" t="s">
         <v>96</v>
       </c>
       <c r="B98" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C98" s="89">
+      <c r="C98" s="297">
         <v>196.35660000000001</v>
       </c>
-      <c r="D98" s="90"/>
-[...3 lines deleted...]
-      <c r="H98" s="91"/>
+      <c r="D98" s="298"/>
+      <c r="E98" s="298"/>
+      <c r="F98" s="298"/>
+      <c r="G98" s="298"/>
+      <c r="H98" s="299"/>
       <c r="I98" s="34"/>
-      <c r="J98" s="89">
+      <c r="J98" s="297">
         <v>147.23580000000001</v>
       </c>
-      <c r="K98" s="92"/>
-[...2 lines deleted...]
-      <c r="N98" s="89">
+      <c r="K98" s="300"/>
+      <c r="L98" s="300"/>
+      <c r="M98" s="301"/>
+      <c r="N98" s="297">
         <v>124.76430000000001</v>
       </c>
-      <c r="O98" s="92"/>
-[...2 lines deleted...]
-    <row r="99" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O98" s="300"/>
+      <c r="P98" s="301"/>
+    </row>
+    <row r="99" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A99" s="63" t="s">
         <v>97</v>
       </c>
       <c r="B99" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C99" s="89">
+      <c r="C99" s="297">
         <v>201.23070000000001</v>
       </c>
-      <c r="D99" s="90"/>
-[...3 lines deleted...]
-      <c r="H99" s="91"/>
+      <c r="D99" s="298"/>
+      <c r="E99" s="298"/>
+      <c r="F99" s="298"/>
+      <c r="G99" s="298"/>
+      <c r="H99" s="299"/>
       <c r="I99" s="34"/>
-      <c r="J99" s="89">
+      <c r="J99" s="297">
         <v>151.66679999999999</v>
       </c>
-      <c r="K99" s="92"/>
-[...2 lines deleted...]
-      <c r="N99" s="89">
+      <c r="K99" s="300"/>
+      <c r="L99" s="300"/>
+      <c r="M99" s="301"/>
+      <c r="N99" s="297">
         <v>129.00540000000001</v>
       </c>
-      <c r="O99" s="92"/>
-[...2 lines deleted...]
-    <row r="100" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O99" s="300"/>
+      <c r="P99" s="301"/>
+    </row>
+    <row r="100" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A100" s="63" t="s">
         <v>98</v>
       </c>
       <c r="B100" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C100" s="89">
+      <c r="C100" s="297">
         <v>206.16810000000001</v>
       </c>
-      <c r="D100" s="90"/>
-[...3 lines deleted...]
-      <c r="H100" s="91"/>
+      <c r="D100" s="298"/>
+      <c r="E100" s="298"/>
+      <c r="F100" s="298"/>
+      <c r="G100" s="298"/>
+      <c r="H100" s="299"/>
       <c r="I100" s="34"/>
-      <c r="J100" s="89">
+      <c r="J100" s="297">
         <v>156.09780000000001</v>
       </c>
-      <c r="K100" s="92"/>
-[...2 lines deleted...]
-      <c r="N100" s="89">
+      <c r="K100" s="300"/>
+      <c r="L100" s="300"/>
+      <c r="M100" s="301"/>
+      <c r="N100" s="297">
         <v>133.18320000000003</v>
       </c>
-      <c r="O100" s="92"/>
-[...2 lines deleted...]
-    <row r="101" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O100" s="300"/>
+      <c r="P100" s="301"/>
+    </row>
+    <row r="101" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A101" s="63" t="s">
         <v>99</v>
       </c>
       <c r="B101" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C101" s="89">
+      <c r="C101" s="297">
         <v>211.04219999999998</v>
       </c>
-      <c r="D101" s="90"/>
-[...3 lines deleted...]
-      <c r="H101" s="91"/>
+      <c r="D101" s="298"/>
+      <c r="E101" s="298"/>
+      <c r="F101" s="298"/>
+      <c r="G101" s="298"/>
+      <c r="H101" s="299"/>
       <c r="I101" s="34"/>
-      <c r="J101" s="89">
+      <c r="J101" s="297">
         <v>160.52880000000002</v>
       </c>
-      <c r="K101" s="92"/>
-[...2 lines deleted...]
-      <c r="N101" s="89">
+      <c r="K101" s="300"/>
+      <c r="L101" s="300"/>
+      <c r="M101" s="301"/>
+      <c r="N101" s="297">
         <v>137.42430000000002</v>
       </c>
-      <c r="O101" s="92"/>
-[...2 lines deleted...]
-    <row r="102" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O101" s="300"/>
+      <c r="P101" s="301"/>
+    </row>
+    <row r="102" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A102" s="63" t="s">
         <v>100</v>
       </c>
       <c r="B102" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C102" s="89">
+      <c r="C102" s="297">
         <v>215.91630000000001</v>
       </c>
-      <c r="D102" s="90"/>
-[...3 lines deleted...]
-      <c r="H102" s="91"/>
+      <c r="D102" s="298"/>
+      <c r="E102" s="298"/>
+      <c r="F102" s="298"/>
+      <c r="G102" s="298"/>
+      <c r="H102" s="299"/>
       <c r="I102" s="34"/>
-      <c r="J102" s="89">
+      <c r="J102" s="297">
         <v>164.95980000000003</v>
       </c>
-      <c r="K102" s="92"/>
-[...2 lines deleted...]
-      <c r="N102" s="89">
+      <c r="K102" s="300"/>
+      <c r="L102" s="300"/>
+      <c r="M102" s="301"/>
+      <c r="N102" s="297">
         <v>141.66540000000001</v>
       </c>
-      <c r="O102" s="92"/>
-[...2 lines deleted...]
-    <row r="103" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O102" s="300"/>
+      <c r="P102" s="301"/>
+    </row>
+    <row r="103" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A103" s="63" t="s">
         <v>101</v>
       </c>
       <c r="B103" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C103" s="89">
+      <c r="C103" s="297">
         <v>220.8537</v>
       </c>
-      <c r="D103" s="90"/>
-[...3 lines deleted...]
-      <c r="H103" s="91"/>
+      <c r="D103" s="298"/>
+      <c r="E103" s="298"/>
+      <c r="F103" s="298"/>
+      <c r="G103" s="298"/>
+      <c r="H103" s="299"/>
       <c r="I103" s="34"/>
-      <c r="J103" s="89">
+      <c r="J103" s="297">
         <v>169.39080000000001</v>
       </c>
-      <c r="K103" s="92"/>
-[...2 lines deleted...]
-      <c r="N103" s="89">
+      <c r="K103" s="300"/>
+      <c r="L103" s="300"/>
+      <c r="M103" s="301"/>
+      <c r="N103" s="297">
         <v>145.84320000000002</v>
       </c>
-      <c r="O103" s="92"/>
-[...2 lines deleted...]
-    <row r="104" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O103" s="300"/>
+      <c r="P103" s="301"/>
+    </row>
+    <row r="104" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A104" s="63" t="s">
         <v>102</v>
       </c>
       <c r="B104" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C104" s="89">
+      <c r="C104" s="297">
         <v>225.72779999999997</v>
       </c>
-      <c r="D104" s="90"/>
-[...3 lines deleted...]
-      <c r="H104" s="91"/>
+      <c r="D104" s="298"/>
+      <c r="E104" s="298"/>
+      <c r="F104" s="298"/>
+      <c r="G104" s="298"/>
+      <c r="H104" s="299"/>
       <c r="I104" s="34"/>
-      <c r="J104" s="89">
+      <c r="J104" s="297">
         <v>173.88510000000002</v>
       </c>
-      <c r="K104" s="92"/>
-[...2 lines deleted...]
-      <c r="N104" s="89">
+      <c r="K104" s="300"/>
+      <c r="L104" s="300"/>
+      <c r="M104" s="301"/>
+      <c r="N104" s="297">
         <v>150.08430000000001</v>
       </c>
-      <c r="O104" s="92"/>
-[...2 lines deleted...]
-    <row r="105" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O104" s="300"/>
+      <c r="P104" s="301"/>
+    </row>
+    <row r="105" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A105" s="63" t="s">
         <v>103</v>
       </c>
       <c r="B105" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C105" s="89">
+      <c r="C105" s="297">
         <v>230.6652</v>
       </c>
-      <c r="D105" s="90"/>
-[...3 lines deleted...]
-      <c r="H105" s="91"/>
+      <c r="D105" s="298"/>
+      <c r="E105" s="298"/>
+      <c r="F105" s="298"/>
+      <c r="G105" s="298"/>
+      <c r="H105" s="299"/>
       <c r="I105" s="34"/>
-      <c r="J105" s="89">
+      <c r="J105" s="297">
         <v>178.31610000000001</v>
       </c>
-      <c r="K105" s="92"/>
-[...2 lines deleted...]
-      <c r="N105" s="89">
+      <c r="K105" s="300"/>
+      <c r="L105" s="300"/>
+      <c r="M105" s="301"/>
+      <c r="N105" s="297">
         <v>154.32540000000003</v>
       </c>
-      <c r="O105" s="92"/>
-[...2 lines deleted...]
-    <row r="106" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O105" s="300"/>
+      <c r="P105" s="301"/>
+    </row>
+    <row r="106" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A106" s="68" t="s">
         <v>106</v>
       </c>
       <c r="B106" s="25" t="s">
         <v>51</v>
       </c>
-      <c r="C106" s="84">
+      <c r="C106" s="292">
         <v>235.5393</v>
       </c>
-      <c r="D106" s="85"/>
-[...3 lines deleted...]
-      <c r="H106" s="86"/>
+      <c r="D106" s="293"/>
+      <c r="E106" s="293"/>
+      <c r="F106" s="293"/>
+      <c r="G106" s="293"/>
+      <c r="H106" s="294"/>
       <c r="I106" s="75"/>
-      <c r="J106" s="84">
+      <c r="J106" s="292">
         <v>182.74710000000002</v>
       </c>
-      <c r="K106" s="87"/>
-[...2 lines deleted...]
-      <c r="N106" s="84">
+      <c r="K106" s="295"/>
+      <c r="L106" s="295"/>
+      <c r="M106" s="296"/>
+      <c r="N106" s="292">
         <v>158.50320000000002</v>
       </c>
-      <c r="O106" s="87"/>
-[...2 lines deleted...]
-    <row r="107" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="O106" s="295"/>
+      <c r="P106" s="296"/>
+    </row>
+    <row r="107" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A107" s="59"/>
     </row>
-    <row r="109" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="109" spans="1:17" x14ac:dyDescent="0.3">
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
       <c r="I109" s="2"/>
       <c r="J109" s="2"/>
       <c r="K109" s="2"/>
       <c r="L109" s="2"/>
       <c r="M109" s="2"/>
       <c r="N109" s="2"/>
       <c r="O109" s="2"/>
       <c r="P109" s="2"/>
       <c r="Q109" s="2"/>
     </row>
-    <row r="110" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="110" spans="1:17" x14ac:dyDescent="0.3">
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
       <c r="I110" s="2"/>
       <c r="J110" s="2"/>
       <c r="K110" s="2"/>
       <c r="L110" s="2"/>
       <c r="M110" s="2"/>
       <c r="N110" s="2"/>
       <c r="O110" s="2"/>
       <c r="P110" s="2"/>
       <c r="Q110" s="2"/>
     </row>
-    <row r="111" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="111" spans="1:17" x14ac:dyDescent="0.3">
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
       <c r="I111" s="2"/>
       <c r="J111" s="2"/>
       <c r="K111" s="2"/>
       <c r="L111" s="2"/>
       <c r="M111" s="2"/>
       <c r="N111" s="2"/>
       <c r="O111" s="2"/>
       <c r="P111" s="2"/>
       <c r="Q111" s="2"/>
     </row>
-    <row r="112" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="112" spans="1:17" x14ac:dyDescent="0.3">
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
       <c r="I112" s="2"/>
       <c r="J112" s="2"/>
       <c r="K112" s="2"/>
       <c r="L112" s="2"/>
       <c r="M112" s="2"/>
       <c r="N112" s="2"/>
       <c r="O112" s="2"/>
       <c r="P112" s="2"/>
       <c r="Q112" s="2"/>
     </row>
-    <row r="113" spans="5:17" x14ac:dyDescent="0.35">
+    <row r="113" spans="5:17" x14ac:dyDescent="0.3">
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
       <c r="I113" s="2"/>
       <c r="J113" s="2"/>
       <c r="K113" s="2"/>
       <c r="L113" s="2"/>
       <c r="M113" s="2"/>
       <c r="N113" s="2"/>
       <c r="O113" s="2"/>
       <c r="P113" s="2"/>
       <c r="Q113" s="2"/>
     </row>
-    <row r="114" spans="5:17" x14ac:dyDescent="0.35">
+    <row r="114" spans="5:17" x14ac:dyDescent="0.3">
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
       <c r="I114" s="2"/>
       <c r="J114" s="2"/>
       <c r="K114" s="2"/>
       <c r="L114" s="2"/>
       <c r="M114" s="2"/>
       <c r="N114" s="2"/>
       <c r="O114" s="2"/>
       <c r="P114" s="2"/>
       <c r="Q114" s="2"/>
     </row>
-    <row r="115" spans="5:17" x14ac:dyDescent="0.35">
+    <row r="115" spans="5:17" x14ac:dyDescent="0.3">
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
       <c r="I115" s="2"/>
       <c r="J115" s="2"/>
       <c r="K115" s="2"/>
       <c r="L115" s="2"/>
       <c r="M115" s="2"/>
       <c r="N115" s="2"/>
       <c r="O115" s="2"/>
       <c r="P115" s="2"/>
       <c r="Q115" s="2"/>
     </row>
-    <row r="116" spans="5:17" x14ac:dyDescent="0.35">
+    <row r="116" spans="5:17" x14ac:dyDescent="0.3">
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
       <c r="I116" s="2"/>
       <c r="J116" s="2"/>
       <c r="K116" s="2"/>
       <c r="L116" s="2"/>
       <c r="M116" s="2"/>
       <c r="N116" s="2"/>
       <c r="O116" s="2"/>
       <c r="P116" s="2"/>
       <c r="Q116" s="2"/>
     </row>
-    <row r="117" spans="5:17" x14ac:dyDescent="0.35">
+    <row r="117" spans="5:17" x14ac:dyDescent="0.3">
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
       <c r="I117" s="2"/>
       <c r="J117" s="2"/>
       <c r="K117" s="2"/>
       <c r="L117" s="2"/>
       <c r="M117" s="2"/>
       <c r="N117" s="2"/>
       <c r="O117" s="2"/>
       <c r="P117" s="2"/>
       <c r="Q117" s="2"/>
     </row>
-    <row r="118" spans="5:17" x14ac:dyDescent="0.35">
+    <row r="118" spans="5:17" x14ac:dyDescent="0.3">
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
       <c r="I118" s="2"/>
       <c r="J118" s="2"/>
       <c r="K118" s="2"/>
       <c r="L118" s="2"/>
       <c r="M118" s="2"/>
       <c r="N118" s="2"/>
       <c r="O118" s="2"/>
       <c r="P118" s="2"/>
       <c r="Q118" s="2"/>
     </row>
-    <row r="119" spans="5:17" x14ac:dyDescent="0.35">
+    <row r="119" spans="5:17" x14ac:dyDescent="0.3">
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
       <c r="I119" s="2"/>
       <c r="J119" s="2"/>
       <c r="K119" s="2"/>
       <c r="L119" s="2"/>
       <c r="M119" s="2"/>
       <c r="N119" s="2"/>
       <c r="O119" s="2"/>
       <c r="P119" s="2"/>
       <c r="Q119" s="2"/>
     </row>
-    <row r="120" spans="5:17" x14ac:dyDescent="0.35">
+    <row r="120" spans="5:17" x14ac:dyDescent="0.3">
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
       <c r="I120" s="2"/>
       <c r="J120" s="2"/>
       <c r="K120" s="2"/>
       <c r="L120" s="2"/>
       <c r="M120" s="2"/>
       <c r="N120" s="2"/>
       <c r="O120" s="2"/>
       <c r="P120" s="2"/>
       <c r="Q120" s="2"/>
     </row>
-    <row r="121" spans="5:17" x14ac:dyDescent="0.35">
+    <row r="121" spans="5:17" x14ac:dyDescent="0.3">
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
       <c r="I121" s="2"/>
       <c r="J121" s="2"/>
       <c r="K121" s="2"/>
       <c r="L121" s="2"/>
       <c r="M121" s="2"/>
       <c r="N121" s="2"/>
       <c r="O121" s="2"/>
       <c r="P121" s="2"/>
       <c r="Q121" s="2"/>
     </row>
-    <row r="122" spans="5:17" x14ac:dyDescent="0.35">
+    <row r="122" spans="5:17" x14ac:dyDescent="0.3">
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
       <c r="I122" s="2"/>
       <c r="J122" s="2"/>
       <c r="K122" s="2"/>
       <c r="L122" s="2"/>
       <c r="M122" s="2"/>
       <c r="N122" s="2"/>
       <c r="O122" s="2"/>
       <c r="P122" s="2"/>
       <c r="Q122" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="240">
     <mergeCell ref="C3:P3"/>
     <mergeCell ref="A5:B7"/>
     <mergeCell ref="C5:D6"/>
     <mergeCell ref="E5:H6"/>
     <mergeCell ref="J5:L6"/>
     <mergeCell ref="N5:P6"/>
     <mergeCell ref="E20:J20"/>
     <mergeCell ref="C21:H21"/>
     <mergeCell ref="J21:L21"/>
@@ -8440,2868 +11399,2868 @@
     <mergeCell ref="N100:P100"/>
     <mergeCell ref="C101:H101"/>
     <mergeCell ref="J101:M101"/>
     <mergeCell ref="N101:P101"/>
     <mergeCell ref="C106:H106"/>
     <mergeCell ref="J106:M106"/>
     <mergeCell ref="N106:P106"/>
     <mergeCell ref="C104:H104"/>
     <mergeCell ref="J104:M104"/>
     <mergeCell ref="N104:P104"/>
     <mergeCell ref="C105:H105"/>
     <mergeCell ref="J105:M105"/>
     <mergeCell ref="N105:P105"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.78740157480314965" bottom="0.19685039370078741" header="0" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="56" fitToHeight="2" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="63" max="15" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{09A441D4-1A80-499D-B87B-3D9C9E2C95F5}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A1:P120"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="87" zoomScaleNormal="87" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:H23"/>
+    <sheetView showGridLines="0" zoomScale="87" zoomScaleNormal="87" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="C1" sqref="C1:P1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="40.109375" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="8" width="15.6640625" style="4" customWidth="1"/>
+    <col min="1" max="1" width="40.140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="28.7109375" style="2" customWidth="1"/>
+    <col min="3" max="4" width="15.7109375" style="2" customWidth="1"/>
+    <col min="5" max="8" width="15.7109375" style="4" customWidth="1"/>
     <col min="9" max="9" width="1" style="4" hidden="1" customWidth="1"/>
-    <col min="10" max="12" width="15.6640625" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="17" max="16384" width="11.44140625" style="1"/>
+    <col min="10" max="12" width="15.7109375" style="4" customWidth="1"/>
+    <col min="13" max="13" width="0.85546875" style="4" hidden="1" customWidth="1"/>
+    <col min="14" max="16" width="15.7109375" style="4" customWidth="1"/>
+    <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="41.25" customHeight="1" x14ac:dyDescent="0.35">
-[...17 lines deleted...]
-    <row r="2" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:16" ht="41.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C1" s="362" t="s">
+        <v>107</v>
+      </c>
+      <c r="D1" s="362"/>
+      <c r="E1" s="362"/>
+      <c r="F1" s="362"/>
+      <c r="G1" s="362"/>
+      <c r="H1" s="362"/>
+      <c r="I1" s="362"/>
+      <c r="J1" s="362"/>
+      <c r="K1" s="362"/>
+      <c r="L1" s="362"/>
+      <c r="M1" s="362"/>
+      <c r="N1" s="362"/>
+      <c r="O1" s="362"/>
+      <c r="P1" s="362"/>
+    </row>
+    <row r="2" spans="1:16" x14ac:dyDescent="0.3">
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A3" s="155" t="s">
+    <row r="3" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A3" s="363" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="156"/>
-      <c r="C3" s="161" t="s">
+      <c r="B3" s="364"/>
+      <c r="C3" s="369" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="161"/>
-      <c r="E3" s="161" t="s">
+      <c r="D3" s="369"/>
+      <c r="E3" s="369" t="s">
         <v>3</v>
       </c>
-      <c r="F3" s="161"/>
-[...1 lines deleted...]
-      <c r="H3" s="161"/>
+      <c r="F3" s="369"/>
+      <c r="G3" s="369"/>
+      <c r="H3" s="369"/>
       <c r="I3" s="7"/>
-      <c r="J3" s="161" t="s">
+      <c r="J3" s="369" t="s">
         <v>4</v>
       </c>
-      <c r="K3" s="161"/>
-      <c r="L3" s="161"/>
+      <c r="K3" s="369"/>
+      <c r="L3" s="369"/>
       <c r="M3" s="7"/>
-      <c r="N3" s="161" t="s">
+      <c r="N3" s="369" t="s">
         <v>5</v>
       </c>
-      <c r="O3" s="161"/>
-[...10 lines deleted...]
-      <c r="H4" s="161"/>
+      <c r="O3" s="369"/>
+      <c r="P3" s="369"/>
+    </row>
+    <row r="4" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A4" s="365"/>
+      <c r="B4" s="366"/>
+      <c r="C4" s="369"/>
+      <c r="D4" s="369"/>
+      <c r="E4" s="369"/>
+      <c r="F4" s="369"/>
+      <c r="G4" s="369"/>
+      <c r="H4" s="369"/>
       <c r="I4" s="8"/>
-      <c r="J4" s="161"/>
-[...1 lines deleted...]
-      <c r="L4" s="161"/>
+      <c r="J4" s="369"/>
+      <c r="K4" s="369"/>
+      <c r="L4" s="369"/>
       <c r="M4" s="8"/>
-      <c r="N4" s="161"/>
-[...5 lines deleted...]
-      <c r="B5" s="160"/>
+      <c r="N4" s="369"/>
+      <c r="O4" s="369"/>
+      <c r="P4" s="369"/>
+    </row>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A5" s="367"/>
+      <c r="B5" s="368"/>
       <c r="C5" s="9" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>8</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="12" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="6"/>
       <c r="J5" s="13" t="s">
         <v>12</v>
       </c>
       <c r="K5" s="11" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="6"/>
       <c r="N5" s="13" t="s">
         <v>15</v>
       </c>
       <c r="O5" s="11" t="s">
         <v>16</v>
       </c>
       <c r="P5" s="12" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="6" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
       <c r="G6" s="6"/>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A7" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="16"/>
       <c r="D7" s="16"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A8" s="17" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="19">
         <v>1534.94</v>
       </c>
       <c r="D8" s="19">
         <v>1534.94</v>
       </c>
       <c r="E8" s="19">
         <v>1413.37</v>
       </c>
       <c r="F8" s="19">
         <v>1413.37</v>
       </c>
       <c r="G8" s="19">
         <v>1413.37</v>
       </c>
       <c r="H8" s="19">
         <v>1413.37</v>
       </c>
-      <c r="I8" s="165" t="e">
+      <c r="I8" s="84" t="e">
         <v>#REF!</v>
       </c>
       <c r="J8" s="19">
         <v>1387.15</v>
       </c>
       <c r="K8" s="19">
         <v>1387.15</v>
       </c>
       <c r="L8" s="19">
         <v>1387.15</v>
       </c>
-      <c r="M8" s="165" t="e">
+      <c r="M8" s="84" t="e">
         <v>#REF!</v>
       </c>
       <c r="N8" s="19">
         <v>1315.06</v>
       </c>
       <c r="O8" s="19">
         <v>1315.06</v>
       </c>
       <c r="P8" s="19">
         <v>1315.06</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A9" s="20" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C9" s="22">
         <v>1149.5662499999999</v>
       </c>
       <c r="D9" s="22">
         <v>1063.1762500000004</v>
       </c>
       <c r="E9" s="22">
         <v>909.87000000000023</v>
       </c>
       <c r="F9" s="22">
         <v>800.09187499999973</v>
       </c>
       <c r="G9" s="22">
         <v>690.37249999999983</v>
       </c>
       <c r="H9" s="22">
         <v>580.60125000000005</v>
       </c>
       <c r="I9" s="23" t="e">
         <v>#REF!</v>
       </c>
       <c r="J9" s="22">
         <v>496.52000000000004</v>
       </c>
       <c r="K9" s="22">
         <v>411.25749999999999</v>
       </c>
       <c r="L9" s="22">
         <v>326.00187499999998</v>
       </c>
       <c r="M9" s="23" t="e">
         <v>#REF!</v>
       </c>
       <c r="N9" s="22">
         <v>311.34687500000007</v>
       </c>
       <c r="O9" s="22">
         <v>226.09124999999986</v>
       </c>
       <c r="P9" s="22">
         <v>140.801875</v>
       </c>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A10" s="20" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="22">
         <v>2684.5062499999999</v>
       </c>
       <c r="D10" s="22">
         <v>2598.1162500000005</v>
       </c>
       <c r="E10" s="22">
         <v>2323.2400000000002</v>
       </c>
       <c r="F10" s="22">
         <v>2213.4618749999995</v>
       </c>
       <c r="G10" s="22">
         <v>2103.7424999999998</v>
       </c>
       <c r="H10" s="22">
         <v>1993.9712500000001</v>
       </c>
       <c r="I10" s="23" t="e">
         <v>#REF!</v>
       </c>
       <c r="J10" s="22">
         <v>1883.67</v>
       </c>
       <c r="K10" s="22">
         <v>1798.4075</v>
       </c>
       <c r="L10" s="22">
         <v>1713.151875</v>
       </c>
       <c r="M10" s="23" t="e">
         <v>#REF!</v>
       </c>
       <c r="N10" s="22">
         <v>1626.4068750000001</v>
       </c>
       <c r="O10" s="22">
         <v>1541.1512499999999</v>
       </c>
       <c r="P10" s="22">
         <v>1455.8618750000001</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A11" s="20" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="22">
         <v>3196.1017519999996</v>
       </c>
       <c r="D11" s="22">
         <v>3109.7117520000002</v>
       </c>
       <c r="E11" s="22">
         <v>2794.316221</v>
       </c>
       <c r="F11" s="22">
         <v>2684.5380959999993</v>
       </c>
       <c r="G11" s="22">
         <v>2574.8187209999996</v>
       </c>
       <c r="H11" s="22">
         <v>2465.0474709999999</v>
       </c>
       <c r="I11" s="23" t="e">
         <v>#REF!</v>
       </c>
       <c r="J11" s="22">
         <v>2346.0070949999999</v>
       </c>
       <c r="K11" s="22">
         <v>2260.7445950000001</v>
       </c>
       <c r="L11" s="22">
         <v>2175.4889699999999</v>
       </c>
       <c r="M11" s="23" t="e">
         <v>#REF!</v>
       </c>
       <c r="N11" s="22">
         <v>2064.7163729999997</v>
       </c>
       <c r="O11" s="22">
         <v>1979.4607479999997</v>
       </c>
       <c r="P11" s="22">
         <v>1894.1713729999997</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A12" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="26">
         <v>1777.01</v>
       </c>
       <c r="D12" s="26">
         <v>1777.01</v>
       </c>
       <c r="E12" s="26">
         <v>1777.01</v>
       </c>
       <c r="F12" s="26">
         <v>1777.01</v>
       </c>
       <c r="G12" s="26">
         <v>1777.01</v>
       </c>
       <c r="H12" s="26">
         <v>1777.01</v>
       </c>
-      <c r="I12" s="166">
+      <c r="I12" s="85">
         <v>1505.81</v>
       </c>
       <c r="J12" s="26">
         <v>1777.01</v>
       </c>
       <c r="K12" s="26">
         <v>1777.01</v>
       </c>
       <c r="L12" s="26">
         <v>1777.01</v>
       </c>
-      <c r="M12" s="166">
+      <c r="M12" s="85">
         <v>1505.81</v>
       </c>
       <c r="N12" s="26">
         <v>1777.01</v>
       </c>
       <c r="O12" s="26">
         <v>1777.01</v>
       </c>
       <c r="P12" s="26">
         <v>1777.01</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A13" s="149" t="s">
+    <row r="13" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A13" s="357" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="150"/>
+      <c r="B13" s="358"/>
       <c r="C13" s="27">
         <v>45240.71</v>
       </c>
       <c r="D13" s="27">
         <v>43858.47</v>
       </c>
       <c r="E13" s="28">
         <v>39419.93</v>
       </c>
       <c r="F13" s="29">
         <v>37663.480000000003</v>
       </c>
       <c r="G13" s="29">
         <v>35907.97</v>
       </c>
       <c r="H13" s="30">
         <v>34151.630000000005</v>
       </c>
       <c r="I13" s="31" t="e">
         <v>#REF!</v>
       </c>
       <c r="J13" s="28">
         <v>32378.07</v>
       </c>
       <c r="K13" s="29">
         <v>31013.87</v>
       </c>
       <c r="L13" s="30">
         <v>29649.78</v>
       </c>
       <c r="M13" s="31" t="e">
         <v>#REF!</v>
       </c>
       <c r="N13" s="28">
         <v>28237.829999999998</v>
       </c>
       <c r="O13" s="29">
         <v>26873.739999999998</v>
       </c>
       <c r="P13" s="30">
         <v>25509.109999999997</v>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A15" s="14" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="16"/>
       <c r="D15" s="16"/>
-      <c r="E15" s="115"/>
-[...6 lines deleted...]
-    <row r="16" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="E15" s="323"/>
+      <c r="F15" s="323"/>
+      <c r="G15" s="323"/>
+      <c r="H15" s="323"/>
+      <c r="I15" s="323"/>
+      <c r="J15" s="323"/>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A16" s="32" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="33" t="s">
         <v>27</v>
       </c>
-      <c r="C16" s="151">
+      <c r="C16" s="359">
         <v>1253.54</v>
       </c>
-      <c r="D16" s="152"/>
-      <c r="E16" s="151">
+      <c r="D16" s="360"/>
+      <c r="E16" s="359">
         <v>1154.25</v>
       </c>
-      <c r="F16" s="153"/>
-[...1 lines deleted...]
-      <c r="H16" s="152"/>
+      <c r="F16" s="361"/>
+      <c r="G16" s="361"/>
+      <c r="H16" s="360"/>
       <c r="I16" s="76"/>
-      <c r="J16" s="151">
+      <c r="J16" s="359">
         <v>1132.8399999999999</v>
       </c>
-      <c r="K16" s="153"/>
-      <c r="L16" s="153"/>
+      <c r="K16" s="361"/>
+      <c r="L16" s="361"/>
       <c r="M16" s="35"/>
-      <c r="N16" s="151">
+      <c r="N16" s="359">
         <v>1073.97</v>
       </c>
-      <c r="O16" s="153"/>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O16" s="361"/>
+      <c r="P16" s="360"/>
+    </row>
+    <row r="17" spans="1:16" x14ac:dyDescent="0.3">
       <c r="D17" s="2">
         <v>76.747503566333805</v>
       </c>
       <c r="E17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="36">
         <v>70.668511568390954</v>
       </c>
       <c r="J17" s="2"/>
       <c r="L17" s="4">
         <v>69.357692566719507</v>
       </c>
       <c r="N17" s="2"/>
       <c r="P17" s="4">
         <v>65.753399496733664</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A18" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="16"/>
       <c r="D18" s="16"/>
-      <c r="E18" s="115"/>
-[...6 lines deleted...]
-    <row r="19" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="E18" s="323"/>
+      <c r="F18" s="323"/>
+      <c r="G18" s="323"/>
+      <c r="H18" s="323"/>
+      <c r="I18" s="323"/>
+      <c r="J18" s="323"/>
+    </row>
+    <row r="19" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A19" s="38" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="39" t="s">
         <v>33</v>
       </c>
-      <c r="C19" s="167">
+      <c r="C19" s="372">
         <v>1.9002999999999999</v>
       </c>
-      <c r="D19" s="168"/>
-[...5 lines deleted...]
-      <c r="J19" s="171">
+      <c r="D19" s="373"/>
+      <c r="E19" s="373"/>
+      <c r="F19" s="373"/>
+      <c r="G19" s="373"/>
+      <c r="H19" s="374"/>
+      <c r="I19" s="86"/>
+      <c r="J19" s="375">
         <v>1.8695999999999999</v>
       </c>
-      <c r="K19" s="172"/>
-[...2 lines deleted...]
-      <c r="N19" s="171">
+      <c r="K19" s="376"/>
+      <c r="L19" s="377"/>
+      <c r="M19" s="86"/>
+      <c r="N19" s="375">
         <v>1.736</v>
       </c>
-      <c r="O19" s="172"/>
-[...2 lines deleted...]
-    <row r="20" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O19" s="376"/>
+      <c r="P19" s="377"/>
+    </row>
+    <row r="20" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A20" s="41" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="42" t="s">
         <v>33</v>
       </c>
-      <c r="C20" s="174">
+      <c r="C20" s="378">
         <v>2.0442</v>
       </c>
-      <c r="D20" s="175"/>
-[...3 lines deleted...]
-      <c r="H20" s="176"/>
+      <c r="D20" s="379"/>
+      <c r="E20" s="379"/>
+      <c r="F20" s="379"/>
+      <c r="G20" s="379"/>
+      <c r="H20" s="380"/>
       <c r="I20" s="76"/>
-      <c r="J20" s="101">
+      <c r="J20" s="309">
         <v>2.0237000000000003</v>
       </c>
-      <c r="K20" s="177"/>
-      <c r="L20" s="178"/>
+      <c r="K20" s="381"/>
+      <c r="L20" s="382"/>
       <c r="M20" s="76"/>
-      <c r="N20" s="101">
+      <c r="N20" s="309">
         <v>1.9107000000000001</v>
       </c>
-      <c r="O20" s="177"/>
-[...2 lines deleted...]
-    <row r="21" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O20" s="381"/>
+      <c r="P20" s="382"/>
+    </row>
+    <row r="21" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A21" s="41" t="s">
         <v>35</v>
       </c>
       <c r="B21" s="42" t="s">
         <v>33</v>
       </c>
-      <c r="C21" s="174">
+      <c r="C21" s="378">
         <v>2.2393000000000001</v>
       </c>
-      <c r="D21" s="175"/>
-[...3 lines deleted...]
-      <c r="H21" s="176"/>
+      <c r="D21" s="379"/>
+      <c r="E21" s="379"/>
+      <c r="F21" s="379"/>
+      <c r="G21" s="379"/>
+      <c r="H21" s="380"/>
       <c r="I21" s="76"/>
-      <c r="J21" s="101">
+      <c r="J21" s="309">
         <v>2.1880000000000002</v>
       </c>
-      <c r="K21" s="177"/>
-      <c r="L21" s="178"/>
+      <c r="K21" s="381"/>
+      <c r="L21" s="382"/>
       <c r="M21" s="76"/>
-      <c r="N21" s="101">
+      <c r="N21" s="309">
         <v>2.0442</v>
       </c>
-      <c r="O21" s="177"/>
-[...2 lines deleted...]
-    <row r="22" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O21" s="381"/>
+      <c r="P21" s="382"/>
+    </row>
+    <row r="22" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A22" s="41" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="42" t="s">
         <v>33</v>
       </c>
-      <c r="C22" s="174">
+      <c r="C22" s="378">
         <v>2.3729</v>
       </c>
-      <c r="D22" s="175"/>
-[...3 lines deleted...]
-      <c r="H22" s="176"/>
+      <c r="D22" s="379"/>
+      <c r="E22" s="379"/>
+      <c r="F22" s="379"/>
+      <c r="G22" s="379"/>
+      <c r="H22" s="380"/>
       <c r="I22" s="76"/>
-      <c r="J22" s="101">
+      <c r="J22" s="309">
         <v>2.3421000000000003</v>
       </c>
-      <c r="K22" s="177"/>
-      <c r="L22" s="178"/>
+      <c r="K22" s="381"/>
+      <c r="L22" s="382"/>
       <c r="M22" s="76"/>
-      <c r="N22" s="101">
+      <c r="N22" s="309">
         <v>2.2291000000000003</v>
       </c>
-      <c r="O22" s="177"/>
-[...2 lines deleted...]
-    <row r="23" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O22" s="381"/>
+      <c r="P22" s="382"/>
+    </row>
+    <row r="23" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A23" s="44" t="s">
         <v>37</v>
       </c>
       <c r="B23" s="45" t="s">
         <v>33</v>
       </c>
-      <c r="C23" s="174">
+      <c r="C23" s="378">
         <v>2.5372000000000003</v>
       </c>
-      <c r="D23" s="175"/>
-[...3 lines deleted...]
-      <c r="H23" s="176"/>
+      <c r="D23" s="379"/>
+      <c r="E23" s="379"/>
+      <c r="F23" s="379"/>
+      <c r="G23" s="379"/>
+      <c r="H23" s="380"/>
       <c r="I23" s="76"/>
-      <c r="J23" s="179">
+      <c r="J23" s="383">
         <v>2.5166000000000004</v>
       </c>
-      <c r="K23" s="180"/>
-      <c r="L23" s="181"/>
+      <c r="K23" s="384"/>
+      <c r="L23" s="385"/>
       <c r="M23" s="76"/>
-      <c r="N23" s="179">
+      <c r="N23" s="383">
         <v>2.3523000000000001</v>
       </c>
-      <c r="O23" s="180"/>
-[...2 lines deleted...]
-    <row r="24" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O23" s="384"/>
+      <c r="P23" s="385"/>
+    </row>
+    <row r="24" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A24" s="46" t="s">
         <v>38</v>
       </c>
       <c r="B24" s="33" t="s">
         <v>21</v>
       </c>
-      <c r="C24" s="182">
+      <c r="C24" s="386">
         <v>91.141800000000003</v>
       </c>
-      <c r="D24" s="183"/>
-[...5 lines deleted...]
-      <c r="J24" s="186">
+      <c r="D24" s="387"/>
+      <c r="E24" s="387"/>
+      <c r="F24" s="387"/>
+      <c r="G24" s="387"/>
+      <c r="H24" s="388"/>
+      <c r="I24" s="87"/>
+      <c r="J24" s="389">
         <v>91.141800000000003</v>
       </c>
-      <c r="K24" s="187"/>
-      <c r="L24" s="188"/>
+      <c r="K24" s="390"/>
+      <c r="L24" s="391"/>
       <c r="M24" s="69"/>
-      <c r="N24" s="182">
+      <c r="N24" s="386">
         <v>91.141800000000003</v>
       </c>
-      <c r="O24" s="189"/>
-[...2 lines deleted...]
-    <row r="26" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O24" s="392"/>
+      <c r="P24" s="393"/>
+    </row>
+    <row r="26" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A26" s="14" t="s">
         <v>39</v>
       </c>
       <c r="B26" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="16"/>
       <c r="D26" s="16"/>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A27" s="17" t="s">
         <v>40</v>
       </c>
       <c r="B27" s="18" t="s">
         <v>21</v>
       </c>
       <c r="C27" s="48"/>
       <c r="D27" s="48"/>
-      <c r="E27" s="191">
+      <c r="E27" s="397">
         <v>177.9693</v>
       </c>
-      <c r="F27" s="192"/>
-[...1 lines deleted...]
-      <c r="H27" s="193"/>
+      <c r="F27" s="398"/>
+      <c r="G27" s="398"/>
+      <c r="H27" s="399"/>
       <c r="I27" s="76"/>
-      <c r="J27" s="194"/>
-[...1 lines deleted...]
-      <c r="L27" s="196"/>
+      <c r="J27" s="400"/>
+      <c r="K27" s="401"/>
+      <c r="L27" s="402"/>
       <c r="M27" s="49"/>
-      <c r="N27" s="194"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N27" s="400"/>
+      <c r="O27" s="401"/>
+      <c r="P27" s="402"/>
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A28" s="20" t="s">
         <v>41</v>
       </c>
       <c r="B28" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="50"/>
       <c r="D28" s="50"/>
-      <c r="E28" s="197">
+      <c r="E28" s="394">
         <v>43.234100000000005</v>
       </c>
-      <c r="F28" s="198"/>
-[...1 lines deleted...]
-      <c r="H28" s="199"/>
+      <c r="F28" s="395"/>
+      <c r="G28" s="395"/>
+      <c r="H28" s="396"/>
       <c r="I28" s="76"/>
-      <c r="J28" s="139"/>
-[...1 lines deleted...]
-      <c r="L28" s="141"/>
+      <c r="J28" s="347"/>
+      <c r="K28" s="348"/>
+      <c r="L28" s="349"/>
       <c r="M28" s="76"/>
-      <c r="N28" s="139"/>
-[...3 lines deleted...]
-    <row r="29" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N28" s="347"/>
+      <c r="O28" s="348"/>
+      <c r="P28" s="349"/>
+    </row>
+    <row r="29" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A29" s="20" t="s">
         <v>42</v>
       </c>
       <c r="B29" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C29" s="50"/>
       <c r="D29" s="50"/>
-      <c r="E29" s="197"/>
-[...2 lines deleted...]
-      <c r="H29" s="199"/>
+      <c r="E29" s="394"/>
+      <c r="F29" s="395"/>
+      <c r="G29" s="395"/>
+      <c r="H29" s="396"/>
       <c r="I29" s="76"/>
-      <c r="J29" s="139">
+      <c r="J29" s="347">
         <v>189.11420000000001</v>
       </c>
-      <c r="K29" s="140"/>
-      <c r="L29" s="141"/>
+      <c r="K29" s="348"/>
+      <c r="L29" s="349"/>
       <c r="M29" s="76"/>
-      <c r="N29" s="139"/>
-[...3 lines deleted...]
-    <row r="30" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N29" s="347"/>
+      <c r="O29" s="348"/>
+      <c r="P29" s="349"/>
+    </row>
+    <row r="30" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A30" s="20" t="s">
         <v>43</v>
       </c>
       <c r="B30" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C30" s="22">
         <v>261.18</v>
       </c>
       <c r="D30" s="22">
         <v>174.14</v>
       </c>
-      <c r="E30" s="197"/>
-[...2 lines deleted...]
-      <c r="H30" s="199"/>
+      <c r="E30" s="394"/>
+      <c r="F30" s="395"/>
+      <c r="G30" s="395"/>
+      <c r="H30" s="396"/>
       <c r="I30" s="76"/>
-      <c r="J30" s="139"/>
-[...1 lines deleted...]
-      <c r="L30" s="141"/>
+      <c r="J30" s="347"/>
+      <c r="K30" s="348"/>
+      <c r="L30" s="349"/>
       <c r="M30" s="76"/>
-      <c r="N30" s="139"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N30" s="347"/>
+      <c r="O30" s="348"/>
+      <c r="P30" s="349"/>
+    </row>
+    <row r="31" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A31" s="20" t="s">
         <v>44</v>
       </c>
       <c r="B31" s="21" t="s">
         <v>45</v>
       </c>
       <c r="C31" s="50"/>
       <c r="D31" s="50"/>
-      <c r="E31" s="197">
+      <c r="E31" s="394">
         <v>474.38259999999997</v>
       </c>
-      <c r="F31" s="198"/>
-[...1 lines deleted...]
-      <c r="H31" s="199"/>
+      <c r="F31" s="395"/>
+      <c r="G31" s="395"/>
+      <c r="H31" s="396"/>
       <c r="I31" s="76"/>
-      <c r="J31" s="139">
+      <c r="J31" s="347">
         <v>474.38259999999997</v>
       </c>
-      <c r="K31" s="140"/>
-      <c r="L31" s="141"/>
+      <c r="K31" s="348"/>
+      <c r="L31" s="349"/>
       <c r="M31" s="76"/>
-      <c r="N31" s="139"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N31" s="347"/>
+      <c r="O31" s="348"/>
+      <c r="P31" s="349"/>
+    </row>
+    <row r="32" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A32" s="20" t="s">
         <v>46</v>
       </c>
       <c r="B32" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="50"/>
       <c r="D32" s="50"/>
-      <c r="E32" s="197"/>
-[...2 lines deleted...]
-      <c r="H32" s="199"/>
+      <c r="E32" s="394"/>
+      <c r="F32" s="395"/>
+      <c r="G32" s="395"/>
+      <c r="H32" s="396"/>
       <c r="I32" s="76"/>
-      <c r="J32" s="139">
+      <c r="J32" s="347">
         <v>172.83340000000001</v>
       </c>
-      <c r="K32" s="140"/>
-      <c r="L32" s="141"/>
+      <c r="K32" s="348"/>
+      <c r="L32" s="349"/>
       <c r="M32" s="76"/>
-      <c r="N32" s="139"/>
-[...3 lines deleted...]
-    <row r="33" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N32" s="347"/>
+      <c r="O32" s="348"/>
+      <c r="P32" s="349"/>
+    </row>
+    <row r="33" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A33" s="20" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C33" s="50"/>
       <c r="D33" s="50"/>
-      <c r="E33" s="197"/>
-[...2 lines deleted...]
-      <c r="H33" s="199"/>
+      <c r="E33" s="394"/>
+      <c r="F33" s="395"/>
+      <c r="G33" s="395"/>
+      <c r="H33" s="396"/>
       <c r="I33" s="76"/>
-      <c r="J33" s="139">
+      <c r="J33" s="347">
         <v>7.92</v>
       </c>
-      <c r="K33" s="140"/>
-      <c r="L33" s="141"/>
+      <c r="K33" s="348"/>
+      <c r="L33" s="349"/>
       <c r="M33" s="76"/>
-      <c r="N33" s="139"/>
-[...3 lines deleted...]
-    <row r="34" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N33" s="347"/>
+      <c r="O33" s="348"/>
+      <c r="P33" s="349"/>
+    </row>
+    <row r="34" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A34" s="20" t="s">
         <v>48</v>
       </c>
       <c r="B34" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="50"/>
       <c r="D34" s="50"/>
-      <c r="E34" s="197"/>
-[...2 lines deleted...]
-      <c r="H34" s="199"/>
+      <c r="E34" s="394"/>
+      <c r="F34" s="395"/>
+      <c r="G34" s="395"/>
+      <c r="H34" s="396"/>
       <c r="I34" s="76"/>
-      <c r="J34" s="136">
+      <c r="J34" s="344">
         <v>10.92</v>
       </c>
-      <c r="K34" s="137"/>
-      <c r="L34" s="138"/>
+      <c r="K34" s="345"/>
+      <c r="L34" s="346"/>
       <c r="M34" s="76"/>
-      <c r="N34" s="139"/>
-[...3 lines deleted...]
-    <row r="35" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N34" s="347"/>
+      <c r="O34" s="348"/>
+      <c r="P34" s="349"/>
+    </row>
+    <row r="35" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A35" s="20" t="s">
         <v>49</v>
       </c>
       <c r="B35" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C35" s="50"/>
       <c r="D35" s="50"/>
-      <c r="E35" s="197"/>
-[...2 lines deleted...]
-      <c r="H35" s="199"/>
+      <c r="E35" s="394"/>
+      <c r="F35" s="395"/>
+      <c r="G35" s="395"/>
+      <c r="H35" s="396"/>
       <c r="I35" s="76"/>
-      <c r="J35" s="136">
+      <c r="J35" s="344">
         <v>10.92</v>
       </c>
-      <c r="K35" s="137"/>
-      <c r="L35" s="138"/>
+      <c r="K35" s="345"/>
+      <c r="L35" s="346"/>
       <c r="M35" s="76"/>
-      <c r="N35" s="139"/>
-[...3 lines deleted...]
-    <row r="36" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N35" s="347"/>
+      <c r="O35" s="348"/>
+      <c r="P35" s="349"/>
+    </row>
+    <row r="36" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A36" s="20" t="s">
         <v>50</v>
       </c>
       <c r="B36" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="50"/>
       <c r="D36" s="50"/>
-      <c r="E36" s="197"/>
-[...2 lines deleted...]
-      <c r="H36" s="199"/>
+      <c r="E36" s="394"/>
+      <c r="F36" s="395"/>
+      <c r="G36" s="395"/>
+      <c r="H36" s="396"/>
       <c r="I36" s="76"/>
-      <c r="J36" s="139">
+      <c r="J36" s="347">
         <v>0.65749999999999997</v>
       </c>
-      <c r="K36" s="140"/>
-      <c r="L36" s="141"/>
+      <c r="K36" s="348"/>
+      <c r="L36" s="349"/>
       <c r="M36" s="76"/>
-      <c r="N36" s="139"/>
-[...3 lines deleted...]
-    <row r="37" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N36" s="347"/>
+      <c r="O36" s="348"/>
+      <c r="P36" s="349"/>
+    </row>
+    <row r="37" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A37" s="20" t="s">
         <v>52</v>
       </c>
       <c r="B37" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C37" s="50"/>
       <c r="D37" s="50"/>
-      <c r="E37" s="197"/>
-[...2 lines deleted...]
-      <c r="H37" s="199"/>
+      <c r="E37" s="394"/>
+      <c r="F37" s="395"/>
+      <c r="G37" s="395"/>
+      <c r="H37" s="396"/>
       <c r="I37" s="76"/>
-      <c r="J37" s="139">
+      <c r="J37" s="347">
         <v>0.59589999999999999</v>
       </c>
-      <c r="K37" s="140"/>
-      <c r="L37" s="141"/>
+      <c r="K37" s="348"/>
+      <c r="L37" s="349"/>
       <c r="M37" s="76"/>
-      <c r="N37" s="139"/>
-[...3 lines deleted...]
-    <row r="38" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N37" s="347"/>
+      <c r="O37" s="348"/>
+      <c r="P37" s="349"/>
+    </row>
+    <row r="38" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A38" s="20" t="s">
         <v>53</v>
       </c>
       <c r="B38" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C38" s="50"/>
       <c r="D38" s="50"/>
-      <c r="E38" s="197">
+      <c r="E38" s="394">
         <v>41.621400000000001</v>
       </c>
-      <c r="F38" s="198"/>
-[...1 lines deleted...]
-      <c r="H38" s="199"/>
+      <c r="F38" s="395"/>
+      <c r="G38" s="395"/>
+      <c r="H38" s="396"/>
       <c r="I38" s="76"/>
-      <c r="J38" s="139">
+      <c r="J38" s="347">
         <v>41.621400000000001</v>
       </c>
-      <c r="K38" s="140"/>
-      <c r="L38" s="141"/>
+      <c r="K38" s="348"/>
+      <c r="L38" s="349"/>
       <c r="M38" s="76"/>
-      <c r="N38" s="139"/>
-[...3 lines deleted...]
-    <row r="39" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N38" s="347"/>
+      <c r="O38" s="348"/>
+      <c r="P38" s="349"/>
+    </row>
+    <row r="39" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A39" s="20" t="s">
         <v>54</v>
       </c>
       <c r="B39" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C39" s="50"/>
       <c r="D39" s="50"/>
-      <c r="E39" s="197">
+      <c r="E39" s="394">
         <v>129.12690000000001</v>
       </c>
-      <c r="F39" s="198"/>
-[...1 lines deleted...]
-      <c r="H39" s="199"/>
+      <c r="F39" s="395"/>
+      <c r="G39" s="395"/>
+      <c r="H39" s="396"/>
       <c r="I39" s="76"/>
-      <c r="J39" s="139">
+      <c r="J39" s="347">
         <v>129.12690000000001</v>
       </c>
-      <c r="K39" s="140"/>
-      <c r="L39" s="141"/>
+      <c r="K39" s="348"/>
+      <c r="L39" s="349"/>
       <c r="M39" s="76"/>
-      <c r="N39" s="139"/>
-[...3 lines deleted...]
-    <row r="40" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N39" s="347"/>
+      <c r="O39" s="348"/>
+      <c r="P39" s="349"/>
+    </row>
+    <row r="40" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A40" s="20" t="s">
         <v>55</v>
       </c>
       <c r="B40" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C40" s="50"/>
       <c r="D40" s="50"/>
-      <c r="E40" s="197"/>
-[...2 lines deleted...]
-      <c r="H40" s="199"/>
+      <c r="E40" s="394"/>
+      <c r="F40" s="395"/>
+      <c r="G40" s="395"/>
+      <c r="H40" s="396"/>
       <c r="I40" s="76"/>
-      <c r="J40" s="139">
+      <c r="J40" s="347">
         <v>120.37530000000001</v>
       </c>
-      <c r="K40" s="140"/>
-      <c r="L40" s="141"/>
+      <c r="K40" s="348"/>
+      <c r="L40" s="349"/>
       <c r="M40" s="76"/>
-      <c r="N40" s="139"/>
-[...3 lines deleted...]
-    <row r="41" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N40" s="347"/>
+      <c r="O40" s="348"/>
+      <c r="P40" s="349"/>
+    </row>
+    <row r="41" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A41" s="20" t="s">
         <v>56</v>
       </c>
       <c r="B41" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C41" s="50"/>
       <c r="D41" s="50"/>
-      <c r="E41" s="197">
+      <c r="E41" s="394">
         <v>177.9693</v>
       </c>
-      <c r="F41" s="198"/>
-[...1 lines deleted...]
-      <c r="H41" s="199"/>
+      <c r="F41" s="395"/>
+      <c r="G41" s="395"/>
+      <c r="H41" s="396"/>
       <c r="I41" s="76"/>
-      <c r="J41" s="139"/>
-[...1 lines deleted...]
-      <c r="L41" s="141"/>
+      <c r="J41" s="347"/>
+      <c r="K41" s="348"/>
+      <c r="L41" s="349"/>
       <c r="M41" s="76"/>
-      <c r="N41" s="139"/>
-[...3 lines deleted...]
-    <row r="42" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N41" s="347"/>
+      <c r="O41" s="348"/>
+      <c r="P41" s="349"/>
+    </row>
+    <row r="42" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A42" s="20" t="s">
         <v>57</v>
       </c>
       <c r="B42" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C42" s="50"/>
       <c r="D42" s="50"/>
-      <c r="E42" s="197">
+      <c r="E42" s="394">
         <v>120.0671</v>
       </c>
-      <c r="F42" s="198"/>
-[...1 lines deleted...]
-      <c r="H42" s="199"/>
+      <c r="F42" s="395"/>
+      <c r="G42" s="395"/>
+      <c r="H42" s="396"/>
       <c r="I42" s="76"/>
-      <c r="J42" s="139"/>
-[...1 lines deleted...]
-      <c r="L42" s="141"/>
+      <c r="J42" s="347"/>
+      <c r="K42" s="348"/>
+      <c r="L42" s="349"/>
       <c r="M42" s="76"/>
-      <c r="N42" s="139"/>
-[...3 lines deleted...]
-    <row r="43" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N42" s="347"/>
+      <c r="O42" s="348"/>
+      <c r="P42" s="349"/>
+    </row>
+    <row r="43" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A43" s="20" t="s">
         <v>58</v>
       </c>
       <c r="B43" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C43" s="50"/>
       <c r="D43" s="50"/>
-      <c r="E43" s="197">
+      <c r="E43" s="394">
         <v>153.57380000000001</v>
       </c>
-      <c r="F43" s="198"/>
-[...1 lines deleted...]
-      <c r="H43" s="199"/>
+      <c r="F43" s="395"/>
+      <c r="G43" s="395"/>
+      <c r="H43" s="396"/>
       <c r="I43" s="76"/>
-      <c r="J43" s="139">
+      <c r="J43" s="347">
         <v>153.57380000000001</v>
       </c>
-      <c r="K43" s="140"/>
-      <c r="L43" s="141"/>
+      <c r="K43" s="348"/>
+      <c r="L43" s="349"/>
       <c r="M43" s="76"/>
-      <c r="N43" s="139"/>
-[...3 lines deleted...]
-    <row r="44" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N43" s="347"/>
+      <c r="O43" s="348"/>
+      <c r="P43" s="349"/>
+    </row>
+    <row r="44" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A44" s="51" t="s">
         <v>59</v>
       </c>
       <c r="B44" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C44" s="50"/>
       <c r="D44" s="50"/>
-      <c r="E44" s="197">
+      <c r="E44" s="394">
         <v>162.9622</v>
       </c>
-      <c r="F44" s="198"/>
-[...1 lines deleted...]
-      <c r="H44" s="199"/>
+      <c r="F44" s="395"/>
+      <c r="G44" s="395"/>
+      <c r="H44" s="396"/>
       <c r="I44" s="76"/>
-      <c r="J44" s="139"/>
-[...1 lines deleted...]
-      <c r="L44" s="141"/>
+      <c r="J44" s="347"/>
+      <c r="K44" s="348"/>
+      <c r="L44" s="349"/>
       <c r="M44" s="76"/>
-      <c r="N44" s="139"/>
-[...3 lines deleted...]
-    <row r="45" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N44" s="347"/>
+      <c r="O44" s="348"/>
+      <c r="P44" s="349"/>
+    </row>
+    <row r="45" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A45" s="20" t="s">
         <v>60</v>
       </c>
       <c r="B45" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C45" s="50"/>
       <c r="D45" s="50"/>
-      <c r="E45" s="197">
+      <c r="E45" s="394">
         <v>153.57380000000001</v>
       </c>
-      <c r="F45" s="198"/>
-[...1 lines deleted...]
-      <c r="H45" s="199"/>
+      <c r="F45" s="395"/>
+      <c r="G45" s="395"/>
+      <c r="H45" s="396"/>
       <c r="I45" s="76"/>
-      <c r="J45" s="139">
+      <c r="J45" s="347">
         <v>153.57380000000001</v>
       </c>
-      <c r="K45" s="140"/>
-      <c r="L45" s="141"/>
+      <c r="K45" s="348"/>
+      <c r="L45" s="349"/>
       <c r="M45" s="76"/>
-      <c r="N45" s="139"/>
-[...3 lines deleted...]
-    <row r="46" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N45" s="347"/>
+      <c r="O45" s="348"/>
+      <c r="P45" s="349"/>
+    </row>
+    <row r="46" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A46" s="20" t="s">
         <v>61</v>
       </c>
       <c r="B46" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C46" s="50"/>
       <c r="D46" s="50"/>
-      <c r="E46" s="197">
+      <c r="E46" s="394">
         <v>153.57380000000001</v>
       </c>
-      <c r="F46" s="198"/>
-[...1 lines deleted...]
-      <c r="H46" s="199"/>
+      <c r="F46" s="395"/>
+      <c r="G46" s="395"/>
+      <c r="H46" s="396"/>
       <c r="I46" s="76"/>
-      <c r="J46" s="139"/>
-[...1 lines deleted...]
-      <c r="L46" s="141"/>
+      <c r="J46" s="347"/>
+      <c r="K46" s="348"/>
+      <c r="L46" s="349"/>
       <c r="M46" s="76"/>
-      <c r="N46" s="139"/>
-[...3 lines deleted...]
-    <row r="47" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N46" s="347"/>
+      <c r="O46" s="348"/>
+      <c r="P46" s="349"/>
+    </row>
+    <row r="47" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A47" s="20" t="s">
         <v>62</v>
       </c>
       <c r="B47" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C47" s="50"/>
       <c r="D47" s="50"/>
-      <c r="E47" s="197"/>
-[...2 lines deleted...]
-      <c r="H47" s="199"/>
+      <c r="E47" s="394"/>
+      <c r="F47" s="395"/>
+      <c r="G47" s="395"/>
+      <c r="H47" s="396"/>
       <c r="I47" s="76"/>
-      <c r="J47" s="139">
+      <c r="J47" s="347">
         <v>153.57380000000001</v>
       </c>
-      <c r="K47" s="140"/>
-      <c r="L47" s="141"/>
+      <c r="K47" s="348"/>
+      <c r="L47" s="349"/>
       <c r="M47" s="76"/>
-      <c r="N47" s="139"/>
-[...3 lines deleted...]
-    <row r="48" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N47" s="347"/>
+      <c r="O47" s="348"/>
+      <c r="P47" s="349"/>
+    </row>
+    <row r="48" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A48" s="20" t="s">
         <v>63</v>
       </c>
       <c r="B48" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C48" s="50"/>
       <c r="D48" s="50"/>
-      <c r="E48" s="197">
+      <c r="E48" s="394">
         <v>68.821100000000001</v>
       </c>
-      <c r="F48" s="198"/>
-[...1 lines deleted...]
-      <c r="H48" s="199"/>
+      <c r="F48" s="395"/>
+      <c r="G48" s="395"/>
+      <c r="H48" s="396"/>
       <c r="I48" s="76"/>
-      <c r="J48" s="139">
+      <c r="J48" s="347">
         <v>68.821100000000001</v>
       </c>
-      <c r="K48" s="140"/>
-      <c r="L48" s="141"/>
+      <c r="K48" s="348"/>
+      <c r="L48" s="349"/>
       <c r="M48" s="76"/>
-      <c r="N48" s="139"/>
-[...3 lines deleted...]
-    <row r="49" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N48" s="347"/>
+      <c r="O48" s="348"/>
+      <c r="P48" s="349"/>
+    </row>
+    <row r="49" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A49" s="51" t="s">
         <v>64</v>
       </c>
       <c r="B49" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C49" s="50"/>
       <c r="D49" s="50"/>
-      <c r="E49" s="197">
+      <c r="E49" s="394">
         <v>137.12</v>
       </c>
-      <c r="F49" s="198"/>
-[...1 lines deleted...]
-      <c r="H49" s="199"/>
+      <c r="F49" s="395"/>
+      <c r="G49" s="395"/>
+      <c r="H49" s="396"/>
       <c r="I49" s="76"/>
-      <c r="J49" s="139">
+      <c r="J49" s="347">
         <v>124.78</v>
       </c>
-      <c r="K49" s="140"/>
-      <c r="L49" s="141"/>
+      <c r="K49" s="348"/>
+      <c r="L49" s="349"/>
       <c r="M49" s="76"/>
-      <c r="N49" s="139">
+      <c r="N49" s="347">
         <v>62.73</v>
       </c>
-      <c r="O49" s="140"/>
-[...2 lines deleted...]
-    <row r="50" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O49" s="348"/>
+      <c r="P49" s="349"/>
+    </row>
+    <row r="50" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A50" s="52" t="s">
         <v>65</v>
       </c>
       <c r="B50" s="53" t="s">
         <v>51</v>
       </c>
       <c r="C50" s="50"/>
       <c r="D50" s="50"/>
-      <c r="E50" s="197">
+      <c r="E50" s="394">
         <v>25.4</v>
       </c>
-      <c r="F50" s="198"/>
-[...1 lines deleted...]
-      <c r="H50" s="199"/>
+      <c r="F50" s="395"/>
+      <c r="G50" s="395"/>
+      <c r="H50" s="396"/>
       <c r="I50" s="76"/>
-      <c r="J50" s="139">
+      <c r="J50" s="347">
         <v>25.4</v>
       </c>
-      <c r="K50" s="140"/>
-      <c r="L50" s="141"/>
+      <c r="K50" s="348"/>
+      <c r="L50" s="349"/>
       <c r="M50" s="76"/>
-      <c r="N50" s="139">
+      <c r="N50" s="347">
         <v>25.4</v>
       </c>
-      <c r="O50" s="140"/>
-[...2 lines deleted...]
-    <row r="51" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O50" s="348"/>
+      <c r="P50" s="349"/>
+    </row>
+    <row r="51" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A51" s="52" t="s">
         <v>66</v>
       </c>
       <c r="B51" s="53" t="s">
         <v>51</v>
       </c>
       <c r="C51" s="50"/>
       <c r="D51" s="50"/>
-      <c r="E51" s="197">
+      <c r="E51" s="394">
         <v>16.29</v>
       </c>
-      <c r="F51" s="198"/>
-[...1 lines deleted...]
-      <c r="H51" s="199"/>
+      <c r="F51" s="395"/>
+      <c r="G51" s="395"/>
+      <c r="H51" s="396"/>
       <c r="I51" s="76"/>
-      <c r="J51" s="139">
+      <c r="J51" s="347">
         <v>16.29</v>
       </c>
-      <c r="K51" s="140"/>
-      <c r="L51" s="141"/>
+      <c r="K51" s="348"/>
+      <c r="L51" s="349"/>
       <c r="M51" s="76"/>
-      <c r="N51" s="139">
+      <c r="N51" s="347">
         <v>16.29</v>
       </c>
-      <c r="O51" s="140"/>
-[...2 lines deleted...]
-    <row r="52" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O51" s="348"/>
+      <c r="P51" s="349"/>
+    </row>
+    <row r="52" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A52" s="52" t="s">
         <v>67</v>
       </c>
       <c r="B52" s="53" t="s">
         <v>51</v>
       </c>
       <c r="C52" s="50"/>
       <c r="D52" s="50"/>
-      <c r="E52" s="197">
+      <c r="E52" s="394">
         <v>227.7876</v>
       </c>
-      <c r="F52" s="198"/>
-[...1 lines deleted...]
-      <c r="H52" s="199"/>
+      <c r="F52" s="395"/>
+      <c r="G52" s="395"/>
+      <c r="H52" s="396"/>
       <c r="I52" s="76">
         <v>180</v>
       </c>
-      <c r="J52" s="139">
+      <c r="J52" s="347">
         <v>227.7876</v>
       </c>
-      <c r="K52" s="140"/>
-      <c r="L52" s="141"/>
+      <c r="K52" s="348"/>
+      <c r="L52" s="349"/>
       <c r="M52" s="76"/>
-      <c r="N52" s="139">
+      <c r="N52" s="347">
         <v>227.7876</v>
       </c>
-      <c r="O52" s="140"/>
-[...2 lines deleted...]
-    <row r="53" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O52" s="348"/>
+      <c r="P52" s="349"/>
+    </row>
+    <row r="53" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A53" s="52" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="53" t="s">
         <v>51</v>
       </c>
       <c r="C53" s="50"/>
       <c r="D53" s="50"/>
-      <c r="E53" s="197">
+      <c r="E53" s="394">
         <v>79.740099999999998</v>
       </c>
-      <c r="F53" s="198"/>
-[...1 lines deleted...]
-      <c r="H53" s="199"/>
+      <c r="F53" s="395"/>
+      <c r="G53" s="395"/>
+      <c r="H53" s="396"/>
       <c r="I53" s="76"/>
-      <c r="J53" s="139">
+      <c r="J53" s="347">
         <v>79.740099999999998</v>
       </c>
-      <c r="K53" s="140"/>
-      <c r="L53" s="141"/>
+      <c r="K53" s="348"/>
+      <c r="L53" s="349"/>
       <c r="M53" s="76"/>
-      <c r="N53" s="139">
+      <c r="N53" s="347">
         <v>79.740099999999998</v>
       </c>
-      <c r="O53" s="140"/>
-[...2 lines deleted...]
-    <row r="54" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O53" s="348"/>
+      <c r="P53" s="349"/>
+    </row>
+    <row r="54" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A54" s="20" t="s">
         <v>69</v>
       </c>
       <c r="B54" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C54" s="50"/>
       <c r="D54" s="50"/>
-      <c r="E54" s="197"/>
-[...2 lines deleted...]
-      <c r="H54" s="199"/>
+      <c r="E54" s="394"/>
+      <c r="F54" s="395"/>
+      <c r="G54" s="395"/>
+      <c r="H54" s="396"/>
       <c r="I54" s="76"/>
-      <c r="J54" s="139">
+      <c r="J54" s="347">
         <v>118.60860000000001</v>
       </c>
-      <c r="K54" s="140"/>
-      <c r="L54" s="141"/>
+      <c r="K54" s="348"/>
+      <c r="L54" s="349"/>
       <c r="M54" s="76"/>
-      <c r="N54" s="139"/>
-[...3 lines deleted...]
-    <row r="55" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N54" s="347"/>
+      <c r="O54" s="348"/>
+      <c r="P54" s="349"/>
+    </row>
+    <row r="55" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A55" s="20" t="s">
         <v>70</v>
       </c>
       <c r="B55" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C55" s="50"/>
       <c r="D55" s="50"/>
-      <c r="E55" s="197"/>
-[...2 lines deleted...]
-      <c r="H55" s="199"/>
+      <c r="E55" s="394"/>
+      <c r="F55" s="395"/>
+      <c r="G55" s="395"/>
+      <c r="H55" s="396"/>
       <c r="I55" s="76"/>
-      <c r="J55" s="139">
+      <c r="J55" s="347">
         <v>118.61</v>
       </c>
-      <c r="K55" s="140"/>
-      <c r="L55" s="141"/>
+      <c r="K55" s="348"/>
+      <c r="L55" s="349"/>
       <c r="M55" s="76"/>
-      <c r="N55" s="139"/>
-[...3 lines deleted...]
-    <row r="56" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N55" s="347"/>
+      <c r="O55" s="348"/>
+      <c r="P55" s="349"/>
+    </row>
+    <row r="56" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A56" s="20" t="s">
         <v>71</v>
       </c>
       <c r="B56" s="21" t="s">
         <v>27</v>
       </c>
       <c r="C56" s="50"/>
       <c r="D56" s="50"/>
-      <c r="E56" s="197">
+      <c r="E56" s="394">
         <v>512.46019999999999</v>
       </c>
-      <c r="F56" s="198"/>
-[...1 lines deleted...]
-      <c r="H56" s="199"/>
+      <c r="F56" s="395"/>
+      <c r="G56" s="395"/>
+      <c r="H56" s="396"/>
       <c r="I56" s="76"/>
-      <c r="J56" s="139">
+      <c r="J56" s="347">
         <v>512.46019999999999</v>
       </c>
-      <c r="K56" s="140"/>
-      <c r="L56" s="141"/>
+      <c r="K56" s="348"/>
+      <c r="L56" s="349"/>
       <c r="M56" s="76"/>
-      <c r="N56" s="139">
+      <c r="N56" s="347">
         <v>512.46019999999999</v>
       </c>
-      <c r="O56" s="140"/>
-[...2 lines deleted...]
-    <row r="57" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O56" s="348"/>
+      <c r="P56" s="349"/>
+    </row>
+    <row r="57" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A57" s="20" t="s">
         <v>72</v>
       </c>
       <c r="B57" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C57" s="50"/>
       <c r="D57" s="50"/>
-      <c r="E57" s="197">
+      <c r="E57" s="394">
         <v>22.824100000000001</v>
       </c>
-      <c r="F57" s="198"/>
-[...1 lines deleted...]
-      <c r="H57" s="199"/>
+      <c r="F57" s="395"/>
+      <c r="G57" s="395"/>
+      <c r="H57" s="396"/>
       <c r="I57" s="76"/>
-      <c r="J57" s="139">
+      <c r="J57" s="347">
         <v>22.824100000000001</v>
       </c>
-      <c r="K57" s="140"/>
-      <c r="L57" s="141"/>
+      <c r="K57" s="348"/>
+      <c r="L57" s="349"/>
       <c r="M57" s="76"/>
-      <c r="N57" s="139">
+      <c r="N57" s="347">
         <v>22.824100000000001</v>
       </c>
-      <c r="O57" s="140"/>
-[...2 lines deleted...]
-    <row r="58" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O57" s="348"/>
+      <c r="P57" s="349"/>
+    </row>
+    <row r="58" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A58" s="20" t="s">
         <v>73</v>
       </c>
       <c r="B58" s="21" t="s">
         <v>27</v>
       </c>
       <c r="C58" s="50"/>
       <c r="D58" s="50"/>
-      <c r="E58" s="197"/>
-[...2 lines deleted...]
-      <c r="H58" s="199"/>
+      <c r="E58" s="394"/>
+      <c r="F58" s="395"/>
+      <c r="G58" s="395"/>
+      <c r="H58" s="396"/>
       <c r="I58" s="76"/>
-      <c r="J58" s="139">
+      <c r="J58" s="347">
         <v>82.544300000000007</v>
       </c>
-      <c r="K58" s="140"/>
-      <c r="L58" s="141"/>
+      <c r="K58" s="348"/>
+      <c r="L58" s="349"/>
       <c r="M58" s="76"/>
-      <c r="N58" s="139"/>
-[...3 lines deleted...]
-    <row r="59" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N58" s="347"/>
+      <c r="O58" s="348"/>
+      <c r="P58" s="349"/>
+    </row>
+    <row r="59" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A59" s="20" t="s">
         <v>74</v>
       </c>
       <c r="B59" s="21" t="s">
         <v>27</v>
       </c>
       <c r="C59" s="50"/>
       <c r="D59" s="50"/>
-      <c r="E59" s="197"/>
-[...2 lines deleted...]
-      <c r="H59" s="199"/>
+      <c r="E59" s="394"/>
+      <c r="F59" s="395"/>
+      <c r="G59" s="395"/>
+      <c r="H59" s="396"/>
       <c r="I59" s="76"/>
-      <c r="J59" s="139">
+      <c r="J59" s="347">
         <v>123.8061</v>
       </c>
-      <c r="K59" s="140"/>
-      <c r="L59" s="141"/>
+      <c r="K59" s="348"/>
+      <c r="L59" s="349"/>
       <c r="M59" s="76"/>
-      <c r="N59" s="139"/>
-[...3 lines deleted...]
-    <row r="60" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N59" s="347"/>
+      <c r="O59" s="348"/>
+      <c r="P59" s="349"/>
+    </row>
+    <row r="60" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A60" s="24" t="s">
         <v>75</v>
       </c>
       <c r="B60" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C60" s="54"/>
       <c r="D60" s="54"/>
-      <c r="E60" s="200"/>
-[...2 lines deleted...]
-      <c r="H60" s="202"/>
+      <c r="E60" s="403"/>
+      <c r="F60" s="404"/>
+      <c r="G60" s="404"/>
+      <c r="H60" s="405"/>
       <c r="I60" s="76"/>
-      <c r="J60" s="203">
+      <c r="J60" s="406">
         <v>600</v>
       </c>
-      <c r="K60" s="204"/>
-      <c r="L60" s="205"/>
+      <c r="K60" s="407"/>
+      <c r="L60" s="408"/>
       <c r="M60" s="76"/>
-      <c r="N60" s="203">
+      <c r="N60" s="406">
         <v>600</v>
       </c>
-      <c r="O60" s="204"/>
-[...2 lines deleted...]
-    <row r="61" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O60" s="407"/>
+      <c r="P60" s="408"/>
+    </row>
+    <row r="61" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E61" s="76"/>
       <c r="F61" s="76"/>
       <c r="G61" s="76"/>
       <c r="H61" s="76"/>
       <c r="I61" s="76"/>
       <c r="J61" s="76"/>
     </row>
-    <row r="62" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E62" s="76"/>
       <c r="F62" s="76"/>
       <c r="G62" s="76"/>
       <c r="H62" s="76"/>
       <c r="I62" s="76"/>
       <c r="J62" s="76"/>
     </row>
-    <row r="63" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A63" s="14" t="s">
         <v>76</v>
       </c>
       <c r="B63" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="16"/>
       <c r="D63" s="16"/>
       <c r="E63" s="76"/>
       <c r="F63" s="76"/>
       <c r="G63" s="76"/>
       <c r="H63" s="76"/>
       <c r="I63" s="76"/>
       <c r="J63" s="76"/>
     </row>
-    <row r="64" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A64" s="17" t="s">
         <v>77</v>
       </c>
       <c r="B64" s="18" t="s">
         <v>78</v>
       </c>
-      <c r="C64" s="194">
+      <c r="C64" s="400">
         <v>28.73</v>
       </c>
-      <c r="D64" s="195"/>
-[...5 lines deleted...]
-      <c r="J64" s="97">
+      <c r="D64" s="401"/>
+      <c r="E64" s="401"/>
+      <c r="F64" s="401"/>
+      <c r="G64" s="401"/>
+      <c r="H64" s="402"/>
+      <c r="I64" s="87"/>
+      <c r="J64" s="305">
         <v>28.73</v>
       </c>
-      <c r="K64" s="95"/>
-[...2 lines deleted...]
-      <c r="N64" s="97">
+      <c r="K64" s="303"/>
+      <c r="L64" s="303"/>
+      <c r="M64" s="304"/>
+      <c r="N64" s="305">
         <v>28.73</v>
       </c>
-      <c r="O64" s="95"/>
-[...2 lines deleted...]
-    <row r="65" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O64" s="303"/>
+      <c r="P64" s="303"/>
+    </row>
+    <row r="65" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A65" s="20" t="s">
         <v>79</v>
       </c>
       <c r="B65" s="21" t="s">
         <v>78</v>
       </c>
-      <c r="C65" s="139">
+      <c r="C65" s="347">
         <v>98.51</v>
       </c>
-      <c r="D65" s="140"/>
-[...3 lines deleted...]
-      <c r="H65" s="141"/>
+      <c r="D65" s="348"/>
+      <c r="E65" s="348"/>
+      <c r="F65" s="348"/>
+      <c r="G65" s="348"/>
+      <c r="H65" s="349"/>
       <c r="I65" s="76"/>
-      <c r="J65" s="89">
+      <c r="J65" s="297">
         <v>98.51</v>
       </c>
-      <c r="K65" s="92"/>
-[...2 lines deleted...]
-      <c r="N65" s="89">
+      <c r="K65" s="300"/>
+      <c r="L65" s="300"/>
+      <c r="M65" s="301"/>
+      <c r="N65" s="297">
         <v>98.51</v>
       </c>
-      <c r="O65" s="92"/>
-[...2 lines deleted...]
-    <row r="66" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O65" s="300"/>
+      <c r="P65" s="300"/>
+    </row>
+    <row r="66" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A66" s="20" t="s">
         <v>80</v>
       </c>
       <c r="B66" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="C66" s="139">
+      <c r="C66" s="347">
         <v>215.0402</v>
       </c>
-      <c r="D66" s="140"/>
-[...3 lines deleted...]
-      <c r="H66" s="141"/>
+      <c r="D66" s="348"/>
+      <c r="E66" s="348"/>
+      <c r="F66" s="348"/>
+      <c r="G66" s="348"/>
+      <c r="H66" s="349"/>
       <c r="I66" s="76"/>
-      <c r="J66" s="89">
+      <c r="J66" s="297">
         <v>215.0402</v>
       </c>
-      <c r="K66" s="92"/>
-[...2 lines deleted...]
-      <c r="N66" s="89">
+      <c r="K66" s="300"/>
+      <c r="L66" s="300"/>
+      <c r="M66" s="301"/>
+      <c r="N66" s="297">
         <v>215.0402</v>
       </c>
-      <c r="O66" s="92"/>
-[...2 lines deleted...]
-    <row r="67" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O66" s="300"/>
+      <c r="P66" s="300"/>
+    </row>
+    <row r="67" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A67" s="20" t="s">
         <v>81</v>
       </c>
       <c r="B67" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="C67" s="139">
+      <c r="C67" s="347">
         <v>165.39660000000001</v>
       </c>
-      <c r="D67" s="140"/>
-[...3 lines deleted...]
-      <c r="H67" s="141"/>
+      <c r="D67" s="348"/>
+      <c r="E67" s="348"/>
+      <c r="F67" s="348"/>
+      <c r="G67" s="348"/>
+      <c r="H67" s="349"/>
       <c r="I67" s="76"/>
-      <c r="J67" s="89">
+      <c r="J67" s="297">
         <v>165.39660000000001</v>
       </c>
-      <c r="K67" s="92"/>
-[...2 lines deleted...]
-      <c r="N67" s="89">
+      <c r="K67" s="300"/>
+      <c r="L67" s="300"/>
+      <c r="M67" s="301"/>
+      <c r="N67" s="297">
         <v>165.39660000000001</v>
       </c>
-      <c r="O67" s="92"/>
-[...2 lines deleted...]
-    <row r="68" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O67" s="300"/>
+      <c r="P67" s="300"/>
+    </row>
+    <row r="68" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A68" s="20" t="s">
         <v>82</v>
       </c>
       <c r="B68" s="21" t="s">
         <v>83</v>
       </c>
-      <c r="C68" s="139">
+      <c r="C68" s="347">
         <v>772.78869999999995</v>
       </c>
-      <c r="D68" s="140"/>
-[...3 lines deleted...]
-      <c r="H68" s="141"/>
+      <c r="D68" s="348"/>
+      <c r="E68" s="348"/>
+      <c r="F68" s="348"/>
+      <c r="G68" s="348"/>
+      <c r="H68" s="349"/>
       <c r="I68" s="76"/>
-      <c r="J68" s="89">
+      <c r="J68" s="297">
         <v>772.78869999999995</v>
       </c>
-      <c r="K68" s="92"/>
-[...2 lines deleted...]
-      <c r="N68" s="89">
+      <c r="K68" s="300"/>
+      <c r="L68" s="300"/>
+      <c r="M68" s="301"/>
+      <c r="N68" s="297">
         <v>772.78869999999995</v>
       </c>
-      <c r="O68" s="92"/>
-[...2 lines deleted...]
-    <row r="69" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O68" s="300"/>
+      <c r="P68" s="300"/>
+    </row>
+    <row r="69" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A69" s="20" t="s">
         <v>84</v>
       </c>
       <c r="B69" s="21" t="s">
         <v>83</v>
       </c>
-      <c r="C69" s="139">
+      <c r="C69" s="347">
         <v>965.96010000000001</v>
       </c>
-      <c r="D69" s="140"/>
-[...3 lines deleted...]
-      <c r="H69" s="141"/>
+      <c r="D69" s="348"/>
+      <c r="E69" s="348"/>
+      <c r="F69" s="348"/>
+      <c r="G69" s="348"/>
+      <c r="H69" s="349"/>
       <c r="I69" s="76"/>
-      <c r="J69" s="89">
+      <c r="J69" s="297">
         <v>965.96010000000001</v>
       </c>
-      <c r="K69" s="92"/>
-[...2 lines deleted...]
-      <c r="N69" s="89">
+      <c r="K69" s="300"/>
+      <c r="L69" s="300"/>
+      <c r="M69" s="301"/>
+      <c r="N69" s="297">
         <v>965.96010000000001</v>
       </c>
-      <c r="O69" s="92"/>
-[...2 lines deleted...]
-    <row r="70" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O69" s="300"/>
+      <c r="P69" s="300"/>
+    </row>
+    <row r="70" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A70" s="20" t="s">
         <v>85</v>
       </c>
       <c r="B70" s="21" t="s">
         <v>83</v>
       </c>
-      <c r="C70" s="139">
+      <c r="C70" s="347">
         <v>12.0489</v>
       </c>
-      <c r="D70" s="140"/>
-[...3 lines deleted...]
-      <c r="H70" s="141"/>
+      <c r="D70" s="348"/>
+      <c r="E70" s="348"/>
+      <c r="F70" s="348"/>
+      <c r="G70" s="348"/>
+      <c r="H70" s="349"/>
       <c r="I70" s="76"/>
-      <c r="J70" s="89">
+      <c r="J70" s="297">
         <v>12.0489</v>
       </c>
-      <c r="K70" s="92"/>
-[...2 lines deleted...]
-      <c r="N70" s="89">
+      <c r="K70" s="300"/>
+      <c r="L70" s="300"/>
+      <c r="M70" s="301"/>
+      <c r="N70" s="297">
         <v>12.0489</v>
       </c>
-      <c r="O70" s="92"/>
-[...2 lines deleted...]
-    <row r="71" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O70" s="300"/>
+      <c r="P70" s="300"/>
+    </row>
+    <row r="71" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A71" s="20" t="s">
         <v>86</v>
       </c>
       <c r="B71" s="21" t="s">
         <v>83</v>
       </c>
-      <c r="C71" s="139">
+      <c r="C71" s="347">
         <v>29.9527</v>
       </c>
-      <c r="D71" s="140"/>
-[...3 lines deleted...]
-      <c r="H71" s="141"/>
+      <c r="D71" s="348"/>
+      <c r="E71" s="348"/>
+      <c r="F71" s="348"/>
+      <c r="G71" s="348"/>
+      <c r="H71" s="349"/>
       <c r="I71" s="76"/>
-      <c r="J71" s="89">
+      <c r="J71" s="297">
         <v>29.9527</v>
       </c>
-      <c r="K71" s="92"/>
-[...2 lines deleted...]
-      <c r="N71" s="89">
+      <c r="K71" s="300"/>
+      <c r="L71" s="300"/>
+      <c r="M71" s="301"/>
+      <c r="N71" s="297">
         <v>29.9527</v>
       </c>
-      <c r="O71" s="92"/>
-[...2 lines deleted...]
-    <row r="72" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O71" s="300"/>
+      <c r="P71" s="300"/>
+    </row>
+    <row r="72" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A72" s="24" t="s">
         <v>87</v>
       </c>
       <c r="B72" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="C72" s="203" t="s">
+      <c r="C72" s="406" t="s">
         <v>88</v>
       </c>
-      <c r="D72" s="204"/>
-[...3 lines deleted...]
-      <c r="H72" s="205"/>
+      <c r="D72" s="407"/>
+      <c r="E72" s="407"/>
+      <c r="F72" s="407"/>
+      <c r="G72" s="407"/>
+      <c r="H72" s="408"/>
       <c r="I72" s="76"/>
-      <c r="J72" s="84" t="s">
+      <c r="J72" s="292" t="s">
         <v>89</v>
       </c>
-      <c r="K72" s="85"/>
-[...2 lines deleted...]
-      <c r="N72" s="84" t="s">
+      <c r="K72" s="293"/>
+      <c r="L72" s="293"/>
+      <c r="M72" s="82"/>
+      <c r="N72" s="292" t="s">
         <v>89</v>
       </c>
-      <c r="O72" s="85"/>
-[...2 lines deleted...]
-    <row r="73" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O72" s="293"/>
+      <c r="P72" s="294"/>
+    </row>
+    <row r="73" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A73" s="56"/>
       <c r="B73" s="57"/>
       <c r="C73" s="57"/>
       <c r="D73" s="57"/>
       <c r="E73" s="76"/>
       <c r="F73" s="76"/>
       <c r="G73" s="76"/>
       <c r="H73" s="76"/>
       <c r="I73" s="76"/>
       <c r="J73" s="76"/>
     </row>
-    <row r="74" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A74" s="113" t="s">
+    <row r="74" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A74" s="321" t="s">
         <v>90</v>
       </c>
-      <c r="B74" s="114"/>
+      <c r="B74" s="322"/>
       <c r="C74" s="58"/>
       <c r="D74" s="58"/>
-      <c r="E74" s="115"/>
-[...6 lines deleted...]
-    <row r="75" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="E74" s="323"/>
+      <c r="F74" s="323"/>
+      <c r="G74" s="323"/>
+      <c r="H74" s="323"/>
+      <c r="I74" s="323"/>
+      <c r="J74" s="323"/>
+    </row>
+    <row r="75" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A75" s="59"/>
     </row>
-    <row r="76" spans="1:16" ht="28.8" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:16" ht="30" x14ac:dyDescent="0.3">
       <c r="A76" s="60" t="s">
         <v>91</v>
       </c>
       <c r="B76" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C76" s="16"/>
       <c r="D76" s="16"/>
     </row>
-    <row r="77" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A77" s="61" t="s">
         <v>92</v>
       </c>
       <c r="B77" s="18"/>
       <c r="C77" s="62"/>
-      <c r="E77" s="115"/>
-[...2 lines deleted...]
-      <c r="H77" s="115"/>
+      <c r="E77" s="323"/>
+      <c r="F77" s="323"/>
+      <c r="G77" s="323"/>
+      <c r="H77" s="323"/>
       <c r="I77" s="76"/>
-      <c r="J77" s="115"/>
-[...1 lines deleted...]
-      <c r="L77" s="115"/>
+      <c r="J77" s="323"/>
+      <c r="K77" s="323"/>
+      <c r="L77" s="323"/>
       <c r="M77" s="76"/>
-      <c r="N77" s="115"/>
-[...3 lines deleted...]
-    <row r="78" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N77" s="323"/>
+      <c r="O77" s="323"/>
+      <c r="P77" s="323"/>
+    </row>
+    <row r="78" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A78" s="63" t="s">
         <v>93</v>
       </c>
       <c r="B78" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C78" s="98">
+      <c r="C78" s="306">
         <v>29.040000000000003</v>
       </c>
-      <c r="D78" s="99"/>
-[...3 lines deleted...]
-      <c r="H78" s="100"/>
+      <c r="D78" s="307"/>
+      <c r="E78" s="307"/>
+      <c r="F78" s="307"/>
+      <c r="G78" s="307"/>
+      <c r="H78" s="308"/>
       <c r="I78" s="64"/>
-      <c r="J78" s="101">
+      <c r="J78" s="309">
         <v>21.400000000000002</v>
       </c>
-      <c r="K78" s="102"/>
-      <c r="L78" s="103"/>
+      <c r="K78" s="310"/>
+      <c r="L78" s="311"/>
       <c r="M78" s="65"/>
-      <c r="N78" s="104">
+      <c r="N78" s="312">
         <v>17.770000000000003</v>
       </c>
-      <c r="O78" s="105"/>
-[...2 lines deleted...]
-    <row r="79" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O78" s="313"/>
+      <c r="P78" s="314"/>
+    </row>
+    <row r="79" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A79" s="63" t="s">
         <v>94</v>
       </c>
       <c r="B79" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C79" s="98">
+      <c r="C79" s="306">
         <v>29.42</v>
       </c>
-      <c r="D79" s="99"/>
-[...5 lines deleted...]
-      <c r="J79" s="101">
+      <c r="D79" s="307"/>
+      <c r="E79" s="307"/>
+      <c r="F79" s="307"/>
+      <c r="G79" s="307"/>
+      <c r="H79" s="308"/>
+      <c r="I79" s="80"/>
+      <c r="J79" s="309">
         <v>21.740000000000002</v>
       </c>
-      <c r="K79" s="102"/>
-      <c r="L79" s="103"/>
+      <c r="K79" s="310"/>
+      <c r="L79" s="311"/>
       <c r="M79" s="67"/>
-      <c r="N79" s="104">
+      <c r="N79" s="312">
         <v>18.09</v>
       </c>
-      <c r="O79" s="105"/>
-[...2 lines deleted...]
-    <row r="80" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O79" s="313"/>
+      <c r="P79" s="314"/>
+    </row>
+    <row r="80" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A80" s="63" t="s">
         <v>95</v>
       </c>
       <c r="B80" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C80" s="98">
+      <c r="C80" s="306">
         <v>29.790000000000003</v>
       </c>
-      <c r="D80" s="99"/>
-[...5 lines deleted...]
-      <c r="J80" s="101">
+      <c r="D80" s="307"/>
+      <c r="E80" s="307"/>
+      <c r="F80" s="307"/>
+      <c r="G80" s="307"/>
+      <c r="H80" s="308"/>
+      <c r="I80" s="80"/>
+      <c r="J80" s="309">
         <v>22.080000000000002</v>
       </c>
-      <c r="K80" s="102"/>
-      <c r="L80" s="103"/>
+      <c r="K80" s="310"/>
+      <c r="L80" s="311"/>
       <c r="M80" s="67"/>
-      <c r="N80" s="104">
+      <c r="N80" s="312">
         <v>18.41</v>
       </c>
-      <c r="O80" s="105"/>
-[...2 lines deleted...]
-    <row r="81" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O80" s="313"/>
+      <c r="P80" s="314"/>
+    </row>
+    <row r="81" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A81" s="63" t="s">
         <v>96</v>
       </c>
       <c r="B81" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C81" s="98">
+      <c r="C81" s="306">
         <v>30.55</v>
       </c>
-      <c r="D81" s="99"/>
-[...5 lines deleted...]
-      <c r="J81" s="101">
+      <c r="D81" s="307"/>
+      <c r="E81" s="307"/>
+      <c r="F81" s="307"/>
+      <c r="G81" s="307"/>
+      <c r="H81" s="308"/>
+      <c r="I81" s="80"/>
+      <c r="J81" s="309">
         <v>22.76</v>
       </c>
-      <c r="K81" s="102"/>
-      <c r="L81" s="103"/>
+      <c r="K81" s="310"/>
+      <c r="L81" s="311"/>
       <c r="M81" s="67"/>
-      <c r="N81" s="104">
+      <c r="N81" s="312">
         <v>19.060000000000002</v>
       </c>
-      <c r="O81" s="105"/>
-[...2 lines deleted...]
-    <row r="82" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O81" s="313"/>
+      <c r="P81" s="314"/>
+    </row>
+    <row r="82" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A82" s="63" t="s">
         <v>97</v>
       </c>
       <c r="B82" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C82" s="98">
+      <c r="C82" s="306">
         <v>31.3</v>
       </c>
-      <c r="D82" s="99"/>
-[...5 lines deleted...]
-      <c r="J82" s="101">
+      <c r="D82" s="307"/>
+      <c r="E82" s="307"/>
+      <c r="F82" s="307"/>
+      <c r="G82" s="307"/>
+      <c r="H82" s="308"/>
+      <c r="I82" s="80"/>
+      <c r="J82" s="309">
         <v>23.44</v>
       </c>
-      <c r="K82" s="102"/>
-      <c r="L82" s="103"/>
+      <c r="K82" s="310"/>
+      <c r="L82" s="311"/>
       <c r="M82" s="67"/>
-      <c r="N82" s="104">
+      <c r="N82" s="312">
         <v>19.700000000000003</v>
       </c>
-      <c r="O82" s="105"/>
-[...2 lines deleted...]
-    <row r="83" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O82" s="313"/>
+      <c r="P82" s="314"/>
+    </row>
+    <row r="83" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A83" s="63" t="s">
         <v>98</v>
       </c>
       <c r="B83" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C83" s="98">
+      <c r="C83" s="306">
         <v>32.049999999999997</v>
       </c>
-      <c r="D83" s="99"/>
-[...5 lines deleted...]
-      <c r="J83" s="101">
+      <c r="D83" s="307"/>
+      <c r="E83" s="307"/>
+      <c r="F83" s="307"/>
+      <c r="G83" s="307"/>
+      <c r="H83" s="308"/>
+      <c r="I83" s="80"/>
+      <c r="J83" s="309">
         <v>24.12</v>
       </c>
-      <c r="K83" s="102"/>
-      <c r="L83" s="103"/>
+      <c r="K83" s="310"/>
+      <c r="L83" s="311"/>
       <c r="M83" s="67"/>
-      <c r="N83" s="104">
+      <c r="N83" s="312">
         <v>20.350000000000001</v>
       </c>
-      <c r="O83" s="105"/>
-[...2 lines deleted...]
-    <row r="84" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O83" s="313"/>
+      <c r="P83" s="314"/>
+    </row>
+    <row r="84" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A84" s="63" t="s">
         <v>99</v>
       </c>
       <c r="B84" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C84" s="98">
+      <c r="C84" s="306">
         <v>32.799999999999997</v>
       </c>
-      <c r="D84" s="99"/>
-[...5 lines deleted...]
-      <c r="J84" s="101">
+      <c r="D84" s="307"/>
+      <c r="E84" s="307"/>
+      <c r="F84" s="307"/>
+      <c r="G84" s="307"/>
+      <c r="H84" s="308"/>
+      <c r="I84" s="80"/>
+      <c r="J84" s="309">
         <v>24.8</v>
       </c>
-      <c r="K84" s="102"/>
-      <c r="L84" s="103"/>
+      <c r="K84" s="310"/>
+      <c r="L84" s="311"/>
       <c r="M84" s="67"/>
-      <c r="N84" s="104">
+      <c r="N84" s="312">
         <v>20.990000000000002</v>
       </c>
-      <c r="O84" s="105"/>
-[...2 lines deleted...]
-    <row r="85" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O84" s="313"/>
+      <c r="P84" s="314"/>
+    </row>
+    <row r="85" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A85" s="63" t="s">
         <v>100</v>
       </c>
       <c r="B85" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C85" s="98">
+      <c r="C85" s="306">
         <v>33.559999999999995</v>
       </c>
-      <c r="D85" s="99"/>
-[...5 lines deleted...]
-      <c r="J85" s="101">
+      <c r="D85" s="307"/>
+      <c r="E85" s="307"/>
+      <c r="F85" s="307"/>
+      <c r="G85" s="307"/>
+      <c r="H85" s="308"/>
+      <c r="I85" s="80"/>
+      <c r="J85" s="309">
         <v>25.48</v>
       </c>
-      <c r="K85" s="102"/>
-      <c r="L85" s="103"/>
+      <c r="K85" s="310"/>
+      <c r="L85" s="311"/>
       <c r="M85" s="67"/>
-      <c r="N85" s="104">
+      <c r="N85" s="312">
         <v>21.630000000000003</v>
       </c>
-      <c r="O85" s="105"/>
-[...2 lines deleted...]
-    <row r="86" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O85" s="313"/>
+      <c r="P85" s="314"/>
+    </row>
+    <row r="86" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A86" s="63" t="s">
         <v>101</v>
       </c>
       <c r="B86" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C86" s="98">
+      <c r="C86" s="306">
         <v>34.309999999999995</v>
       </c>
-      <c r="D86" s="99"/>
-[...5 lines deleted...]
-      <c r="J86" s="101">
+      <c r="D86" s="307"/>
+      <c r="E86" s="307"/>
+      <c r="F86" s="307"/>
+      <c r="G86" s="307"/>
+      <c r="H86" s="308"/>
+      <c r="I86" s="80"/>
+      <c r="J86" s="309">
         <v>26.16</v>
       </c>
-      <c r="K86" s="102"/>
-      <c r="L86" s="103"/>
+      <c r="K86" s="310"/>
+      <c r="L86" s="311"/>
       <c r="M86" s="67"/>
-      <c r="N86" s="104">
+      <c r="N86" s="312">
         <v>22.28</v>
       </c>
-      <c r="O86" s="105"/>
-[...2 lines deleted...]
-    <row r="87" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O86" s="313"/>
+      <c r="P86" s="314"/>
+    </row>
+    <row r="87" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A87" s="63" t="s">
         <v>102</v>
       </c>
       <c r="B87" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C87" s="98">
+      <c r="C87" s="306">
         <v>35.059999999999995</v>
       </c>
-      <c r="D87" s="99"/>
-[...5 lines deleted...]
-      <c r="J87" s="101">
+      <c r="D87" s="307"/>
+      <c r="E87" s="307"/>
+      <c r="F87" s="307"/>
+      <c r="G87" s="307"/>
+      <c r="H87" s="308"/>
+      <c r="I87" s="80"/>
+      <c r="J87" s="309">
         <v>26.84</v>
       </c>
-      <c r="K87" s="102"/>
-      <c r="L87" s="103"/>
+      <c r="K87" s="310"/>
+      <c r="L87" s="311"/>
       <c r="M87" s="67"/>
-      <c r="N87" s="104">
+      <c r="N87" s="312">
         <v>22.92</v>
       </c>
-      <c r="O87" s="105"/>
-[...2 lines deleted...]
-    <row r="88" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O87" s="313"/>
+      <c r="P87" s="314"/>
+    </row>
+    <row r="88" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A88" s="63" t="s">
         <v>103</v>
       </c>
       <c r="B88" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C88" s="98">
+      <c r="C88" s="306">
         <v>35.809999999999995</v>
       </c>
-      <c r="D88" s="99"/>
-[...5 lines deleted...]
-      <c r="J88" s="101">
+      <c r="D88" s="307"/>
+      <c r="E88" s="307"/>
+      <c r="F88" s="307"/>
+      <c r="G88" s="307"/>
+      <c r="H88" s="308"/>
+      <c r="I88" s="80"/>
+      <c r="J88" s="309">
         <v>27.520000000000003</v>
       </c>
-      <c r="K88" s="102"/>
-      <c r="L88" s="103"/>
+      <c r="K88" s="310"/>
+      <c r="L88" s="311"/>
       <c r="M88" s="67"/>
-      <c r="N88" s="104">
+      <c r="N88" s="312">
         <v>23.57</v>
       </c>
-      <c r="O88" s="105"/>
-[...2 lines deleted...]
-    <row r="89" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O88" s="313"/>
+      <c r="P88" s="314"/>
+    </row>
+    <row r="89" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A89" s="68" t="s">
         <v>104</v>
       </c>
       <c r="B89" s="25" t="s">
         <v>33</v>
       </c>
-      <c r="C89" s="98">
+      <c r="C89" s="306">
         <v>36.57</v>
       </c>
-      <c r="D89" s="99"/>
-[...3 lines deleted...]
-      <c r="H89" s="100"/>
+      <c r="D89" s="307"/>
+      <c r="E89" s="307"/>
+      <c r="F89" s="307"/>
+      <c r="G89" s="307"/>
+      <c r="H89" s="308"/>
       <c r="I89" s="69"/>
-      <c r="J89" s="101">
+      <c r="J89" s="309">
         <v>28.200000000000003</v>
       </c>
-      <c r="K89" s="102"/>
-      <c r="L89" s="103"/>
+      <c r="K89" s="310"/>
+      <c r="L89" s="311"/>
       <c r="M89" s="70"/>
-      <c r="N89" s="104">
+      <c r="N89" s="312">
         <v>24.21</v>
       </c>
-      <c r="O89" s="105"/>
-[...2 lines deleted...]
-    <row r="90" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O89" s="313"/>
+      <c r="P89" s="314"/>
+    </row>
+    <row r="90" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A90" s="59"/>
     </row>
-    <row r="91" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A91" s="71" t="s">
         <v>105</v>
       </c>
       <c r="B91" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C91" s="16"/>
       <c r="D91" s="16"/>
     </row>
-    <row r="92" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A92" s="61" t="s">
         <v>92</v>
       </c>
       <c r="B92" s="18"/>
       <c r="C92" s="72"/>
       <c r="D92" s="73"/>
-      <c r="E92" s="94"/>
-[...2 lines deleted...]
-      <c r="H92" s="96"/>
+      <c r="E92" s="302"/>
+      <c r="F92" s="303"/>
+      <c r="G92" s="303"/>
+      <c r="H92" s="304"/>
       <c r="I92" s="76"/>
-      <c r="J92" s="97"/>
-[...1 lines deleted...]
-      <c r="L92" s="94"/>
+      <c r="J92" s="305"/>
+      <c r="K92" s="302"/>
+      <c r="L92" s="302"/>
       <c r="M92" s="74"/>
-      <c r="N92" s="97"/>
-[...3 lines deleted...]
-    <row r="93" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N92" s="305"/>
+      <c r="O92" s="303"/>
+      <c r="P92" s="304"/>
+    </row>
+    <row r="93" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A93" s="63" t="s">
         <v>93</v>
       </c>
       <c r="B93" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C93" s="89">
+      <c r="C93" s="297">
         <v>183.82320000000001</v>
       </c>
-      <c r="D93" s="90"/>
-[...3 lines deleted...]
-      <c r="H93" s="91"/>
+      <c r="D93" s="298"/>
+      <c r="E93" s="298"/>
+      <c r="F93" s="298"/>
+      <c r="G93" s="298"/>
+      <c r="H93" s="299"/>
       <c r="I93" s="76"/>
-      <c r="J93" s="89">
+      <c r="J93" s="297">
         <v>135.46200000000002</v>
       </c>
-      <c r="K93" s="92"/>
-[...2 lines deleted...]
-      <c r="N93" s="89">
+      <c r="K93" s="300"/>
+      <c r="L93" s="300"/>
+      <c r="M93" s="301"/>
+      <c r="N93" s="297">
         <v>112.48410000000003</v>
       </c>
-      <c r="O93" s="92"/>
-[...2 lines deleted...]
-    <row r="94" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O93" s="300"/>
+      <c r="P93" s="301"/>
+    </row>
+    <row r="94" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A94" s="63" t="s">
         <v>94</v>
       </c>
       <c r="B94" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C94" s="89">
+      <c r="C94" s="297">
         <v>186.2286</v>
       </c>
-      <c r="D94" s="90"/>
-[...3 lines deleted...]
-      <c r="H94" s="91"/>
+      <c r="D94" s="298"/>
+      <c r="E94" s="298"/>
+      <c r="F94" s="298"/>
+      <c r="G94" s="298"/>
+      <c r="H94" s="299"/>
       <c r="I94" s="76"/>
-      <c r="J94" s="89">
+      <c r="J94" s="297">
         <v>137.61420000000001</v>
       </c>
-      <c r="K94" s="92"/>
-[...2 lines deleted...]
-      <c r="N94" s="89">
+      <c r="K94" s="300"/>
+      <c r="L94" s="300"/>
+      <c r="M94" s="301"/>
+      <c r="N94" s="297">
         <v>114.5097</v>
       </c>
-      <c r="O94" s="92"/>
-[...2 lines deleted...]
-    <row r="95" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O94" s="300"/>
+      <c r="P94" s="301"/>
+    </row>
+    <row r="95" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A95" s="63" t="s">
         <v>95</v>
       </c>
       <c r="B95" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C95" s="89">
+      <c r="C95" s="297">
         <v>188.57070000000002</v>
       </c>
-      <c r="D95" s="90"/>
-[...3 lines deleted...]
-      <c r="H95" s="91"/>
+      <c r="D95" s="298"/>
+      <c r="E95" s="298"/>
+      <c r="F95" s="298"/>
+      <c r="G95" s="298"/>
+      <c r="H95" s="299"/>
       <c r="I95" s="76"/>
-      <c r="J95" s="89">
+      <c r="J95" s="297">
         <v>139.7664</v>
       </c>
-      <c r="K95" s="92"/>
-[...2 lines deleted...]
-      <c r="N95" s="89">
+      <c r="K95" s="300"/>
+      <c r="L95" s="300"/>
+      <c r="M95" s="301"/>
+      <c r="N95" s="297">
         <v>116.53530000000001</v>
       </c>
-      <c r="O95" s="92"/>
-[...2 lines deleted...]
-    <row r="96" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O95" s="300"/>
+      <c r="P95" s="301"/>
+    </row>
+    <row r="96" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A96" s="63" t="s">
         <v>96</v>
       </c>
       <c r="B96" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C96" s="89">
+      <c r="C96" s="297">
         <v>193.38150000000002</v>
       </c>
-      <c r="D96" s="90"/>
-[...3 lines deleted...]
-      <c r="H96" s="91"/>
+      <c r="D96" s="298"/>
+      <c r="E96" s="298"/>
+      <c r="F96" s="298"/>
+      <c r="G96" s="298"/>
+      <c r="H96" s="299"/>
       <c r="I96" s="76"/>
-      <c r="J96" s="89">
+      <c r="J96" s="297">
         <v>144.07080000000002</v>
       </c>
-      <c r="K96" s="92"/>
-[...2 lines deleted...]
-      <c r="N96" s="89">
+      <c r="K96" s="300"/>
+      <c r="L96" s="300"/>
+      <c r="M96" s="301"/>
+      <c r="N96" s="297">
         <v>120.64980000000001</v>
       </c>
-      <c r="O96" s="92"/>
-[...2 lines deleted...]
-    <row r="97" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O96" s="300"/>
+      <c r="P96" s="301"/>
+    </row>
+    <row r="97" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A97" s="63" t="s">
         <v>97</v>
       </c>
       <c r="B97" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C97" s="89">
+      <c r="C97" s="297">
         <v>198.12900000000002</v>
       </c>
-      <c r="D97" s="90"/>
-[...3 lines deleted...]
-      <c r="H97" s="91"/>
+      <c r="D97" s="298"/>
+      <c r="E97" s="298"/>
+      <c r="F97" s="298"/>
+      <c r="G97" s="298"/>
+      <c r="H97" s="299"/>
       <c r="I97" s="76"/>
-      <c r="J97" s="89">
+      <c r="J97" s="297">
         <v>148.37520000000001</v>
       </c>
-      <c r="K97" s="92"/>
-[...2 lines deleted...]
-      <c r="N97" s="89">
+      <c r="K97" s="300"/>
+      <c r="L97" s="300"/>
+      <c r="M97" s="301"/>
+      <c r="N97" s="297">
         <v>124.70100000000002</v>
       </c>
-      <c r="O97" s="92"/>
-[...2 lines deleted...]
-    <row r="98" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O97" s="300"/>
+      <c r="P97" s="301"/>
+    </row>
+    <row r="98" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A98" s="63" t="s">
         <v>98</v>
       </c>
       <c r="B98" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C98" s="89">
+      <c r="C98" s="297">
         <v>202.87649999999999</v>
       </c>
-      <c r="D98" s="90"/>
-[...3 lines deleted...]
-      <c r="H98" s="91"/>
+      <c r="D98" s="298"/>
+      <c r="E98" s="298"/>
+      <c r="F98" s="298"/>
+      <c r="G98" s="298"/>
+      <c r="H98" s="299"/>
       <c r="I98" s="76"/>
-      <c r="J98" s="89">
+      <c r="J98" s="297">
         <v>152.67960000000002</v>
       </c>
-      <c r="K98" s="92"/>
-[...2 lines deleted...]
-      <c r="N98" s="89">
+      <c r="K98" s="300"/>
+      <c r="L98" s="300"/>
+      <c r="M98" s="301"/>
+      <c r="N98" s="297">
         <v>128.81550000000001</v>
       </c>
-      <c r="O98" s="92"/>
-[...2 lines deleted...]
-    <row r="99" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O98" s="300"/>
+      <c r="P98" s="301"/>
+    </row>
+    <row r="99" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A99" s="63" t="s">
         <v>99</v>
       </c>
       <c r="B99" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C99" s="89">
+      <c r="C99" s="297">
         <v>207.624</v>
       </c>
-      <c r="D99" s="90"/>
-[...3 lines deleted...]
-      <c r="H99" s="91"/>
+      <c r="D99" s="298"/>
+      <c r="E99" s="298"/>
+      <c r="F99" s="298"/>
+      <c r="G99" s="298"/>
+      <c r="H99" s="299"/>
       <c r="I99" s="76"/>
-      <c r="J99" s="89">
+      <c r="J99" s="297">
         <v>156.98400000000001</v>
       </c>
-      <c r="K99" s="92"/>
-[...2 lines deleted...]
-      <c r="N99" s="89">
+      <c r="K99" s="300"/>
+      <c r="L99" s="300"/>
+      <c r="M99" s="301"/>
+      <c r="N99" s="297">
         <v>132.86670000000001</v>
       </c>
-      <c r="O99" s="92"/>
-[...2 lines deleted...]
-    <row r="100" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O99" s="300"/>
+      <c r="P99" s="301"/>
+    </row>
+    <row r="100" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A100" s="63" t="s">
         <v>100</v>
       </c>
       <c r="B100" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C100" s="89">
+      <c r="C100" s="297">
         <v>212.43479999999997</v>
       </c>
-      <c r="D100" s="90"/>
-[...3 lines deleted...]
-      <c r="H100" s="91"/>
+      <c r="D100" s="298"/>
+      <c r="E100" s="298"/>
+      <c r="F100" s="298"/>
+      <c r="G100" s="298"/>
+      <c r="H100" s="299"/>
       <c r="I100" s="76"/>
-      <c r="J100" s="89">
+      <c r="J100" s="297">
         <v>161.2884</v>
       </c>
-      <c r="K100" s="92"/>
-[...2 lines deleted...]
-      <c r="N100" s="89">
+      <c r="K100" s="300"/>
+      <c r="L100" s="300"/>
+      <c r="M100" s="301"/>
+      <c r="N100" s="297">
         <v>136.91790000000003</v>
       </c>
-      <c r="O100" s="92"/>
-[...2 lines deleted...]
-    <row r="101" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O100" s="300"/>
+      <c r="P100" s="301"/>
+    </row>
+    <row r="101" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A101" s="63" t="s">
         <v>101</v>
       </c>
       <c r="B101" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C101" s="89">
+      <c r="C101" s="297">
         <v>217.18229999999997</v>
       </c>
-      <c r="D101" s="90"/>
-[...3 lines deleted...]
-      <c r="H101" s="91"/>
+      <c r="D101" s="298"/>
+      <c r="E101" s="298"/>
+      <c r="F101" s="298"/>
+      <c r="G101" s="298"/>
+      <c r="H101" s="299"/>
       <c r="I101" s="76"/>
-      <c r="J101" s="89">
+      <c r="J101" s="297">
         <v>165.59280000000001</v>
       </c>
-      <c r="K101" s="92"/>
-[...2 lines deleted...]
-      <c r="N101" s="89">
+      <c r="K101" s="300"/>
+      <c r="L101" s="300"/>
+      <c r="M101" s="301"/>
+      <c r="N101" s="297">
         <v>141.0324</v>
       </c>
-      <c r="O101" s="92"/>
-[...2 lines deleted...]
-    <row r="102" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O101" s="300"/>
+      <c r="P101" s="301"/>
+    </row>
+    <row r="102" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A102" s="63" t="s">
         <v>102</v>
       </c>
       <c r="B102" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C102" s="89">
+      <c r="C102" s="297">
         <v>221.92979999999997</v>
       </c>
-      <c r="D102" s="90"/>
-[...3 lines deleted...]
-      <c r="H102" s="91"/>
+      <c r="D102" s="298"/>
+      <c r="E102" s="298"/>
+      <c r="F102" s="298"/>
+      <c r="G102" s="298"/>
+      <c r="H102" s="299"/>
       <c r="I102" s="76"/>
-      <c r="J102" s="89">
+      <c r="J102" s="297">
         <v>169.8972</v>
       </c>
-      <c r="K102" s="92"/>
-[...2 lines deleted...]
-      <c r="N102" s="89">
+      <c r="K102" s="300"/>
+      <c r="L102" s="300"/>
+      <c r="M102" s="301"/>
+      <c r="N102" s="297">
         <v>145.08360000000002</v>
       </c>
-      <c r="O102" s="92"/>
-[...2 lines deleted...]
-    <row r="103" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O102" s="300"/>
+      <c r="P102" s="301"/>
+    </row>
+    <row r="103" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A103" s="63" t="s">
         <v>103</v>
       </c>
       <c r="B103" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C103" s="89">
+      <c r="C103" s="297">
         <v>226.67729999999997</v>
       </c>
-      <c r="D103" s="90"/>
-[...3 lines deleted...]
-      <c r="H103" s="91"/>
+      <c r="D103" s="298"/>
+      <c r="E103" s="298"/>
+      <c r="F103" s="298"/>
+      <c r="G103" s="298"/>
+      <c r="H103" s="299"/>
       <c r="I103" s="76"/>
-      <c r="J103" s="89">
+      <c r="J103" s="297">
         <v>174.20160000000001</v>
       </c>
-      <c r="K103" s="92"/>
-[...2 lines deleted...]
-      <c r="N103" s="89">
+      <c r="K103" s="300"/>
+      <c r="L103" s="300"/>
+      <c r="M103" s="301"/>
+      <c r="N103" s="297">
         <v>149.19810000000001</v>
       </c>
-      <c r="O103" s="92"/>
-[...2 lines deleted...]
-    <row r="104" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O103" s="300"/>
+      <c r="P103" s="301"/>
+    </row>
+    <row r="104" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A104" s="68" t="s">
         <v>106</v>
       </c>
       <c r="B104" s="25" t="s">
         <v>51</v>
       </c>
-      <c r="C104" s="84">
+      <c r="C104" s="292">
         <v>231.4881</v>
       </c>
-      <c r="D104" s="85"/>
-[...5 lines deleted...]
-      <c r="J104" s="84">
+      <c r="D104" s="293"/>
+      <c r="E104" s="293"/>
+      <c r="F104" s="293"/>
+      <c r="G104" s="293"/>
+      <c r="H104" s="294"/>
+      <c r="I104" s="81"/>
+      <c r="J104" s="292">
         <v>178.50600000000003</v>
       </c>
-      <c r="K104" s="87"/>
-[...2 lines deleted...]
-      <c r="N104" s="84">
+      <c r="K104" s="295"/>
+      <c r="L104" s="295"/>
+      <c r="M104" s="296"/>
+      <c r="N104" s="292">
         <v>153.24930000000001</v>
       </c>
-      <c r="O104" s="87"/>
-[...2 lines deleted...]
-    <row r="105" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O104" s="295"/>
+      <c r="P104" s="296"/>
+    </row>
+    <row r="105" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A105" s="59"/>
     </row>
-    <row r="107" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="107" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
       <c r="I107" s="2"/>
       <c r="J107" s="2"/>
       <c r="K107" s="2"/>
       <c r="L107" s="2"/>
       <c r="M107" s="2"/>
       <c r="N107" s="2"/>
       <c r="O107" s="2"/>
       <c r="P107" s="2"/>
     </row>
-    <row r="108" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="108" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
       <c r="I108" s="2"/>
       <c r="J108" s="2"/>
       <c r="K108" s="2"/>
       <c r="L108" s="2"/>
       <c r="M108" s="2"/>
       <c r="N108" s="2"/>
       <c r="O108" s="2"/>
       <c r="P108" s="2"/>
     </row>
-    <row r="109" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="109" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
       <c r="I109" s="2"/>
       <c r="J109" s="2"/>
       <c r="K109" s="2"/>
       <c r="L109" s="2"/>
       <c r="M109" s="2"/>
       <c r="N109" s="2"/>
       <c r="O109" s="2"/>
       <c r="P109" s="2"/>
     </row>
-    <row r="110" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="110" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
       <c r="I110" s="2"/>
       <c r="J110" s="2"/>
       <c r="K110" s="2"/>
       <c r="L110" s="2"/>
       <c r="M110" s="2"/>
       <c r="N110" s="2"/>
       <c r="O110" s="2"/>
       <c r="P110" s="2"/>
     </row>
-    <row r="111" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="111" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
       <c r="I111" s="2"/>
       <c r="J111" s="2"/>
       <c r="K111" s="2"/>
       <c r="L111" s="2"/>
       <c r="M111" s="2"/>
       <c r="N111" s="2"/>
       <c r="O111" s="2"/>
       <c r="P111" s="2"/>
     </row>
-    <row r="112" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="112" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
       <c r="I112" s="2"/>
       <c r="J112" s="2"/>
       <c r="K112" s="2"/>
       <c r="L112" s="2"/>
       <c r="M112" s="2"/>
       <c r="N112" s="2"/>
       <c r="O112" s="2"/>
       <c r="P112" s="2"/>
     </row>
-    <row r="113" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="113" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
       <c r="I113" s="2"/>
       <c r="J113" s="2"/>
       <c r="K113" s="2"/>
       <c r="L113" s="2"/>
       <c r="M113" s="2"/>
       <c r="N113" s="2"/>
       <c r="O113" s="2"/>
       <c r="P113" s="2"/>
     </row>
-    <row r="114" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="114" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
       <c r="I114" s="2"/>
       <c r="J114" s="2"/>
       <c r="K114" s="2"/>
       <c r="L114" s="2"/>
       <c r="M114" s="2"/>
       <c r="N114" s="2"/>
       <c r="O114" s="2"/>
       <c r="P114" s="2"/>
     </row>
-    <row r="115" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="115" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
       <c r="I115" s="2"/>
       <c r="J115" s="2"/>
       <c r="K115" s="2"/>
       <c r="L115" s="2"/>
       <c r="M115" s="2"/>
       <c r="N115" s="2"/>
       <c r="O115" s="2"/>
       <c r="P115" s="2"/>
     </row>
-    <row r="116" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="116" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
       <c r="I116" s="2"/>
       <c r="J116" s="2"/>
       <c r="K116" s="2"/>
       <c r="L116" s="2"/>
       <c r="M116" s="2"/>
       <c r="N116" s="2"/>
       <c r="O116" s="2"/>
       <c r="P116" s="2"/>
     </row>
-    <row r="117" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="117" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
       <c r="I117" s="2"/>
       <c r="J117" s="2"/>
       <c r="K117" s="2"/>
       <c r="L117" s="2"/>
       <c r="M117" s="2"/>
       <c r="N117" s="2"/>
       <c r="O117" s="2"/>
       <c r="P117" s="2"/>
     </row>
-    <row r="118" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="118" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
       <c r="I118" s="2"/>
       <c r="J118" s="2"/>
       <c r="K118" s="2"/>
       <c r="L118" s="2"/>
       <c r="M118" s="2"/>
       <c r="N118" s="2"/>
       <c r="O118" s="2"/>
       <c r="P118" s="2"/>
     </row>
-    <row r="119" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="119" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
       <c r="I119" s="2"/>
       <c r="J119" s="2"/>
       <c r="K119" s="2"/>
       <c r="L119" s="2"/>
       <c r="M119" s="2"/>
       <c r="N119" s="2"/>
       <c r="O119" s="2"/>
       <c r="P119" s="2"/>
     </row>
-    <row r="120" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="120" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
       <c r="I120" s="2"/>
       <c r="J120" s="2"/>
       <c r="K120" s="2"/>
       <c r="L120" s="2"/>
       <c r="M120" s="2"/>
       <c r="N120" s="2"/>
       <c r="O120" s="2"/>
       <c r="P120" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="240">
     <mergeCell ref="C104:H104"/>
     <mergeCell ref="J104:M104"/>
     <mergeCell ref="N104:P104"/>
     <mergeCell ref="C102:H102"/>
     <mergeCell ref="J102:M102"/>
     <mergeCell ref="N102:P102"/>
     <mergeCell ref="C103:H103"/>
     <mergeCell ref="J103:M103"/>
     <mergeCell ref="N103:P103"/>
     <mergeCell ref="C100:H100"/>
@@ -11494,2889 +14453,2889 @@
     <mergeCell ref="N32:P32"/>
     <mergeCell ref="E29:H29"/>
     <mergeCell ref="J29:L29"/>
     <mergeCell ref="N29:P29"/>
     <mergeCell ref="E30:H30"/>
     <mergeCell ref="J30:L30"/>
     <mergeCell ref="N30:P30"/>
     <mergeCell ref="E27:H27"/>
     <mergeCell ref="J27:L27"/>
     <mergeCell ref="N27:P27"/>
     <mergeCell ref="E28:H28"/>
     <mergeCell ref="J28:L28"/>
     <mergeCell ref="N28:P28"/>
     <mergeCell ref="C23:H23"/>
     <mergeCell ref="J23:L23"/>
     <mergeCell ref="N23:P23"/>
     <mergeCell ref="C24:H24"/>
     <mergeCell ref="J24:L24"/>
     <mergeCell ref="N24:P24"/>
     <mergeCell ref="C21:H21"/>
     <mergeCell ref="J21:L21"/>
     <mergeCell ref="N21:P21"/>
     <mergeCell ref="C22:H22"/>
     <mergeCell ref="J22:L22"/>
     <mergeCell ref="N22:P22"/>
-    <mergeCell ref="E18:J18"/>
-[...2 lines deleted...]
-    <mergeCell ref="N19:P19"/>
     <mergeCell ref="C20:H20"/>
     <mergeCell ref="J20:L20"/>
     <mergeCell ref="N20:P20"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="E15:J15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="E16:H16"/>
     <mergeCell ref="J16:L16"/>
     <mergeCell ref="N16:P16"/>
     <mergeCell ref="C1:P1"/>
     <mergeCell ref="A3:B5"/>
     <mergeCell ref="C3:D4"/>
     <mergeCell ref="E3:H4"/>
     <mergeCell ref="J3:L4"/>
     <mergeCell ref="N3:P4"/>
+    <mergeCell ref="E18:J18"/>
+    <mergeCell ref="C19:H19"/>
+    <mergeCell ref="J19:L19"/>
+    <mergeCell ref="N19:P19"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.78740157480314965" bottom="0.19685039370078741" header="0" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="56" fitToHeight="2" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="61" max="15" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{05C7A1AC-58CF-41BF-B0E9-74BD0FD5C711}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A1:P120"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
-      <selection activeCell="C21" sqref="C21:H23"/>
-      <selection pane="topRight" activeCell="C21" sqref="C21:H23"/>
+      <selection activeCell="D33" sqref="D33:D46"/>
+      <selection pane="topRight" activeCell="C1" sqref="C1:P1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="40.109375" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="8" width="15.6640625" style="4" customWidth="1"/>
+    <col min="1" max="1" width="40.140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="28.7109375" style="2" customWidth="1"/>
+    <col min="3" max="4" width="15.7109375" style="2" customWidth="1"/>
+    <col min="5" max="8" width="15.7109375" style="4" customWidth="1"/>
     <col min="9" max="9" width="1" style="4" hidden="1" customWidth="1"/>
-    <col min="10" max="12" width="15.6640625" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="17" max="16384" width="11.44140625" style="1"/>
+    <col min="10" max="12" width="15.7109375" style="4" customWidth="1"/>
+    <col min="13" max="13" width="0.85546875" style="4" hidden="1" customWidth="1"/>
+    <col min="14" max="16" width="15.7109375" style="4" customWidth="1"/>
+    <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
-[...17 lines deleted...]
-    <row r="2" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:16" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C1" s="362" t="s">
+        <v>108</v>
+      </c>
+      <c r="D1" s="362"/>
+      <c r="E1" s="362"/>
+      <c r="F1" s="362"/>
+      <c r="G1" s="362"/>
+      <c r="H1" s="362"/>
+      <c r="I1" s="362"/>
+      <c r="J1" s="362"/>
+      <c r="K1" s="362"/>
+      <c r="L1" s="362"/>
+      <c r="M1" s="362"/>
+      <c r="N1" s="362"/>
+      <c r="O1" s="362"/>
+      <c r="P1" s="362"/>
+    </row>
+    <row r="2" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
     </row>
-    <row r="3" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="155" t="s">
+    <row r="3" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="363" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="156"/>
-      <c r="C3" s="161" t="s">
+      <c r="B3" s="364"/>
+      <c r="C3" s="369" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="161"/>
-      <c r="E3" s="161" t="s">
+      <c r="D3" s="369"/>
+      <c r="E3" s="369" t="s">
         <v>3</v>
       </c>
-      <c r="F3" s="161"/>
-[...1 lines deleted...]
-      <c r="H3" s="161"/>
+      <c r="F3" s="369"/>
+      <c r="G3" s="369"/>
+      <c r="H3" s="369"/>
       <c r="I3" s="7"/>
-      <c r="J3" s="161" t="s">
+      <c r="J3" s="369" t="s">
         <v>4</v>
       </c>
-      <c r="K3" s="161"/>
-      <c r="L3" s="161"/>
+      <c r="K3" s="369"/>
+      <c r="L3" s="369"/>
       <c r="M3" s="7"/>
-      <c r="N3" s="161" t="s">
+      <c r="N3" s="369" t="s">
         <v>5</v>
       </c>
-      <c r="O3" s="161"/>
-[...10 lines deleted...]
-      <c r="H4" s="161"/>
+      <c r="O3" s="369"/>
+      <c r="P3" s="369"/>
+    </row>
+    <row r="4" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="365"/>
+      <c r="B4" s="366"/>
+      <c r="C4" s="369"/>
+      <c r="D4" s="369"/>
+      <c r="E4" s="369"/>
+      <c r="F4" s="369"/>
+      <c r="G4" s="369"/>
+      <c r="H4" s="369"/>
       <c r="I4" s="8"/>
-      <c r="J4" s="161"/>
-[...1 lines deleted...]
-      <c r="L4" s="161"/>
+      <c r="J4" s="369"/>
+      <c r="K4" s="369"/>
+      <c r="L4" s="369"/>
       <c r="M4" s="8"/>
-      <c r="N4" s="161"/>
-[...5 lines deleted...]
-      <c r="B5" s="160"/>
+      <c r="N4" s="369"/>
+      <c r="O4" s="369"/>
+      <c r="P4" s="369"/>
+    </row>
+    <row r="5" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="367"/>
+      <c r="B5" s="368"/>
       <c r="C5" s="9" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>8</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="12" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="6"/>
       <c r="J5" s="13" t="s">
         <v>12</v>
       </c>
       <c r="K5" s="11" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="6"/>
       <c r="N5" s="13" t="s">
         <v>15</v>
       </c>
       <c r="O5" s="11" t="s">
         <v>16</v>
       </c>
       <c r="P5" s="12" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="6" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
       <c r="G6" s="6"/>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
     </row>
-    <row r="7" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="16"/>
       <c r="D7" s="16"/>
     </row>
-    <row r="8" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="17" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="19">
         <v>1453.19</v>
       </c>
       <c r="D8" s="19">
         <v>1453.19</v>
       </c>
       <c r="E8" s="19">
         <v>1331.62</v>
       </c>
       <c r="F8" s="19">
         <v>1331.62</v>
       </c>
       <c r="G8" s="19">
         <v>1331.62</v>
       </c>
       <c r="H8" s="19">
         <v>1331.62</v>
       </c>
-      <c r="I8" s="165">
+      <c r="I8" s="84">
         <v>47.59</v>
       </c>
       <c r="J8" s="19">
         <v>1305.4000000000001</v>
       </c>
       <c r="K8" s="19">
         <v>1305.4000000000001</v>
       </c>
       <c r="L8" s="19">
         <v>1305.4000000000001</v>
       </c>
-      <c r="M8" s="165">
+      <c r="M8" s="84">
         <v>47.59</v>
       </c>
       <c r="N8" s="19">
         <v>1233.31</v>
       </c>
       <c r="O8" s="19">
         <v>1233.31</v>
       </c>
       <c r="P8" s="19">
         <v>1233.31</v>
       </c>
     </row>
-    <row r="9" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="20" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C9" s="22">
         <v>1149.5662499999999</v>
       </c>
       <c r="D9" s="22">
         <v>1063.1762500000004</v>
       </c>
       <c r="E9" s="22">
         <v>909.87000000000023</v>
       </c>
       <c r="F9" s="22">
         <v>800.09187499999973</v>
       </c>
       <c r="G9" s="22">
         <v>690.37249999999983</v>
       </c>
       <c r="H9" s="22">
         <v>580.60125000000005</v>
       </c>
       <c r="I9" s="23">
         <v>0</v>
       </c>
       <c r="J9" s="22">
         <v>496.52000000000004</v>
       </c>
       <c r="K9" s="22">
         <v>411.25749999999999</v>
       </c>
       <c r="L9" s="22">
         <v>326.00187499999998</v>
       </c>
       <c r="M9" s="23">
         <v>0</v>
       </c>
       <c r="N9" s="22">
         <v>311.34687500000007</v>
       </c>
       <c r="O9" s="22">
         <v>226.09124999999986</v>
       </c>
       <c r="P9" s="22">
         <v>140.801875</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="20" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="22">
         <v>2602.7562499999999</v>
       </c>
       <c r="D10" s="22">
         <v>2516.3662500000005</v>
       </c>
       <c r="E10" s="22">
         <v>2241.4900000000002</v>
       </c>
       <c r="F10" s="22">
         <v>2131.7118749999995</v>
       </c>
       <c r="G10" s="22">
         <v>2021.9924999999998</v>
       </c>
       <c r="H10" s="22">
         <v>1912.2212500000001</v>
       </c>
       <c r="I10" s="23">
         <v>47.59</v>
       </c>
       <c r="J10" s="22">
         <v>1801.92</v>
       </c>
       <c r="K10" s="22">
         <v>1716.6575</v>
       </c>
       <c r="L10" s="22">
         <v>1631.401875</v>
       </c>
       <c r="M10" s="23">
         <v>47.59</v>
       </c>
       <c r="N10" s="22">
         <v>1544.6568750000001</v>
       </c>
       <c r="O10" s="22">
         <v>1459.4012499999999</v>
       </c>
       <c r="P10" s="22">
         <v>1374.1118750000001</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="20" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="21" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="22">
         <v>3087.1044769999999</v>
       </c>
       <c r="D11" s="22">
         <v>3000.7144770000004</v>
       </c>
       <c r="E11" s="22">
         <v>2685.3189459999999</v>
       </c>
       <c r="F11" s="22">
         <v>2575.5408209999996</v>
       </c>
       <c r="G11" s="22">
         <v>2465.8214459999995</v>
       </c>
       <c r="H11" s="22">
         <v>2356.0501959999997</v>
       </c>
       <c r="I11" s="23">
         <v>63.451747000000005</v>
       </c>
       <c r="J11" s="22">
         <v>2237.0098200000002</v>
       </c>
       <c r="K11" s="22">
         <v>2151.7473199999999</v>
       </c>
       <c r="L11" s="22">
         <v>2066.4916950000002</v>
       </c>
       <c r="M11" s="23">
         <v>63.451747000000005</v>
       </c>
       <c r="N11" s="22">
         <v>1955.719098</v>
       </c>
       <c r="O11" s="22">
         <v>1870.4634729999998</v>
       </c>
       <c r="P11" s="22">
         <v>1785.174098</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="26">
         <v>1777.01</v>
       </c>
       <c r="D12" s="26">
         <v>1777.01</v>
       </c>
       <c r="E12" s="26">
         <v>1777.01</v>
       </c>
       <c r="F12" s="26">
         <v>1777.01</v>
       </c>
       <c r="G12" s="26">
         <v>1777.01</v>
       </c>
       <c r="H12" s="26">
         <v>1777.01</v>
       </c>
-      <c r="I12" s="166">
+      <c r="I12" s="85">
         <v>1505.81</v>
       </c>
       <c r="J12" s="26">
         <v>1777.01</v>
       </c>
       <c r="K12" s="26">
         <v>1777.01</v>
       </c>
       <c r="L12" s="26">
         <v>1777.01</v>
       </c>
-      <c r="M12" s="166">
+      <c r="M12" s="85">
         <v>1505.81</v>
       </c>
       <c r="N12" s="26">
         <v>1777.01</v>
       </c>
       <c r="O12" s="26">
         <v>1777.01</v>
       </c>
       <c r="P12" s="26">
         <v>1777.01</v>
       </c>
     </row>
-    <row r="13" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="149" t="s">
+    <row r="13" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="357" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="150"/>
+      <c r="B13" s="358"/>
       <c r="C13" s="27">
         <v>43905.46</v>
       </c>
       <c r="D13" s="27">
         <v>42523.22</v>
       </c>
       <c r="E13" s="28">
         <v>38084.68</v>
       </c>
       <c r="F13" s="29">
         <v>36328.230000000003</v>
       </c>
       <c r="G13" s="29">
         <v>34572.720000000001</v>
       </c>
       <c r="H13" s="30">
         <v>32816.380000000005</v>
       </c>
       <c r="I13" s="31">
         <v>2283.1200000000003</v>
       </c>
       <c r="J13" s="28">
         <v>31042.82</v>
       </c>
       <c r="K13" s="29">
         <v>29678.62</v>
       </c>
       <c r="L13" s="30">
         <v>28314.53</v>
       </c>
       <c r="M13" s="31">
         <v>2283.1200000000003</v>
       </c>
       <c r="N13" s="28">
         <v>26902.59</v>
       </c>
       <c r="O13" s="29">
         <v>25538.5</v>
       </c>
       <c r="P13" s="30">
         <v>24173.87</v>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A15" s="14" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="16"/>
       <c r="D15" s="16"/>
-      <c r="E15" s="115"/>
-[...6 lines deleted...]
-    <row r="16" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="E15" s="323"/>
+      <c r="F15" s="323"/>
+      <c r="G15" s="323"/>
+      <c r="H15" s="323"/>
+      <c r="I15" s="323"/>
+      <c r="J15" s="323"/>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A16" s="32" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="33" t="s">
         <v>27</v>
       </c>
-      <c r="C16" s="151">
+      <c r="C16" s="359">
         <v>1186.77</v>
       </c>
-      <c r="D16" s="152"/>
-      <c r="E16" s="151">
+      <c r="D16" s="360"/>
+      <c r="E16" s="359">
         <v>1087.49</v>
       </c>
-      <c r="F16" s="153"/>
-[...1 lines deleted...]
-      <c r="H16" s="152"/>
+      <c r="F16" s="361"/>
+      <c r="G16" s="361"/>
+      <c r="H16" s="360"/>
       <c r="I16" s="76"/>
-      <c r="J16" s="151">
+      <c r="J16" s="359">
         <v>1066.08</v>
       </c>
-      <c r="K16" s="153"/>
-      <c r="L16" s="153"/>
+      <c r="K16" s="361"/>
+      <c r="L16" s="361"/>
       <c r="M16" s="35"/>
-      <c r="N16" s="151">
+      <c r="N16" s="359">
         <v>1007.21</v>
       </c>
-      <c r="O16" s="153"/>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O16" s="361"/>
+      <c r="P16" s="360"/>
+    </row>
+    <row r="17" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E17" s="2"/>
       <c r="J17" s="2"/>
       <c r="N17" s="2"/>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A18" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="16"/>
       <c r="D18" s="16"/>
-      <c r="E18" s="115"/>
-[...6 lines deleted...]
-    <row r="19" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="E18" s="323"/>
+      <c r="F18" s="323"/>
+      <c r="G18" s="323"/>
+      <c r="H18" s="323"/>
+      <c r="I18" s="323"/>
+      <c r="J18" s="323"/>
+    </row>
+    <row r="19" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A19" s="38" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="39" t="s">
         <v>33</v>
       </c>
-      <c r="C19" s="167">
+      <c r="C19" s="372">
         <v>1.9002999999999999</v>
       </c>
-      <c r="D19" s="168"/>
-[...5 lines deleted...]
-      <c r="J19" s="171">
+      <c r="D19" s="373"/>
+      <c r="E19" s="373"/>
+      <c r="F19" s="373"/>
+      <c r="G19" s="373"/>
+      <c r="H19" s="374"/>
+      <c r="I19" s="86"/>
+      <c r="J19" s="375">
         <v>1.8695999999999999</v>
       </c>
-      <c r="K19" s="172"/>
-[...2 lines deleted...]
-      <c r="N19" s="171">
+      <c r="K19" s="376"/>
+      <c r="L19" s="377"/>
+      <c r="M19" s="86"/>
+      <c r="N19" s="375">
         <v>1.736</v>
       </c>
-      <c r="O19" s="172"/>
-[...2 lines deleted...]
-    <row r="20" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O19" s="376"/>
+      <c r="P19" s="377"/>
+    </row>
+    <row r="20" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A20" s="41" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="42" t="s">
         <v>33</v>
       </c>
-      <c r="C20" s="174">
+      <c r="C20" s="378">
         <v>2.0442</v>
       </c>
-      <c r="D20" s="175"/>
-[...3 lines deleted...]
-      <c r="H20" s="176"/>
+      <c r="D20" s="379"/>
+      <c r="E20" s="379"/>
+      <c r="F20" s="379"/>
+      <c r="G20" s="379"/>
+      <c r="H20" s="380"/>
       <c r="I20" s="76"/>
-      <c r="J20" s="101">
+      <c r="J20" s="309">
         <v>2.0237000000000003</v>
       </c>
-      <c r="K20" s="177"/>
-      <c r="L20" s="178"/>
+      <c r="K20" s="381"/>
+      <c r="L20" s="382"/>
       <c r="M20" s="76"/>
-      <c r="N20" s="101">
+      <c r="N20" s="309">
         <v>1.9107000000000001</v>
       </c>
-      <c r="O20" s="177"/>
-[...2 lines deleted...]
-    <row r="21" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O20" s="381"/>
+      <c r="P20" s="382"/>
+    </row>
+    <row r="21" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A21" s="41" t="s">
         <v>35</v>
       </c>
       <c r="B21" s="42" t="s">
         <v>33</v>
       </c>
-      <c r="C21" s="174">
+      <c r="C21" s="378">
         <v>2.2393000000000001</v>
       </c>
-      <c r="D21" s="175"/>
-[...3 lines deleted...]
-      <c r="H21" s="176"/>
+      <c r="D21" s="379"/>
+      <c r="E21" s="379"/>
+      <c r="F21" s="379"/>
+      <c r="G21" s="379"/>
+      <c r="H21" s="380"/>
       <c r="I21" s="76"/>
-      <c r="J21" s="101">
+      <c r="J21" s="309">
         <v>2.1880000000000002</v>
       </c>
-      <c r="K21" s="177"/>
-      <c r="L21" s="178"/>
+      <c r="K21" s="381"/>
+      <c r="L21" s="382"/>
       <c r="M21" s="76"/>
-      <c r="N21" s="101">
+      <c r="N21" s="309">
         <v>2.0442</v>
       </c>
-      <c r="O21" s="177"/>
-[...2 lines deleted...]
-    <row r="22" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O21" s="381"/>
+      <c r="P21" s="382"/>
+    </row>
+    <row r="22" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A22" s="41" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="42" t="s">
         <v>33</v>
       </c>
-      <c r="C22" s="174">
+      <c r="C22" s="378">
         <v>2.3729</v>
       </c>
-      <c r="D22" s="175"/>
-[...3 lines deleted...]
-      <c r="H22" s="176"/>
+      <c r="D22" s="379"/>
+      <c r="E22" s="379"/>
+      <c r="F22" s="379"/>
+      <c r="G22" s="379"/>
+      <c r="H22" s="380"/>
       <c r="I22" s="76"/>
-      <c r="J22" s="101">
+      <c r="J22" s="309">
         <v>2.3421000000000003</v>
       </c>
-      <c r="K22" s="177"/>
-      <c r="L22" s="178"/>
+      <c r="K22" s="381"/>
+      <c r="L22" s="382"/>
       <c r="M22" s="76"/>
-      <c r="N22" s="101">
+      <c r="N22" s="309">
         <v>2.2291000000000003</v>
       </c>
-      <c r="O22" s="177"/>
-[...2 lines deleted...]
-    <row r="23" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O22" s="381"/>
+      <c r="P22" s="382"/>
+    </row>
+    <row r="23" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A23" s="44" t="s">
         <v>37</v>
       </c>
       <c r="B23" s="45" t="s">
         <v>33</v>
       </c>
-      <c r="C23" s="206">
+      <c r="C23" s="409">
         <v>2.5372000000000003</v>
       </c>
-      <c r="D23" s="207"/>
-[...3 lines deleted...]
-      <c r="H23" s="208"/>
+      <c r="D23" s="410"/>
+      <c r="E23" s="410"/>
+      <c r="F23" s="410"/>
+      <c r="G23" s="410"/>
+      <c r="H23" s="411"/>
       <c r="I23" s="76"/>
-      <c r="J23" s="182">
+      <c r="J23" s="386">
         <v>2.5166000000000004</v>
       </c>
-      <c r="K23" s="189"/>
-      <c r="L23" s="190"/>
+      <c r="K23" s="392"/>
+      <c r="L23" s="393"/>
       <c r="M23" s="76"/>
-      <c r="N23" s="182">
+      <c r="N23" s="386">
         <v>2.3523000000000001</v>
       </c>
-      <c r="O23" s="189"/>
-[...2 lines deleted...]
-    <row r="24" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O23" s="392"/>
+      <c r="P23" s="393"/>
+    </row>
+    <row r="24" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A24" s="46" t="s">
         <v>38</v>
       </c>
       <c r="B24" s="33" t="s">
         <v>21</v>
       </c>
-      <c r="C24" s="209">
+      <c r="C24" s="412">
         <v>91.141800000000003</v>
       </c>
-      <c r="D24" s="210"/>
-[...5 lines deleted...]
-      <c r="J24" s="151">
+      <c r="D24" s="413"/>
+      <c r="E24" s="413"/>
+      <c r="F24" s="413"/>
+      <c r="G24" s="413"/>
+      <c r="H24" s="414"/>
+      <c r="I24" s="87"/>
+      <c r="J24" s="359">
         <v>91.141800000000003</v>
       </c>
-      <c r="K24" s="212"/>
-[...2 lines deleted...]
-      <c r="N24" s="209">
+      <c r="K24" s="415"/>
+      <c r="L24" s="416"/>
+      <c r="M24" s="88"/>
+      <c r="N24" s="412">
         <v>91.141800000000003</v>
       </c>
-      <c r="O24" s="215"/>
-[...2 lines deleted...]
-    <row r="26" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O24" s="417"/>
+      <c r="P24" s="418"/>
+    </row>
+    <row r="26" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A26" s="14" t="s">
         <v>39</v>
       </c>
       <c r="B26" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="16"/>
       <c r="D26" s="16"/>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A27" s="17" t="s">
         <v>40</v>
       </c>
       <c r="B27" s="18" t="s">
         <v>21</v>
       </c>
       <c r="C27" s="18"/>
       <c r="D27" s="18"/>
-      <c r="E27" s="97">
+      <c r="E27" s="305">
         <v>177.9693</v>
       </c>
-      <c r="F27" s="95"/>
-[...1 lines deleted...]
-      <c r="H27" s="96"/>
+      <c r="F27" s="303"/>
+      <c r="G27" s="303"/>
+      <c r="H27" s="304"/>
       <c r="I27" s="76"/>
-      <c r="J27" s="97"/>
-[...1 lines deleted...]
-      <c r="L27" s="96"/>
+      <c r="J27" s="305"/>
+      <c r="K27" s="303"/>
+      <c r="L27" s="304"/>
       <c r="M27" s="49"/>
-      <c r="N27" s="97"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N27" s="305"/>
+      <c r="O27" s="303"/>
+      <c r="P27" s="304"/>
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A28" s="20" t="s">
         <v>41</v>
       </c>
       <c r="B28" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="21"/>
       <c r="D28" s="21"/>
-      <c r="E28" s="89">
+      <c r="E28" s="297">
         <v>43.234100000000005</v>
       </c>
-      <c r="F28" s="92"/>
-[...1 lines deleted...]
-      <c r="H28" s="93"/>
+      <c r="F28" s="300"/>
+      <c r="G28" s="300"/>
+      <c r="H28" s="301"/>
       <c r="I28" s="76"/>
-      <c r="J28" s="89"/>
-[...1 lines deleted...]
-      <c r="L28" s="93"/>
+      <c r="J28" s="297"/>
+      <c r="K28" s="300"/>
+      <c r="L28" s="301"/>
       <c r="M28" s="76"/>
-      <c r="N28" s="89"/>
-[...3 lines deleted...]
-    <row r="29" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N28" s="297"/>
+      <c r="O28" s="300"/>
+      <c r="P28" s="301"/>
+    </row>
+    <row r="29" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A29" s="20" t="s">
         <v>42</v>
       </c>
       <c r="B29" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C29" s="21"/>
       <c r="D29" s="21"/>
-      <c r="E29" s="89"/>
-[...2 lines deleted...]
-      <c r="H29" s="93"/>
+      <c r="E29" s="297"/>
+      <c r="F29" s="300"/>
+      <c r="G29" s="300"/>
+      <c r="H29" s="301"/>
       <c r="I29" s="76"/>
-      <c r="J29" s="89">
+      <c r="J29" s="297">
         <v>189.11420000000001</v>
       </c>
-      <c r="K29" s="92"/>
-      <c r="L29" s="93"/>
+      <c r="K29" s="300"/>
+      <c r="L29" s="301"/>
       <c r="M29" s="76"/>
-      <c r="N29" s="89"/>
-[...3 lines deleted...]
-    <row r="30" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N29" s="297"/>
+      <c r="O29" s="300"/>
+      <c r="P29" s="301"/>
+    </row>
+    <row r="30" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A30" s="20" t="s">
         <v>43</v>
       </c>
       <c r="B30" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C30" s="22">
         <v>261.18</v>
       </c>
       <c r="D30" s="22">
         <v>174.14</v>
       </c>
-      <c r="E30" s="89"/>
-[...2 lines deleted...]
-      <c r="H30" s="93"/>
+      <c r="E30" s="297"/>
+      <c r="F30" s="300"/>
+      <c r="G30" s="300"/>
+      <c r="H30" s="301"/>
       <c r="I30" s="76"/>
-      <c r="J30" s="89"/>
-[...1 lines deleted...]
-      <c r="L30" s="93"/>
+      <c r="J30" s="297"/>
+      <c r="K30" s="300"/>
+      <c r="L30" s="301"/>
       <c r="M30" s="76"/>
-      <c r="N30" s="89"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N30" s="297"/>
+      <c r="O30" s="300"/>
+      <c r="P30" s="301"/>
+    </row>
+    <row r="31" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A31" s="20" t="s">
         <v>44</v>
       </c>
       <c r="B31" s="21" t="s">
         <v>45</v>
       </c>
       <c r="C31" s="21"/>
       <c r="D31" s="21"/>
-      <c r="E31" s="89">
+      <c r="E31" s="297">
         <v>474.38259999999997</v>
       </c>
-      <c r="F31" s="92"/>
-[...1 lines deleted...]
-      <c r="H31" s="93"/>
+      <c r="F31" s="300"/>
+      <c r="G31" s="300"/>
+      <c r="H31" s="301"/>
       <c r="I31" s="76"/>
-      <c r="J31" s="89">
+      <c r="J31" s="297">
         <v>474.38259999999997</v>
       </c>
-      <c r="K31" s="92"/>
-      <c r="L31" s="93"/>
+      <c r="K31" s="300"/>
+      <c r="L31" s="301"/>
       <c r="M31" s="76"/>
-      <c r="N31" s="89"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N31" s="297"/>
+      <c r="O31" s="300"/>
+      <c r="P31" s="301"/>
+    </row>
+    <row r="32" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A32" s="20" t="s">
         <v>46</v>
       </c>
       <c r="B32" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="21"/>
       <c r="D32" s="21"/>
-      <c r="E32" s="89"/>
-[...2 lines deleted...]
-      <c r="H32" s="93"/>
+      <c r="E32" s="297"/>
+      <c r="F32" s="300"/>
+      <c r="G32" s="300"/>
+      <c r="H32" s="301"/>
       <c r="I32" s="76"/>
-      <c r="J32" s="89">
+      <c r="J32" s="297">
         <v>172.83340000000001</v>
       </c>
-      <c r="K32" s="92"/>
-      <c r="L32" s="93"/>
+      <c r="K32" s="300"/>
+      <c r="L32" s="301"/>
       <c r="M32" s="76"/>
-      <c r="N32" s="89"/>
-[...3 lines deleted...]
-    <row r="33" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N32" s="297"/>
+      <c r="O32" s="300"/>
+      <c r="P32" s="301"/>
+    </row>
+    <row r="33" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A33" s="20" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
-      <c r="E33" s="89"/>
-[...2 lines deleted...]
-      <c r="H33" s="93"/>
+      <c r="E33" s="297"/>
+      <c r="F33" s="300"/>
+      <c r="G33" s="300"/>
+      <c r="H33" s="301"/>
       <c r="I33" s="76"/>
-      <c r="J33" s="89">
+      <c r="J33" s="297">
         <v>7.92</v>
       </c>
-      <c r="K33" s="92"/>
-      <c r="L33" s="93"/>
+      <c r="K33" s="300"/>
+      <c r="L33" s="301"/>
       <c r="M33" s="76"/>
-      <c r="N33" s="89"/>
-[...3 lines deleted...]
-    <row r="34" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N33" s="297"/>
+      <c r="O33" s="300"/>
+      <c r="P33" s="301"/>
+    </row>
+    <row r="34" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A34" s="20" t="s">
         <v>48</v>
       </c>
       <c r="B34" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="21"/>
       <c r="D34" s="21"/>
-      <c r="E34" s="89"/>
-[...2 lines deleted...]
-      <c r="H34" s="93"/>
+      <c r="E34" s="297"/>
+      <c r="F34" s="300"/>
+      <c r="G34" s="300"/>
+      <c r="H34" s="301"/>
       <c r="I34" s="76"/>
-      <c r="J34" s="136">
+      <c r="J34" s="344">
         <v>10.92</v>
       </c>
-      <c r="K34" s="137"/>
-      <c r="L34" s="138"/>
+      <c r="K34" s="345"/>
+      <c r="L34" s="346"/>
       <c r="M34" s="76"/>
       <c r="N34" s="77"/>
       <c r="O34" s="78"/>
       <c r="P34" s="79"/>
     </row>
-    <row r="35" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A35" s="20" t="s">
         <v>49</v>
       </c>
       <c r="B35" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C35" s="21"/>
       <c r="D35" s="21"/>
-      <c r="E35" s="89"/>
-[...2 lines deleted...]
-      <c r="H35" s="93"/>
+      <c r="E35" s="297"/>
+      <c r="F35" s="300"/>
+      <c r="G35" s="300"/>
+      <c r="H35" s="301"/>
       <c r="I35" s="76"/>
-      <c r="J35" s="136">
+      <c r="J35" s="344">
         <v>10.92</v>
       </c>
-      <c r="K35" s="137"/>
-      <c r="L35" s="138"/>
+      <c r="K35" s="345"/>
+      <c r="L35" s="346"/>
       <c r="M35" s="76"/>
       <c r="N35" s="77"/>
       <c r="O35" s="78"/>
       <c r="P35" s="79"/>
     </row>
-    <row r="36" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A36" s="20" t="s">
         <v>50</v>
       </c>
       <c r="B36" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="21"/>
       <c r="D36" s="21"/>
-      <c r="E36" s="89"/>
-[...2 lines deleted...]
-      <c r="H36" s="93"/>
+      <c r="E36" s="297"/>
+      <c r="F36" s="300"/>
+      <c r="G36" s="300"/>
+      <c r="H36" s="301"/>
       <c r="I36" s="76"/>
-      <c r="J36" s="89">
+      <c r="J36" s="297">
         <v>0.65749999999999997</v>
       </c>
-      <c r="K36" s="92"/>
-      <c r="L36" s="93"/>
+      <c r="K36" s="300"/>
+      <c r="L36" s="301"/>
       <c r="M36" s="76"/>
-      <c r="N36" s="89"/>
-[...3 lines deleted...]
-    <row r="37" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N36" s="297"/>
+      <c r="O36" s="300"/>
+      <c r="P36" s="301"/>
+    </row>
+    <row r="37" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A37" s="20" t="s">
         <v>52</v>
       </c>
       <c r="B37" s="21" t="s">
         <v>33</v>
       </c>
       <c r="C37" s="21"/>
       <c r="D37" s="21"/>
-      <c r="E37" s="89"/>
-[...2 lines deleted...]
-      <c r="H37" s="93"/>
+      <c r="E37" s="297"/>
+      <c r="F37" s="300"/>
+      <c r="G37" s="300"/>
+      <c r="H37" s="301"/>
       <c r="I37" s="76"/>
-      <c r="J37" s="89">
+      <c r="J37" s="297">
         <v>0.59589999999999999</v>
       </c>
-      <c r="K37" s="92"/>
-      <c r="L37" s="93"/>
+      <c r="K37" s="300"/>
+      <c r="L37" s="301"/>
       <c r="M37" s="76"/>
-      <c r="N37" s="89"/>
-[...3 lines deleted...]
-    <row r="38" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N37" s="297"/>
+      <c r="O37" s="300"/>
+      <c r="P37" s="301"/>
+    </row>
+    <row r="38" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A38" s="20" t="s">
         <v>53</v>
       </c>
       <c r="B38" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C38" s="21"/>
       <c r="D38" s="21"/>
-      <c r="E38" s="89">
+      <c r="E38" s="297">
         <v>41.621400000000001</v>
       </c>
-      <c r="F38" s="92"/>
-[...1 lines deleted...]
-      <c r="H38" s="93"/>
+      <c r="F38" s="300"/>
+      <c r="G38" s="300"/>
+      <c r="H38" s="301"/>
       <c r="I38" s="76"/>
-      <c r="J38" s="89">
+      <c r="J38" s="297">
         <v>41.621400000000001</v>
       </c>
-      <c r="K38" s="92"/>
-      <c r="L38" s="93"/>
+      <c r="K38" s="300"/>
+      <c r="L38" s="301"/>
       <c r="M38" s="76"/>
-      <c r="N38" s="89"/>
-[...3 lines deleted...]
-    <row r="39" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N38" s="297"/>
+      <c r="O38" s="300"/>
+      <c r="P38" s="301"/>
+    </row>
+    <row r="39" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A39" s="20" t="s">
         <v>54</v>
       </c>
       <c r="B39" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C39" s="21"/>
       <c r="D39" s="21"/>
-      <c r="E39" s="89">
+      <c r="E39" s="297">
         <v>129.12690000000001</v>
       </c>
-      <c r="F39" s="92"/>
-[...1 lines deleted...]
-      <c r="H39" s="93"/>
+      <c r="F39" s="300"/>
+      <c r="G39" s="300"/>
+      <c r="H39" s="301"/>
       <c r="I39" s="76"/>
-      <c r="J39" s="89">
+      <c r="J39" s="297">
         <v>129.12690000000001</v>
       </c>
-      <c r="K39" s="92"/>
-      <c r="L39" s="93"/>
+      <c r="K39" s="300"/>
+      <c r="L39" s="301"/>
       <c r="M39" s="76"/>
-      <c r="N39" s="89"/>
-[...3 lines deleted...]
-    <row r="40" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N39" s="297"/>
+      <c r="O39" s="300"/>
+      <c r="P39" s="301"/>
+    </row>
+    <row r="40" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A40" s="20" t="s">
         <v>55</v>
       </c>
       <c r="B40" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C40" s="21"/>
       <c r="D40" s="21"/>
-      <c r="E40" s="89"/>
-[...2 lines deleted...]
-      <c r="H40" s="93"/>
+      <c r="E40" s="297"/>
+      <c r="F40" s="300"/>
+      <c r="G40" s="300"/>
+      <c r="H40" s="301"/>
       <c r="I40" s="76"/>
-      <c r="J40" s="89">
+      <c r="J40" s="297">
         <v>120.37530000000001</v>
       </c>
-      <c r="K40" s="92"/>
-      <c r="L40" s="93"/>
+      <c r="K40" s="300"/>
+      <c r="L40" s="301"/>
       <c r="M40" s="76"/>
-      <c r="N40" s="89"/>
-[...3 lines deleted...]
-    <row r="41" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N40" s="297"/>
+      <c r="O40" s="300"/>
+      <c r="P40" s="301"/>
+    </row>
+    <row r="41" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A41" s="20" t="s">
         <v>56</v>
       </c>
       <c r="B41" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C41" s="21"/>
       <c r="D41" s="21"/>
-      <c r="E41" s="89">
+      <c r="E41" s="297">
         <v>177.9693</v>
       </c>
-      <c r="F41" s="92"/>
-[...1 lines deleted...]
-      <c r="H41" s="93"/>
+      <c r="F41" s="300"/>
+      <c r="G41" s="300"/>
+      <c r="H41" s="301"/>
       <c r="I41" s="76"/>
-      <c r="J41" s="89"/>
-[...1 lines deleted...]
-      <c r="L41" s="93"/>
+      <c r="J41" s="297"/>
+      <c r="K41" s="300"/>
+      <c r="L41" s="301"/>
       <c r="M41" s="76"/>
-      <c r="N41" s="89"/>
-[...3 lines deleted...]
-    <row r="42" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="N41" s="297"/>
+      <c r="O41" s="300"/>
+      <c r="P41" s="301"/>
+    </row>
+    <row r="42" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="20" t="s">
         <v>57</v>
       </c>
       <c r="B42" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C42" s="21"/>
       <c r="D42" s="21"/>
-      <c r="E42" s="89">
+      <c r="E42" s="297">
         <v>120.0671</v>
       </c>
-      <c r="F42" s="92"/>
-[...1 lines deleted...]
-      <c r="H42" s="93"/>
+      <c r="F42" s="300"/>
+      <c r="G42" s="300"/>
+      <c r="H42" s="301"/>
       <c r="I42" s="76"/>
-      <c r="J42" s="89"/>
-[...1 lines deleted...]
-      <c r="L42" s="93"/>
+      <c r="J42" s="297"/>
+      <c r="K42" s="300"/>
+      <c r="L42" s="301"/>
       <c r="M42" s="76"/>
-      <c r="N42" s="89"/>
-[...3 lines deleted...]
-    <row r="43" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N42" s="297"/>
+      <c r="O42" s="300"/>
+      <c r="P42" s="301"/>
+    </row>
+    <row r="43" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A43" s="20" t="s">
         <v>58</v>
       </c>
       <c r="B43" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C43" s="21"/>
       <c r="D43" s="21"/>
-      <c r="E43" s="89">
+      <c r="E43" s="297">
         <v>153.57380000000001</v>
       </c>
-      <c r="F43" s="92"/>
-[...1 lines deleted...]
-      <c r="H43" s="93"/>
+      <c r="F43" s="300"/>
+      <c r="G43" s="300"/>
+      <c r="H43" s="301"/>
       <c r="I43" s="76"/>
-      <c r="J43" s="89">
+      <c r="J43" s="297">
         <v>153.57380000000001</v>
       </c>
-      <c r="K43" s="92"/>
-      <c r="L43" s="93"/>
+      <c r="K43" s="300"/>
+      <c r="L43" s="301"/>
       <c r="M43" s="76"/>
-      <c r="N43" s="89"/>
-[...3 lines deleted...]
-    <row r="44" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N43" s="297"/>
+      <c r="O43" s="300"/>
+      <c r="P43" s="301"/>
+    </row>
+    <row r="44" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A44" s="51" t="s">
         <v>59</v>
       </c>
       <c r="B44" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C44" s="21"/>
       <c r="D44" s="21"/>
-      <c r="E44" s="89">
+      <c r="E44" s="297">
         <v>162.9622</v>
       </c>
-      <c r="F44" s="92"/>
-[...1 lines deleted...]
-      <c r="H44" s="93"/>
+      <c r="F44" s="300"/>
+      <c r="G44" s="300"/>
+      <c r="H44" s="301"/>
       <c r="I44" s="76"/>
-      <c r="J44" s="89"/>
-[...1 lines deleted...]
-      <c r="L44" s="93"/>
+      <c r="J44" s="297"/>
+      <c r="K44" s="300"/>
+      <c r="L44" s="301"/>
       <c r="M44" s="76"/>
-      <c r="N44" s="89"/>
-[...3 lines deleted...]
-    <row r="45" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N44" s="297"/>
+      <c r="O44" s="300"/>
+      <c r="P44" s="301"/>
+    </row>
+    <row r="45" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A45" s="20" t="s">
         <v>60</v>
       </c>
       <c r="B45" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
-      <c r="E45" s="89">
+      <c r="E45" s="297">
         <v>153.57380000000001</v>
       </c>
-      <c r="F45" s="92"/>
-[...1 lines deleted...]
-      <c r="H45" s="93"/>
+      <c r="F45" s="300"/>
+      <c r="G45" s="300"/>
+      <c r="H45" s="301"/>
       <c r="I45" s="76"/>
-      <c r="J45" s="89">
+      <c r="J45" s="297">
         <v>153.57380000000001</v>
       </c>
-      <c r="K45" s="92"/>
-      <c r="L45" s="93"/>
+      <c r="K45" s="300"/>
+      <c r="L45" s="301"/>
       <c r="M45" s="76"/>
-      <c r="N45" s="89"/>
-[...3 lines deleted...]
-    <row r="46" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N45" s="297"/>
+      <c r="O45" s="300"/>
+      <c r="P45" s="301"/>
+    </row>
+    <row r="46" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A46" s="20" t="s">
         <v>61</v>
       </c>
       <c r="B46" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C46" s="21"/>
       <c r="D46" s="21"/>
-      <c r="E46" s="89">
+      <c r="E46" s="297">
         <v>153.57380000000001</v>
       </c>
-      <c r="F46" s="92"/>
-[...1 lines deleted...]
-      <c r="H46" s="93"/>
+      <c r="F46" s="300"/>
+      <c r="G46" s="300"/>
+      <c r="H46" s="301"/>
       <c r="I46" s="76"/>
-      <c r="J46" s="89"/>
-[...1 lines deleted...]
-      <c r="L46" s="93"/>
+      <c r="J46" s="297"/>
+      <c r="K46" s="300"/>
+      <c r="L46" s="301"/>
       <c r="M46" s="76"/>
-      <c r="N46" s="89"/>
-[...3 lines deleted...]
-    <row r="47" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N46" s="297"/>
+      <c r="O46" s="300"/>
+      <c r="P46" s="301"/>
+    </row>
+    <row r="47" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A47" s="20" t="s">
         <v>62</v>
       </c>
       <c r="B47" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C47" s="21"/>
       <c r="D47" s="21"/>
-      <c r="E47" s="89"/>
-[...2 lines deleted...]
-      <c r="H47" s="93"/>
+      <c r="E47" s="297"/>
+      <c r="F47" s="300"/>
+      <c r="G47" s="300"/>
+      <c r="H47" s="301"/>
       <c r="I47" s="76"/>
-      <c r="J47" s="89">
+      <c r="J47" s="297">
         <v>153.57380000000001</v>
       </c>
-      <c r="K47" s="92"/>
-      <c r="L47" s="93"/>
+      <c r="K47" s="300"/>
+      <c r="L47" s="301"/>
       <c r="M47" s="76"/>
-      <c r="N47" s="89"/>
-[...3 lines deleted...]
-    <row r="48" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N47" s="297"/>
+      <c r="O47" s="300"/>
+      <c r="P47" s="301"/>
+    </row>
+    <row r="48" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A48" s="20" t="s">
         <v>63</v>
       </c>
       <c r="B48" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C48" s="21"/>
       <c r="D48" s="21"/>
-      <c r="E48" s="89">
+      <c r="E48" s="297">
         <v>68.821100000000001</v>
       </c>
-      <c r="F48" s="92"/>
-[...1 lines deleted...]
-      <c r="H48" s="93"/>
+      <c r="F48" s="300"/>
+      <c r="G48" s="300"/>
+      <c r="H48" s="301"/>
       <c r="I48" s="76"/>
-      <c r="J48" s="89">
+      <c r="J48" s="297">
         <v>68.821100000000001</v>
       </c>
-      <c r="K48" s="92"/>
-      <c r="L48" s="93"/>
+      <c r="K48" s="300"/>
+      <c r="L48" s="301"/>
       <c r="M48" s="76"/>
-      <c r="N48" s="89"/>
-[...3 lines deleted...]
-    <row r="49" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N48" s="297"/>
+      <c r="O48" s="300"/>
+      <c r="P48" s="301"/>
+    </row>
+    <row r="49" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A49" s="51" t="s">
         <v>64</v>
       </c>
       <c r="B49" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C49" s="21"/>
       <c r="D49" s="21"/>
-      <c r="E49" s="89">
+      <c r="E49" s="297">
         <v>111.1307</v>
       </c>
-      <c r="F49" s="92"/>
-[...1 lines deleted...]
-      <c r="H49" s="93"/>
+      <c r="F49" s="300"/>
+      <c r="G49" s="300"/>
+      <c r="H49" s="301"/>
       <c r="I49" s="76"/>
-      <c r="J49" s="89">
+      <c r="J49" s="297">
         <v>92.620900000000006</v>
       </c>
-      <c r="K49" s="92"/>
-      <c r="L49" s="93"/>
+      <c r="K49" s="300"/>
+      <c r="L49" s="301"/>
       <c r="M49" s="76"/>
-      <c r="N49" s="89">
+      <c r="N49" s="297">
         <v>37.081200000000003</v>
       </c>
-      <c r="O49" s="92"/>
-[...2 lines deleted...]
-    <row r="50" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O49" s="300"/>
+      <c r="P49" s="301"/>
+    </row>
+    <row r="50" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A50" s="52" t="s">
         <v>65</v>
       </c>
       <c r="B50" s="53" t="s">
         <v>51</v>
       </c>
       <c r="C50" s="53"/>
       <c r="D50" s="53"/>
-      <c r="E50" s="89">
+      <c r="E50" s="297">
         <v>22.824100000000001</v>
       </c>
-      <c r="F50" s="92"/>
-[...1 lines deleted...]
-      <c r="H50" s="93"/>
+      <c r="F50" s="300"/>
+      <c r="G50" s="300"/>
+      <c r="H50" s="301"/>
       <c r="I50" s="76"/>
-      <c r="J50" s="89">
+      <c r="J50" s="297">
         <v>22.824100000000001</v>
       </c>
-      <c r="K50" s="92"/>
-      <c r="L50" s="93"/>
+      <c r="K50" s="300"/>
+      <c r="L50" s="301"/>
       <c r="M50" s="76"/>
-      <c r="N50" s="89">
+      <c r="N50" s="297">
         <v>22.824100000000001</v>
       </c>
-      <c r="O50" s="92"/>
-[...2 lines deleted...]
-    <row r="51" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O50" s="300"/>
+      <c r="P50" s="301"/>
+    </row>
+    <row r="51" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A51" s="52" t="s">
         <v>66</v>
       </c>
       <c r="B51" s="53" t="s">
         <v>51</v>
       </c>
       <c r="C51" s="53"/>
       <c r="D51" s="53"/>
-      <c r="E51" s="89">
+      <c r="E51" s="297">
         <v>9.1625999999999994</v>
       </c>
-      <c r="F51" s="92"/>
-[...1 lines deleted...]
-      <c r="H51" s="93"/>
+      <c r="F51" s="300"/>
+      <c r="G51" s="300"/>
+      <c r="H51" s="301"/>
       <c r="I51" s="76"/>
-      <c r="J51" s="89">
+      <c r="J51" s="297">
         <v>9.1625999999999994</v>
       </c>
-      <c r="K51" s="92"/>
-      <c r="L51" s="93"/>
+      <c r="K51" s="300"/>
+      <c r="L51" s="301"/>
       <c r="M51" s="76"/>
-      <c r="N51" s="89">
+      <c r="N51" s="297">
         <v>9.1625999999999994</v>
       </c>
-      <c r="O51" s="92"/>
-[...2 lines deleted...]
-    <row r="52" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O51" s="300"/>
+      <c r="P51" s="301"/>
+    </row>
+    <row r="52" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A52" s="52" t="s">
         <v>67</v>
       </c>
       <c r="B52" s="53" t="s">
         <v>51</v>
       </c>
       <c r="C52" s="53"/>
       <c r="D52" s="53"/>
-      <c r="E52" s="89">
+      <c r="E52" s="297">
         <v>227.7876</v>
       </c>
-      <c r="F52" s="92"/>
-[...1 lines deleted...]
-      <c r="H52" s="93"/>
+      <c r="F52" s="300"/>
+      <c r="G52" s="300"/>
+      <c r="H52" s="301"/>
       <c r="I52" s="76">
         <v>180</v>
       </c>
-      <c r="J52" s="89">
+      <c r="J52" s="297">
         <v>227.7876</v>
       </c>
-      <c r="K52" s="92"/>
-      <c r="L52" s="93"/>
+      <c r="K52" s="300"/>
+      <c r="L52" s="301"/>
       <c r="M52" s="76"/>
-      <c r="N52" s="89">
+      <c r="N52" s="297">
         <v>227.7876</v>
       </c>
-      <c r="O52" s="92"/>
-[...2 lines deleted...]
-    <row r="53" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O52" s="300"/>
+      <c r="P52" s="301"/>
+    </row>
+    <row r="53" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A53" s="52" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="53" t="s">
         <v>51</v>
       </c>
       <c r="C53" s="53"/>
       <c r="D53" s="53"/>
-      <c r="E53" s="89">
+      <c r="E53" s="297">
         <v>79.740099999999998</v>
       </c>
-      <c r="F53" s="92"/>
-[...1 lines deleted...]
-      <c r="H53" s="93"/>
+      <c r="F53" s="300"/>
+      <c r="G53" s="300"/>
+      <c r="H53" s="301"/>
       <c r="I53" s="76"/>
-      <c r="J53" s="89">
+      <c r="J53" s="297">
         <v>79.740099999999998</v>
       </c>
-      <c r="K53" s="92"/>
-      <c r="L53" s="93"/>
+      <c r="K53" s="300"/>
+      <c r="L53" s="301"/>
       <c r="M53" s="76"/>
-      <c r="N53" s="89">
+      <c r="N53" s="297">
         <v>79.740099999999998</v>
       </c>
-      <c r="O53" s="92"/>
-[...2 lines deleted...]
-    <row r="54" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O53" s="300"/>
+      <c r="P53" s="301"/>
+    </row>
+    <row r="54" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A54" s="20" t="s">
         <v>69</v>
       </c>
       <c r="B54" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C54" s="21"/>
       <c r="D54" s="21"/>
-      <c r="E54" s="89"/>
-[...2 lines deleted...]
-      <c r="H54" s="93"/>
+      <c r="E54" s="297"/>
+      <c r="F54" s="300"/>
+      <c r="G54" s="300"/>
+      <c r="H54" s="301"/>
       <c r="I54" s="76"/>
-      <c r="J54" s="89">
+      <c r="J54" s="297">
         <v>118.60860000000001</v>
       </c>
-      <c r="K54" s="92"/>
-      <c r="L54" s="93"/>
+      <c r="K54" s="300"/>
+      <c r="L54" s="301"/>
       <c r="M54" s="76"/>
-      <c r="N54" s="89"/>
-[...3 lines deleted...]
-    <row r="55" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N54" s="297"/>
+      <c r="O54" s="300"/>
+      <c r="P54" s="301"/>
+    </row>
+    <row r="55" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A55" s="20" t="s">
         <v>70</v>
       </c>
       <c r="B55" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C55" s="21"/>
       <c r="D55" s="21"/>
-      <c r="E55" s="89"/>
-[...2 lines deleted...]
-      <c r="H55" s="93"/>
+      <c r="E55" s="297"/>
+      <c r="F55" s="300"/>
+      <c r="G55" s="300"/>
+      <c r="H55" s="301"/>
       <c r="I55" s="76"/>
-      <c r="J55" s="89">
+      <c r="J55" s="297">
         <v>118.61</v>
       </c>
-      <c r="K55" s="92"/>
-      <c r="L55" s="93"/>
+      <c r="K55" s="300"/>
+      <c r="L55" s="301"/>
       <c r="M55" s="76"/>
-      <c r="N55" s="89"/>
-[...3 lines deleted...]
-    <row r="56" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N55" s="297"/>
+      <c r="O55" s="300"/>
+      <c r="P55" s="301"/>
+    </row>
+    <row r="56" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A56" s="20" t="s">
         <v>71</v>
       </c>
       <c r="B56" s="21" t="s">
         <v>27</v>
       </c>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
-      <c r="E56" s="89">
+      <c r="E56" s="297">
         <v>512.46019999999999</v>
       </c>
-      <c r="F56" s="92"/>
-[...1 lines deleted...]
-      <c r="H56" s="93"/>
+      <c r="F56" s="300"/>
+      <c r="G56" s="300"/>
+      <c r="H56" s="301"/>
       <c r="I56" s="76"/>
-      <c r="J56" s="89">
+      <c r="J56" s="297">
         <v>512.46019999999999</v>
       </c>
-      <c r="K56" s="92"/>
-      <c r="L56" s="93"/>
+      <c r="K56" s="300"/>
+      <c r="L56" s="301"/>
       <c r="M56" s="76"/>
-      <c r="N56" s="89">
+      <c r="N56" s="297">
         <v>512.46019999999999</v>
       </c>
-      <c r="O56" s="92"/>
-[...2 lines deleted...]
-    <row r="57" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O56" s="300"/>
+      <c r="P56" s="301"/>
+    </row>
+    <row r="57" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A57" s="20" t="s">
         <v>72</v>
       </c>
       <c r="B57" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
-      <c r="E57" s="89">
+      <c r="E57" s="297">
         <v>22.824100000000001</v>
       </c>
-      <c r="F57" s="92"/>
-[...1 lines deleted...]
-      <c r="H57" s="93"/>
+      <c r="F57" s="300"/>
+      <c r="G57" s="300"/>
+      <c r="H57" s="301"/>
       <c r="I57" s="76"/>
-      <c r="J57" s="89">
+      <c r="J57" s="297">
         <v>22.824100000000001</v>
       </c>
-      <c r="K57" s="92"/>
-      <c r="L57" s="93"/>
+      <c r="K57" s="300"/>
+      <c r="L57" s="301"/>
       <c r="M57" s="76"/>
-      <c r="N57" s="89">
+      <c r="N57" s="297">
         <v>22.824100000000001</v>
       </c>
-      <c r="O57" s="92"/>
-[...2 lines deleted...]
-    <row r="58" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O57" s="300"/>
+      <c r="P57" s="301"/>
+    </row>
+    <row r="58" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A58" s="20" t="s">
         <v>73</v>
       </c>
       <c r="B58" s="21" t="s">
         <v>27</v>
       </c>
       <c r="C58" s="21"/>
       <c r="D58" s="21"/>
-      <c r="E58" s="89"/>
-[...2 lines deleted...]
-      <c r="H58" s="93"/>
+      <c r="E58" s="297"/>
+      <c r="F58" s="300"/>
+      <c r="G58" s="300"/>
+      <c r="H58" s="301"/>
       <c r="I58" s="76"/>
-      <c r="J58" s="89">
+      <c r="J58" s="297">
         <v>82.544300000000007</v>
       </c>
-      <c r="K58" s="92"/>
-      <c r="L58" s="93"/>
+      <c r="K58" s="300"/>
+      <c r="L58" s="301"/>
       <c r="M58" s="76"/>
-      <c r="N58" s="89"/>
-[...3 lines deleted...]
-    <row r="59" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N58" s="297"/>
+      <c r="O58" s="300"/>
+      <c r="P58" s="301"/>
+    </row>
+    <row r="59" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A59" s="20" t="s">
         <v>74</v>
       </c>
       <c r="B59" s="21" t="s">
         <v>27</v>
       </c>
       <c r="C59" s="21"/>
       <c r="D59" s="21"/>
-      <c r="E59" s="89"/>
-[...2 lines deleted...]
-      <c r="H59" s="93"/>
+      <c r="E59" s="297"/>
+      <c r="F59" s="300"/>
+      <c r="G59" s="300"/>
+      <c r="H59" s="301"/>
       <c r="I59" s="76"/>
-      <c r="J59" s="89">
+      <c r="J59" s="297">
         <v>123.8061</v>
       </c>
-      <c r="K59" s="92"/>
-      <c r="L59" s="93"/>
+      <c r="K59" s="300"/>
+      <c r="L59" s="301"/>
       <c r="M59" s="76"/>
-      <c r="N59" s="89"/>
-[...3 lines deleted...]
-    <row r="60" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N59" s="297"/>
+      <c r="O59" s="300"/>
+      <c r="P59" s="301"/>
+    </row>
+    <row r="60" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A60" s="24" t="s">
         <v>75</v>
       </c>
       <c r="B60" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C60" s="25"/>
       <c r="D60" s="25"/>
-      <c r="E60" s="84"/>
-[...2 lines deleted...]
-      <c r="H60" s="88"/>
+      <c r="E60" s="292"/>
+      <c r="F60" s="295"/>
+      <c r="G60" s="295"/>
+      <c r="H60" s="296"/>
       <c r="I60" s="76"/>
-      <c r="J60" s="84">
+      <c r="J60" s="292">
         <v>600</v>
       </c>
-      <c r="K60" s="87"/>
-      <c r="L60" s="88"/>
+      <c r="K60" s="295"/>
+      <c r="L60" s="296"/>
       <c r="M60" s="76"/>
-      <c r="N60" s="84">
+      <c r="N60" s="292">
         <v>600</v>
       </c>
-      <c r="O60" s="87"/>
-[...2 lines deleted...]
-    <row r="61" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O60" s="295"/>
+      <c r="P60" s="296"/>
+    </row>
+    <row r="61" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E61" s="76"/>
       <c r="F61" s="76"/>
       <c r="G61" s="76"/>
       <c r="H61" s="76"/>
       <c r="I61" s="76"/>
       <c r="J61" s="76"/>
     </row>
-    <row r="62" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E62" s="76"/>
       <c r="F62" s="76"/>
       <c r="G62" s="76"/>
       <c r="H62" s="76"/>
       <c r="I62" s="76"/>
       <c r="J62" s="76"/>
     </row>
-    <row r="63" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A63" s="14" t="s">
         <v>76</v>
       </c>
       <c r="B63" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="16"/>
       <c r="D63" s="16"/>
       <c r="E63" s="76"/>
       <c r="F63" s="76"/>
       <c r="G63" s="76"/>
       <c r="H63" s="76"/>
       <c r="I63" s="76"/>
       <c r="J63" s="76"/>
     </row>
-    <row r="64" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A64" s="17" t="s">
         <v>77</v>
       </c>
       <c r="B64" s="18" t="s">
         <v>78</v>
       </c>
-      <c r="C64" s="194">
+      <c r="C64" s="400">
         <v>28.73</v>
       </c>
-      <c r="D64" s="195"/>
-[...5 lines deleted...]
-      <c r="J64" s="97">
+      <c r="D64" s="401"/>
+      <c r="E64" s="401"/>
+      <c r="F64" s="401"/>
+      <c r="G64" s="401"/>
+      <c r="H64" s="402"/>
+      <c r="I64" s="87"/>
+      <c r="J64" s="305">
         <v>28.73</v>
       </c>
-      <c r="K64" s="95"/>
-[...2 lines deleted...]
-      <c r="N64" s="97">
+      <c r="K64" s="303"/>
+      <c r="L64" s="303"/>
+      <c r="M64" s="304"/>
+      <c r="N64" s="305">
         <v>28.73</v>
       </c>
-      <c r="O64" s="95"/>
-[...2 lines deleted...]
-    <row r="65" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="O64" s="303"/>
+      <c r="P64" s="304"/>
+    </row>
+    <row r="65" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="20" t="s">
         <v>79</v>
       </c>
       <c r="B65" s="21" t="s">
         <v>78</v>
       </c>
-      <c r="C65" s="139">
+      <c r="C65" s="347">
         <v>98.51</v>
       </c>
-      <c r="D65" s="140"/>
-[...3 lines deleted...]
-      <c r="H65" s="141"/>
+      <c r="D65" s="348"/>
+      <c r="E65" s="348"/>
+      <c r="F65" s="348"/>
+      <c r="G65" s="348"/>
+      <c r="H65" s="349"/>
       <c r="I65" s="76"/>
-      <c r="J65" s="89">
+      <c r="J65" s="297">
         <v>98.51</v>
       </c>
-      <c r="K65" s="92"/>
-[...2 lines deleted...]
-      <c r="N65" s="89">
+      <c r="K65" s="300"/>
+      <c r="L65" s="300"/>
+      <c r="M65" s="301"/>
+      <c r="N65" s="297">
         <v>98.51</v>
       </c>
-      <c r="O65" s="92"/>
-[...2 lines deleted...]
-    <row r="66" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O65" s="300"/>
+      <c r="P65" s="301"/>
+    </row>
+    <row r="66" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A66" s="20" t="s">
         <v>80</v>
       </c>
       <c r="B66" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="C66" s="139">
+      <c r="C66" s="347">
         <v>215.0402</v>
       </c>
-      <c r="D66" s="140"/>
-[...3 lines deleted...]
-      <c r="H66" s="141"/>
+      <c r="D66" s="348"/>
+      <c r="E66" s="348"/>
+      <c r="F66" s="348"/>
+      <c r="G66" s="348"/>
+      <c r="H66" s="349"/>
       <c r="I66" s="76"/>
-      <c r="J66" s="89">
+      <c r="J66" s="297">
         <v>215.0402</v>
       </c>
-      <c r="K66" s="92"/>
-[...2 lines deleted...]
-      <c r="N66" s="89">
+      <c r="K66" s="300"/>
+      <c r="L66" s="300"/>
+      <c r="M66" s="301"/>
+      <c r="N66" s="297">
         <v>215.0402</v>
       </c>
-      <c r="O66" s="92"/>
-[...2 lines deleted...]
-    <row r="67" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O66" s="300"/>
+      <c r="P66" s="301"/>
+    </row>
+    <row r="67" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A67" s="20" t="s">
         <v>81</v>
       </c>
       <c r="B67" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="C67" s="139">
+      <c r="C67" s="347">
         <v>165.39660000000001</v>
       </c>
-      <c r="D67" s="140"/>
-[...3 lines deleted...]
-      <c r="H67" s="141"/>
+      <c r="D67" s="348"/>
+      <c r="E67" s="348"/>
+      <c r="F67" s="348"/>
+      <c r="G67" s="348"/>
+      <c r="H67" s="349"/>
       <c r="I67" s="76"/>
-      <c r="J67" s="89">
+      <c r="J67" s="297">
         <v>165.39660000000001</v>
       </c>
-      <c r="K67" s="92"/>
-[...2 lines deleted...]
-      <c r="N67" s="89">
+      <c r="K67" s="300"/>
+      <c r="L67" s="300"/>
+      <c r="M67" s="301"/>
+      <c r="N67" s="297">
         <v>165.39660000000001</v>
       </c>
-      <c r="O67" s="92"/>
-[...2 lines deleted...]
-    <row r="68" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O67" s="300"/>
+      <c r="P67" s="301"/>
+    </row>
+    <row r="68" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A68" s="20" t="s">
         <v>82</v>
       </c>
       <c r="B68" s="21" t="s">
         <v>83</v>
       </c>
-      <c r="C68" s="139">
+      <c r="C68" s="347">
         <v>772.78869999999995</v>
       </c>
-      <c r="D68" s="140"/>
-[...3 lines deleted...]
-      <c r="H68" s="141"/>
+      <c r="D68" s="348"/>
+      <c r="E68" s="348"/>
+      <c r="F68" s="348"/>
+      <c r="G68" s="348"/>
+      <c r="H68" s="349"/>
       <c r="I68" s="76"/>
-      <c r="J68" s="89">
+      <c r="J68" s="297">
         <v>772.78869999999995</v>
       </c>
-      <c r="K68" s="92"/>
-[...2 lines deleted...]
-      <c r="N68" s="89">
+      <c r="K68" s="300"/>
+      <c r="L68" s="300"/>
+      <c r="M68" s="301"/>
+      <c r="N68" s="297">
         <v>772.78869999999995</v>
       </c>
-      <c r="O68" s="92"/>
-[...2 lines deleted...]
-    <row r="69" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O68" s="300"/>
+      <c r="P68" s="301"/>
+    </row>
+    <row r="69" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A69" s="20" t="s">
         <v>84</v>
       </c>
       <c r="B69" s="21" t="s">
         <v>83</v>
       </c>
-      <c r="C69" s="139">
+      <c r="C69" s="347">
         <v>965.96010000000001</v>
       </c>
-      <c r="D69" s="140"/>
-[...3 lines deleted...]
-      <c r="H69" s="141"/>
+      <c r="D69" s="348"/>
+      <c r="E69" s="348"/>
+      <c r="F69" s="348"/>
+      <c r="G69" s="348"/>
+      <c r="H69" s="349"/>
       <c r="I69" s="76"/>
-      <c r="J69" s="89">
+      <c r="J69" s="297">
         <v>965.96010000000001</v>
       </c>
-      <c r="K69" s="92"/>
-[...2 lines deleted...]
-      <c r="N69" s="89">
+      <c r="K69" s="300"/>
+      <c r="L69" s="300"/>
+      <c r="M69" s="301"/>
+      <c r="N69" s="297">
         <v>965.96010000000001</v>
       </c>
-      <c r="O69" s="92"/>
-[...2 lines deleted...]
-    <row r="70" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O69" s="300"/>
+      <c r="P69" s="301"/>
+    </row>
+    <row r="70" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A70" s="20" t="s">
         <v>85</v>
       </c>
       <c r="B70" s="21" t="s">
         <v>83</v>
       </c>
-      <c r="C70" s="139">
+      <c r="C70" s="347">
         <v>12.0489</v>
       </c>
-      <c r="D70" s="140"/>
-[...3 lines deleted...]
-      <c r="H70" s="141"/>
+      <c r="D70" s="348"/>
+      <c r="E70" s="348"/>
+      <c r="F70" s="348"/>
+      <c r="G70" s="348"/>
+      <c r="H70" s="349"/>
       <c r="I70" s="76"/>
-      <c r="J70" s="89">
+      <c r="J70" s="297">
         <v>12.0489</v>
       </c>
-      <c r="K70" s="92"/>
-[...2 lines deleted...]
-      <c r="N70" s="89">
+      <c r="K70" s="300"/>
+      <c r="L70" s="300"/>
+      <c r="M70" s="301"/>
+      <c r="N70" s="297">
         <v>12.0489</v>
       </c>
-      <c r="O70" s="92"/>
-[...2 lines deleted...]
-    <row r="71" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O70" s="300"/>
+      <c r="P70" s="301"/>
+    </row>
+    <row r="71" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A71" s="20" t="s">
         <v>86</v>
       </c>
       <c r="B71" s="21" t="s">
         <v>83</v>
       </c>
-      <c r="C71" s="139">
+      <c r="C71" s="347">
         <v>29.9527</v>
       </c>
-      <c r="D71" s="140"/>
-[...3 lines deleted...]
-      <c r="H71" s="141"/>
+      <c r="D71" s="348"/>
+      <c r="E71" s="348"/>
+      <c r="F71" s="348"/>
+      <c r="G71" s="348"/>
+      <c r="H71" s="349"/>
       <c r="I71" s="76"/>
-      <c r="J71" s="89">
+      <c r="J71" s="297">
         <v>29.9527</v>
       </c>
-      <c r="K71" s="92"/>
-[...2 lines deleted...]
-      <c r="N71" s="89">
+      <c r="K71" s="300"/>
+      <c r="L71" s="300"/>
+      <c r="M71" s="301"/>
+      <c r="N71" s="297">
         <v>29.9527</v>
       </c>
-      <c r="O71" s="92"/>
-[...2 lines deleted...]
-    <row r="72" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O71" s="300"/>
+      <c r="P71" s="301"/>
+    </row>
+    <row r="72" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A72" s="24" t="s">
         <v>87</v>
       </c>
       <c r="B72" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="C72" s="203" t="s">
+      <c r="C72" s="406" t="s">
         <v>88</v>
       </c>
-      <c r="D72" s="204"/>
-[...3 lines deleted...]
-      <c r="H72" s="205"/>
+      <c r="D72" s="407"/>
+      <c r="E72" s="407"/>
+      <c r="F72" s="407"/>
+      <c r="G72" s="407"/>
+      <c r="H72" s="408"/>
       <c r="I72" s="76"/>
-      <c r="J72" s="84" t="s">
+      <c r="J72" s="292" t="s">
         <v>89</v>
       </c>
-      <c r="K72" s="85"/>
-[...2 lines deleted...]
-      <c r="N72" s="84" t="s">
+      <c r="K72" s="293"/>
+      <c r="L72" s="293"/>
+      <c r="M72" s="82"/>
+      <c r="N72" s="292" t="s">
         <v>89</v>
       </c>
-      <c r="O72" s="85"/>
-[...2 lines deleted...]
-    <row r="73" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O72" s="293"/>
+      <c r="P72" s="294"/>
+    </row>
+    <row r="73" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A73" s="56"/>
       <c r="B73" s="57"/>
       <c r="C73" s="57"/>
       <c r="D73" s="57"/>
       <c r="E73" s="76"/>
       <c r="F73" s="76"/>
       <c r="G73" s="76"/>
       <c r="H73" s="76"/>
       <c r="I73" s="76"/>
       <c r="J73" s="76"/>
     </row>
-    <row r="74" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A74" s="113" t="s">
+    <row r="74" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A74" s="321" t="s">
         <v>90</v>
       </c>
-      <c r="B74" s="114"/>
+      <c r="B74" s="322"/>
       <c r="C74" s="58"/>
       <c r="D74" s="58"/>
-      <c r="E74" s="115"/>
-[...6 lines deleted...]
-    <row r="75" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="E74" s="323"/>
+      <c r="F74" s="323"/>
+      <c r="G74" s="323"/>
+      <c r="H74" s="323"/>
+      <c r="I74" s="323"/>
+      <c r="J74" s="323"/>
+    </row>
+    <row r="75" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A75" s="59"/>
     </row>
-    <row r="76" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="60" t="s">
         <v>91</v>
       </c>
       <c r="B76" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C76" s="16"/>
       <c r="D76" s="16"/>
     </row>
-    <row r="77" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A77" s="61" t="s">
         <v>92</v>
       </c>
       <c r="B77" s="18"/>
-      <c r="C77" s="217"/>
-[...4 lines deleted...]
-      <c r="H77" s="115"/>
+      <c r="C77" s="89"/>
+      <c r="D77" s="90"/>
+      <c r="E77" s="323"/>
+      <c r="F77" s="323"/>
+      <c r="G77" s="323"/>
+      <c r="H77" s="323"/>
       <c r="I77" s="76"/>
-      <c r="J77" s="115"/>
-[...1 lines deleted...]
-      <c r="L77" s="115"/>
+      <c r="J77" s="323"/>
+      <c r="K77" s="323"/>
+      <c r="L77" s="323"/>
       <c r="M77" s="76"/>
-      <c r="N77" s="115"/>
-[...3 lines deleted...]
-    <row r="78" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N77" s="323"/>
+      <c r="O77" s="323"/>
+      <c r="P77" s="323"/>
+    </row>
+    <row r="78" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A78" s="63" t="s">
         <v>93</v>
       </c>
       <c r="B78" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C78" s="219">
+      <c r="C78" s="419">
         <v>28.82</v>
       </c>
-      <c r="D78" s="220"/>
-[...3 lines deleted...]
-      <c r="H78" s="221"/>
+      <c r="D78" s="420"/>
+      <c r="E78" s="420"/>
+      <c r="F78" s="420"/>
+      <c r="G78" s="420"/>
+      <c r="H78" s="421"/>
       <c r="I78" s="64"/>
-      <c r="J78" s="171">
+      <c r="J78" s="375">
         <v>20.6</v>
       </c>
-      <c r="K78" s="222"/>
-      <c r="L78" s="223"/>
+      <c r="K78" s="422"/>
+      <c r="L78" s="423"/>
       <c r="M78" s="65"/>
-      <c r="N78" s="224">
+      <c r="N78" s="424">
         <v>16.78</v>
       </c>
-      <c r="O78" s="225"/>
-[...2 lines deleted...]
-    <row r="79" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O78" s="425"/>
+      <c r="P78" s="426"/>
+    </row>
+    <row r="79" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A79" s="63" t="s">
         <v>94</v>
       </c>
       <c r="B79" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C79" s="227">
+      <c r="C79" s="427">
         <v>29.180000000000003</v>
       </c>
-      <c r="D79" s="228"/>
-[...5 lines deleted...]
-      <c r="J79" s="101">
+      <c r="D79" s="428"/>
+      <c r="E79" s="428"/>
+      <c r="F79" s="428"/>
+      <c r="G79" s="428"/>
+      <c r="H79" s="429"/>
+      <c r="I79" s="80"/>
+      <c r="J79" s="309">
         <v>20.860000000000003</v>
       </c>
-      <c r="K79" s="102"/>
-      <c r="L79" s="103"/>
+      <c r="K79" s="310"/>
+      <c r="L79" s="311"/>
       <c r="M79" s="67"/>
-      <c r="N79" s="104">
+      <c r="N79" s="312">
         <v>17.080000000000002</v>
       </c>
-      <c r="O79" s="105"/>
-[...2 lines deleted...]
-    <row r="80" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O79" s="313"/>
+      <c r="P79" s="314"/>
+    </row>
+    <row r="80" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A80" s="63" t="s">
         <v>95</v>
       </c>
       <c r="B80" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C80" s="227">
+      <c r="C80" s="427">
         <v>29.53</v>
       </c>
-      <c r="D80" s="228"/>
-[...5 lines deleted...]
-      <c r="J80" s="101">
+      <c r="D80" s="428"/>
+      <c r="E80" s="428"/>
+      <c r="F80" s="428"/>
+      <c r="G80" s="428"/>
+      <c r="H80" s="429"/>
+      <c r="I80" s="80"/>
+      <c r="J80" s="309">
         <v>21.12</v>
       </c>
-      <c r="K80" s="102"/>
-      <c r="L80" s="103"/>
+      <c r="K80" s="310"/>
+      <c r="L80" s="311"/>
       <c r="M80" s="67"/>
-      <c r="N80" s="104">
+      <c r="N80" s="312">
         <v>17.380000000000003</v>
       </c>
-      <c r="O80" s="105"/>
-[...2 lines deleted...]
-    <row r="81" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O80" s="313"/>
+      <c r="P80" s="314"/>
+    </row>
+    <row r="81" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A81" s="63" t="s">
         <v>96</v>
       </c>
       <c r="B81" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C81" s="227">
+      <c r="C81" s="427">
         <v>30.25</v>
       </c>
-      <c r="D81" s="228"/>
-[...5 lines deleted...]
-      <c r="J81" s="101">
+      <c r="D81" s="428"/>
+      <c r="E81" s="428"/>
+      <c r="F81" s="428"/>
+      <c r="G81" s="428"/>
+      <c r="H81" s="429"/>
+      <c r="I81" s="80"/>
+      <c r="J81" s="309">
         <v>21.650000000000002</v>
       </c>
-      <c r="K81" s="102"/>
-      <c r="L81" s="103"/>
+      <c r="K81" s="310"/>
+      <c r="L81" s="311"/>
       <c r="M81" s="67"/>
-      <c r="N81" s="104">
+      <c r="N81" s="312">
         <v>17.990000000000002</v>
       </c>
-      <c r="O81" s="105"/>
-[...2 lines deleted...]
-    <row r="82" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O81" s="313"/>
+      <c r="P81" s="314"/>
+    </row>
+    <row r="82" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A82" s="63" t="s">
         <v>97</v>
       </c>
       <c r="B82" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C82" s="227">
+      <c r="C82" s="427">
         <v>30.96</v>
       </c>
-      <c r="D82" s="228"/>
-[...5 lines deleted...]
-      <c r="J82" s="101">
+      <c r="D82" s="428"/>
+      <c r="E82" s="428"/>
+      <c r="F82" s="428"/>
+      <c r="G82" s="428"/>
+      <c r="H82" s="429"/>
+      <c r="I82" s="80"/>
+      <c r="J82" s="309">
         <v>22.17</v>
       </c>
-      <c r="K82" s="102"/>
-      <c r="L82" s="103"/>
+      <c r="K82" s="310"/>
+      <c r="L82" s="311"/>
       <c r="M82" s="67"/>
-      <c r="N82" s="104">
+      <c r="N82" s="312">
         <v>18.59</v>
       </c>
-      <c r="O82" s="105"/>
-[...2 lines deleted...]
-    <row r="83" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O82" s="313"/>
+      <c r="P82" s="314"/>
+    </row>
+    <row r="83" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A83" s="63" t="s">
         <v>98</v>
       </c>
       <c r="B83" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C83" s="227">
+      <c r="C83" s="427">
         <v>31.67</v>
       </c>
-      <c r="D83" s="228"/>
-[...5 lines deleted...]
-      <c r="J83" s="101">
+      <c r="D83" s="428"/>
+      <c r="E83" s="428"/>
+      <c r="F83" s="428"/>
+      <c r="G83" s="428"/>
+      <c r="H83" s="429"/>
+      <c r="I83" s="80"/>
+      <c r="J83" s="309">
         <v>22.69</v>
       </c>
-      <c r="K83" s="102"/>
-      <c r="L83" s="103"/>
+      <c r="K83" s="310"/>
+      <c r="L83" s="311"/>
       <c r="M83" s="67"/>
-      <c r="N83" s="104">
+      <c r="N83" s="312">
         <v>19.200000000000003</v>
       </c>
-      <c r="O83" s="105"/>
-[...2 lines deleted...]
-    <row r="84" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O83" s="313"/>
+      <c r="P83" s="314"/>
+    </row>
+    <row r="84" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A84" s="63" t="s">
         <v>99</v>
       </c>
       <c r="B84" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C84" s="227">
+      <c r="C84" s="427">
         <v>32.379999999999995</v>
       </c>
-      <c r="D84" s="228"/>
-[...5 lines deleted...]
-      <c r="J84" s="101">
+      <c r="D84" s="428"/>
+      <c r="E84" s="428"/>
+      <c r="F84" s="428"/>
+      <c r="G84" s="428"/>
+      <c r="H84" s="429"/>
+      <c r="I84" s="80"/>
+      <c r="J84" s="309">
         <v>23.21</v>
       </c>
-      <c r="K84" s="102"/>
-      <c r="L84" s="103"/>
+      <c r="K84" s="310"/>
+      <c r="L84" s="311"/>
       <c r="M84" s="67"/>
-      <c r="N84" s="104">
+      <c r="N84" s="312">
         <v>19.8</v>
       </c>
-      <c r="O84" s="105"/>
-[...2 lines deleted...]
-    <row r="85" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O84" s="313"/>
+      <c r="P84" s="314"/>
+    </row>
+    <row r="85" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A85" s="63" t="s">
         <v>100</v>
       </c>
       <c r="B85" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C85" s="227">
+      <c r="C85" s="427">
         <v>33.1</v>
       </c>
-      <c r="D85" s="228"/>
-[...5 lines deleted...]
-      <c r="J85" s="101">
+      <c r="D85" s="428"/>
+      <c r="E85" s="428"/>
+      <c r="F85" s="428"/>
+      <c r="G85" s="428"/>
+      <c r="H85" s="429"/>
+      <c r="I85" s="80"/>
+      <c r="J85" s="309">
         <v>23.740000000000002</v>
       </c>
-      <c r="K85" s="102"/>
-      <c r="L85" s="103"/>
+      <c r="K85" s="310"/>
+      <c r="L85" s="311"/>
       <c r="M85" s="67"/>
-      <c r="N85" s="104">
+      <c r="N85" s="312">
         <v>20.41</v>
       </c>
-      <c r="O85" s="105"/>
-[...2 lines deleted...]
-    <row r="86" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O85" s="313"/>
+      <c r="P85" s="314"/>
+    </row>
+    <row r="86" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A86" s="63" t="s">
         <v>101</v>
       </c>
       <c r="B86" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C86" s="227">
+      <c r="C86" s="427">
         <v>33.809999999999995</v>
       </c>
-      <c r="D86" s="228"/>
-[...5 lines deleted...]
-      <c r="J86" s="101">
+      <c r="D86" s="428"/>
+      <c r="E86" s="428"/>
+      <c r="F86" s="428"/>
+      <c r="G86" s="428"/>
+      <c r="H86" s="429"/>
+      <c r="I86" s="80"/>
+      <c r="J86" s="309">
         <v>24.26</v>
       </c>
-      <c r="K86" s="102"/>
-      <c r="L86" s="103"/>
+      <c r="K86" s="310"/>
+      <c r="L86" s="311"/>
       <c r="M86" s="67"/>
-      <c r="N86" s="104">
+      <c r="N86" s="312">
         <v>21.01</v>
       </c>
-      <c r="O86" s="105"/>
-[...2 lines deleted...]
-    <row r="87" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O86" s="313"/>
+      <c r="P86" s="314"/>
+    </row>
+    <row r="87" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A87" s="63" t="s">
         <v>102</v>
       </c>
       <c r="B87" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C87" s="227">
+      <c r="C87" s="427">
         <v>34.519999999999996</v>
       </c>
-      <c r="D87" s="228"/>
-[...5 lines deleted...]
-      <c r="J87" s="101">
+      <c r="D87" s="428"/>
+      <c r="E87" s="428"/>
+      <c r="F87" s="428"/>
+      <c r="G87" s="428"/>
+      <c r="H87" s="429"/>
+      <c r="I87" s="80"/>
+      <c r="J87" s="309">
         <v>24.78</v>
       </c>
-      <c r="K87" s="102"/>
-      <c r="L87" s="103"/>
+      <c r="K87" s="310"/>
+      <c r="L87" s="311"/>
       <c r="M87" s="67"/>
-      <c r="N87" s="104">
+      <c r="N87" s="312">
         <v>21.62</v>
       </c>
-      <c r="O87" s="105"/>
-[...2 lines deleted...]
-    <row r="88" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O87" s="313"/>
+      <c r="P87" s="314"/>
+    </row>
+    <row r="88" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A88" s="63" t="s">
         <v>103</v>
       </c>
       <c r="B88" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="C88" s="227">
+      <c r="C88" s="427">
         <v>35.229999999999997</v>
       </c>
-      <c r="D88" s="228"/>
-[...5 lines deleted...]
-      <c r="J88" s="101">
+      <c r="D88" s="428"/>
+      <c r="E88" s="428"/>
+      <c r="F88" s="428"/>
+      <c r="G88" s="428"/>
+      <c r="H88" s="429"/>
+      <c r="I88" s="80"/>
+      <c r="J88" s="309">
         <v>25.3</v>
       </c>
-      <c r="K88" s="102"/>
-      <c r="L88" s="103"/>
+      <c r="K88" s="310"/>
+      <c r="L88" s="311"/>
       <c r="M88" s="67"/>
-      <c r="N88" s="104">
+      <c r="N88" s="312">
         <v>22.220000000000002</v>
       </c>
-      <c r="O88" s="105"/>
-[...2 lines deleted...]
-    <row r="89" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O88" s="313"/>
+      <c r="P88" s="314"/>
+    </row>
+    <row r="89" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A89" s="68" t="s">
         <v>104</v>
       </c>
       <c r="B89" s="25" t="s">
         <v>33</v>
       </c>
-      <c r="C89" s="230">
+      <c r="C89" s="430">
         <v>35.949999999999996</v>
       </c>
-      <c r="D89" s="231"/>
-[...3 lines deleted...]
-      <c r="H89" s="232"/>
+      <c r="D89" s="431"/>
+      <c r="E89" s="431"/>
+      <c r="F89" s="431"/>
+      <c r="G89" s="431"/>
+      <c r="H89" s="432"/>
       <c r="I89" s="69"/>
-      <c r="J89" s="182">
+      <c r="J89" s="386">
         <v>25.830000000000002</v>
       </c>
-      <c r="K89" s="183"/>
-      <c r="L89" s="233"/>
+      <c r="K89" s="387"/>
+      <c r="L89" s="433"/>
       <c r="M89" s="70"/>
-      <c r="N89" s="234">
+      <c r="N89" s="434">
         <v>22.830000000000002</v>
       </c>
-      <c r="O89" s="235"/>
-[...2 lines deleted...]
-    <row r="90" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O89" s="435"/>
+      <c r="P89" s="436"/>
+    </row>
+    <row r="90" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A90" s="59"/>
     </row>
-    <row r="91" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A91" s="71" t="s">
         <v>105</v>
       </c>
       <c r="B91" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C91" s="16"/>
       <c r="D91" s="16"/>
     </row>
-    <row r="92" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A92" s="61" t="s">
         <v>92</v>
       </c>
       <c r="B92" s="18"/>
       <c r="C92" s="72"/>
       <c r="D92" s="73"/>
-      <c r="E92" s="94"/>
-[...2 lines deleted...]
-      <c r="H92" s="96"/>
+      <c r="E92" s="302"/>
+      <c r="F92" s="303"/>
+      <c r="G92" s="303"/>
+      <c r="H92" s="304"/>
       <c r="I92" s="76"/>
-      <c r="J92" s="97"/>
-[...1 lines deleted...]
-      <c r="L92" s="94"/>
+      <c r="J92" s="305"/>
+      <c r="K92" s="302"/>
+      <c r="L92" s="302"/>
       <c r="M92" s="74"/>
-      <c r="N92" s="97"/>
-[...3 lines deleted...]
-    <row r="93" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="N92" s="305"/>
+      <c r="O92" s="303"/>
+      <c r="P92" s="304"/>
+    </row>
+    <row r="93" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A93" s="63" t="s">
         <v>93</v>
       </c>
       <c r="B93" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C93" s="89">
+      <c r="C93" s="297">
         <v>182.4306</v>
       </c>
-      <c r="D93" s="90"/>
-[...3 lines deleted...]
-      <c r="H93" s="91"/>
+      <c r="D93" s="298"/>
+      <c r="E93" s="298"/>
+      <c r="F93" s="298"/>
+      <c r="G93" s="298"/>
+      <c r="H93" s="299"/>
       <c r="I93" s="76"/>
-      <c r="J93" s="89">
+      <c r="J93" s="297">
         <v>130.39800000000002</v>
       </c>
-      <c r="K93" s="92"/>
-[...2 lines deleted...]
-      <c r="N93" s="89">
+      <c r="K93" s="300"/>
+      <c r="L93" s="300"/>
+      <c r="M93" s="301"/>
+      <c r="N93" s="297">
         <v>106.21740000000001</v>
       </c>
-      <c r="O93" s="92"/>
-[...2 lines deleted...]
-    <row r="94" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O93" s="300"/>
+      <c r="P93" s="301"/>
+    </row>
+    <row r="94" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A94" s="63" t="s">
         <v>94</v>
       </c>
       <c r="B94" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C94" s="89">
+      <c r="C94" s="297">
         <v>184.70940000000002</v>
       </c>
-      <c r="D94" s="90"/>
-[...3 lines deleted...]
-      <c r="H94" s="91"/>
+      <c r="D94" s="298"/>
+      <c r="E94" s="298"/>
+      <c r="F94" s="298"/>
+      <c r="G94" s="298"/>
+      <c r="H94" s="299"/>
       <c r="I94" s="76"/>
-      <c r="J94" s="89">
+      <c r="J94" s="297">
         <v>132.04380000000003</v>
       </c>
-      <c r="K94" s="92"/>
-[...2 lines deleted...]
-      <c r="N94" s="89">
+      <c r="K94" s="300"/>
+      <c r="L94" s="300"/>
+      <c r="M94" s="301"/>
+      <c r="N94" s="297">
         <v>108.11640000000001</v>
       </c>
-      <c r="O94" s="92"/>
-[...2 lines deleted...]
-    <row r="95" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O94" s="300"/>
+      <c r="P94" s="301"/>
+    </row>
+    <row r="95" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A95" s="63" t="s">
         <v>95</v>
       </c>
       <c r="B95" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C95" s="89">
+      <c r="C95" s="297">
         <v>186.92490000000001</v>
       </c>
-      <c r="D95" s="90"/>
-[...3 lines deleted...]
-      <c r="H95" s="91"/>
+      <c r="D95" s="298"/>
+      <c r="E95" s="298"/>
+      <c r="F95" s="298"/>
+      <c r="G95" s="298"/>
+      <c r="H95" s="299"/>
       <c r="I95" s="76"/>
-      <c r="J95" s="89">
+      <c r="J95" s="297">
         <v>133.68960000000001</v>
       </c>
-      <c r="K95" s="92"/>
-[...2 lines deleted...]
-      <c r="N95" s="89">
+      <c r="K95" s="300"/>
+      <c r="L95" s="300"/>
+      <c r="M95" s="301"/>
+      <c r="N95" s="297">
         <v>110.01540000000001</v>
       </c>
-      <c r="O95" s="92"/>
-[...2 lines deleted...]
-    <row r="96" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O95" s="300"/>
+      <c r="P95" s="301"/>
+    </row>
+    <row r="96" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A96" s="63" t="s">
         <v>96</v>
       </c>
       <c r="B96" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C96" s="89">
+      <c r="C96" s="297">
         <v>191.48250000000002</v>
       </c>
-      <c r="D96" s="90"/>
-[...3 lines deleted...]
-      <c r="H96" s="91"/>
+      <c r="D96" s="298"/>
+      <c r="E96" s="298"/>
+      <c r="F96" s="298"/>
+      <c r="G96" s="298"/>
+      <c r="H96" s="299"/>
       <c r="I96" s="76"/>
-      <c r="J96" s="89">
+      <c r="J96" s="297">
         <v>137.04450000000003</v>
       </c>
-      <c r="K96" s="92"/>
-[...2 lines deleted...]
-      <c r="N96" s="89">
+      <c r="K96" s="300"/>
+      <c r="L96" s="300"/>
+      <c r="M96" s="301"/>
+      <c r="N96" s="297">
         <v>113.87670000000001</v>
       </c>
-      <c r="O96" s="92"/>
-[...2 lines deleted...]
-    <row r="97" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O96" s="300"/>
+      <c r="P96" s="301"/>
+    </row>
+    <row r="97" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A97" s="63" t="s">
         <v>97</v>
       </c>
       <c r="B97" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C97" s="89">
+      <c r="C97" s="297">
         <v>195.9768</v>
       </c>
-      <c r="D97" s="90"/>
-[...3 lines deleted...]
-      <c r="H97" s="91"/>
+      <c r="D97" s="298"/>
+      <c r="E97" s="298"/>
+      <c r="F97" s="298"/>
+      <c r="G97" s="298"/>
+      <c r="H97" s="299"/>
       <c r="I97" s="76"/>
-      <c r="J97" s="89">
+      <c r="J97" s="297">
         <v>140.33610000000002</v>
       </c>
-      <c r="K97" s="92"/>
-[...2 lines deleted...]
-      <c r="N97" s="89">
+      <c r="K97" s="300"/>
+      <c r="L97" s="300"/>
+      <c r="M97" s="301"/>
+      <c r="N97" s="297">
         <v>117.6747</v>
       </c>
-      <c r="O97" s="92"/>
-[...2 lines deleted...]
-    <row r="98" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O97" s="300"/>
+      <c r="P97" s="301"/>
+    </row>
+    <row r="98" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A98" s="63" t="s">
         <v>98</v>
       </c>
       <c r="B98" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C98" s="89">
+      <c r="C98" s="297">
         <v>200.47110000000001</v>
       </c>
-      <c r="D98" s="90"/>
-[...3 lines deleted...]
-      <c r="H98" s="91"/>
+      <c r="D98" s="298"/>
+      <c r="E98" s="298"/>
+      <c r="F98" s="298"/>
+      <c r="G98" s="298"/>
+      <c r="H98" s="299"/>
       <c r="I98" s="76"/>
-      <c r="J98" s="89">
+      <c r="J98" s="297">
         <v>143.6277</v>
       </c>
-      <c r="K98" s="92"/>
-[...2 lines deleted...]
-      <c r="N98" s="89">
+      <c r="K98" s="300"/>
+      <c r="L98" s="300"/>
+      <c r="M98" s="301"/>
+      <c r="N98" s="297">
         <v>121.53600000000002</v>
       </c>
-      <c r="O98" s="92"/>
-[...2 lines deleted...]
-    <row r="99" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O98" s="300"/>
+      <c r="P98" s="301"/>
+    </row>
+    <row r="99" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A99" s="63" t="s">
         <v>99</v>
       </c>
       <c r="B99" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C99" s="89">
+      <c r="C99" s="297">
         <v>204.96539999999996</v>
       </c>
-      <c r="D99" s="90"/>
-[...3 lines deleted...]
-      <c r="H99" s="91"/>
+      <c r="D99" s="298"/>
+      <c r="E99" s="298"/>
+      <c r="F99" s="298"/>
+      <c r="G99" s="298"/>
+      <c r="H99" s="299"/>
       <c r="I99" s="76"/>
-      <c r="J99" s="89">
+      <c r="J99" s="297">
         <v>146.91930000000002</v>
       </c>
-      <c r="K99" s="92"/>
-[...2 lines deleted...]
-      <c r="N99" s="89">
+      <c r="K99" s="300"/>
+      <c r="L99" s="300"/>
+      <c r="M99" s="301"/>
+      <c r="N99" s="297">
         <v>125.334</v>
       </c>
-      <c r="O99" s="92"/>
-[...2 lines deleted...]
-    <row r="100" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O99" s="300"/>
+      <c r="P99" s="301"/>
+    </row>
+    <row r="100" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A100" s="63" t="s">
         <v>100</v>
       </c>
       <c r="B100" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C100" s="89">
+      <c r="C100" s="297">
         <v>209.52300000000002</v>
       </c>
-      <c r="D100" s="90"/>
-[...3 lines deleted...]
-      <c r="H100" s="91"/>
+      <c r="D100" s="298"/>
+      <c r="E100" s="298"/>
+      <c r="F100" s="298"/>
+      <c r="G100" s="298"/>
+      <c r="H100" s="299"/>
       <c r="I100" s="76"/>
-      <c r="J100" s="89">
+      <c r="J100" s="297">
         <v>150.27420000000001</v>
       </c>
-      <c r="K100" s="92"/>
-[...2 lines deleted...]
-      <c r="N100" s="89">
+      <c r="K100" s="300"/>
+      <c r="L100" s="300"/>
+      <c r="M100" s="301"/>
+      <c r="N100" s="297">
         <v>129.1953</v>
       </c>
-      <c r="O100" s="92"/>
-[...2 lines deleted...]
-    <row r="101" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O100" s="300"/>
+      <c r="P100" s="301"/>
+    </row>
+    <row r="101" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A101" s="63" t="s">
         <v>101</v>
       </c>
       <c r="B101" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C101" s="89">
+      <c r="C101" s="297">
         <v>214.01729999999998</v>
       </c>
-      <c r="D101" s="90"/>
-[...3 lines deleted...]
-      <c r="H101" s="91"/>
+      <c r="D101" s="298"/>
+      <c r="E101" s="298"/>
+      <c r="F101" s="298"/>
+      <c r="G101" s="298"/>
+      <c r="H101" s="299"/>
       <c r="I101" s="76"/>
-      <c r="J101" s="89">
+      <c r="J101" s="297">
         <v>153.56580000000002</v>
       </c>
-      <c r="K101" s="92"/>
-[...2 lines deleted...]
-      <c r="N101" s="89">
+      <c r="K101" s="300"/>
+      <c r="L101" s="300"/>
+      <c r="M101" s="301"/>
+      <c r="N101" s="297">
         <v>132.9933</v>
       </c>
-      <c r="O101" s="92"/>
-[...2 lines deleted...]
-    <row r="102" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O101" s="300"/>
+      <c r="P101" s="301"/>
+    </row>
+    <row r="102" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A102" s="63" t="s">
         <v>102</v>
       </c>
       <c r="B102" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C102" s="89">
+      <c r="C102" s="297">
         <v>218.51159999999999</v>
       </c>
-      <c r="D102" s="90"/>
-[...3 lines deleted...]
-      <c r="H102" s="91"/>
+      <c r="D102" s="298"/>
+      <c r="E102" s="298"/>
+      <c r="F102" s="298"/>
+      <c r="G102" s="298"/>
+      <c r="H102" s="299"/>
       <c r="I102" s="76"/>
-      <c r="J102" s="89">
+      <c r="J102" s="297">
         <v>156.85740000000001</v>
       </c>
-      <c r="K102" s="92"/>
-[...2 lines deleted...]
-      <c r="N102" s="89">
+      <c r="K102" s="300"/>
+      <c r="L102" s="300"/>
+      <c r="M102" s="301"/>
+      <c r="N102" s="297">
         <v>136.8546</v>
       </c>
-      <c r="O102" s="92"/>
-[...2 lines deleted...]
-    <row r="103" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O102" s="300"/>
+      <c r="P102" s="301"/>
+    </row>
+    <row r="103" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A103" s="63" t="s">
         <v>103</v>
       </c>
       <c r="B103" s="21" t="s">
         <v>51</v>
       </c>
-      <c r="C103" s="89">
+      <c r="C103" s="297">
         <v>223.0059</v>
       </c>
-      <c r="D103" s="90"/>
-[...3 lines deleted...]
-      <c r="H103" s="91"/>
+      <c r="D103" s="298"/>
+      <c r="E103" s="298"/>
+      <c r="F103" s="298"/>
+      <c r="G103" s="298"/>
+      <c r="H103" s="299"/>
       <c r="I103" s="76"/>
-      <c r="J103" s="89">
+      <c r="J103" s="297">
         <v>160.149</v>
       </c>
-      <c r="K103" s="92"/>
-[...2 lines deleted...]
-      <c r="N103" s="89">
+      <c r="K103" s="300"/>
+      <c r="L103" s="300"/>
+      <c r="M103" s="301"/>
+      <c r="N103" s="297">
         <v>140.65260000000001</v>
       </c>
-      <c r="O103" s="92"/>
-[...2 lines deleted...]
-    <row r="104" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O103" s="300"/>
+      <c r="P103" s="301"/>
+    </row>
+    <row r="104" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A104" s="68" t="s">
         <v>106</v>
       </c>
       <c r="B104" s="25" t="s">
         <v>51</v>
       </c>
-      <c r="C104" s="84">
+      <c r="C104" s="292">
         <v>227.56349999999998</v>
       </c>
-      <c r="D104" s="85"/>
-[...5 lines deleted...]
-      <c r="J104" s="84">
+      <c r="D104" s="293"/>
+      <c r="E104" s="293"/>
+      <c r="F104" s="293"/>
+      <c r="G104" s="293"/>
+      <c r="H104" s="294"/>
+      <c r="I104" s="81"/>
+      <c r="J104" s="292">
         <v>163.50390000000002</v>
       </c>
-      <c r="K104" s="87"/>
-[...2 lines deleted...]
-      <c r="N104" s="84">
+      <c r="K104" s="295"/>
+      <c r="L104" s="295"/>
+      <c r="M104" s="296"/>
+      <c r="N104" s="292">
         <v>144.51390000000001</v>
       </c>
-      <c r="O104" s="87"/>
-[...2 lines deleted...]
-    <row r="105" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="O104" s="295"/>
+      <c r="P104" s="296"/>
+    </row>
+    <row r="105" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A105" s="59"/>
     </row>
-    <row r="107" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="107" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
       <c r="I107" s="2"/>
       <c r="J107" s="2"/>
       <c r="K107" s="2"/>
       <c r="L107" s="2"/>
       <c r="M107" s="2"/>
       <c r="N107" s="2"/>
       <c r="O107" s="2"/>
       <c r="P107" s="2"/>
     </row>
-    <row r="108" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="108" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
       <c r="I108" s="2"/>
       <c r="J108" s="2"/>
       <c r="K108" s="2"/>
       <c r="L108" s="2"/>
       <c r="M108" s="2"/>
       <c r="N108" s="2"/>
       <c r="O108" s="2"/>
       <c r="P108" s="2"/>
     </row>
-    <row r="109" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="109" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
       <c r="I109" s="2"/>
       <c r="J109" s="2"/>
       <c r="K109" s="2"/>
       <c r="L109" s="2"/>
       <c r="M109" s="2"/>
       <c r="N109" s="2"/>
       <c r="O109" s="2"/>
       <c r="P109" s="2"/>
     </row>
-    <row r="110" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="110" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
       <c r="I110" s="2"/>
       <c r="J110" s="2"/>
       <c r="K110" s="2"/>
       <c r="L110" s="2"/>
       <c r="M110" s="2"/>
       <c r="N110" s="2"/>
       <c r="O110" s="2"/>
       <c r="P110" s="2"/>
     </row>
-    <row r="111" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="111" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
       <c r="I111" s="2"/>
       <c r="J111" s="2"/>
       <c r="K111" s="2"/>
       <c r="L111" s="2"/>
       <c r="M111" s="2"/>
       <c r="N111" s="2"/>
       <c r="O111" s="2"/>
       <c r="P111" s="2"/>
     </row>
-    <row r="112" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="112" spans="1:16" x14ac:dyDescent="0.3">
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
       <c r="I112" s="2"/>
       <c r="J112" s="2"/>
       <c r="K112" s="2"/>
       <c r="L112" s="2"/>
       <c r="M112" s="2"/>
       <c r="N112" s="2"/>
       <c r="O112" s="2"/>
       <c r="P112" s="2"/>
     </row>
-    <row r="113" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="113" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
       <c r="I113" s="2"/>
       <c r="J113" s="2"/>
       <c r="K113" s="2"/>
       <c r="L113" s="2"/>
       <c r="M113" s="2"/>
       <c r="N113" s="2"/>
       <c r="O113" s="2"/>
       <c r="P113" s="2"/>
     </row>
-    <row r="114" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="114" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
       <c r="I114" s="2"/>
       <c r="J114" s="2"/>
       <c r="K114" s="2"/>
       <c r="L114" s="2"/>
       <c r="M114" s="2"/>
       <c r="N114" s="2"/>
       <c r="O114" s="2"/>
       <c r="P114" s="2"/>
     </row>
-    <row r="115" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="115" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
       <c r="I115" s="2"/>
       <c r="J115" s="2"/>
       <c r="K115" s="2"/>
       <c r="L115" s="2"/>
       <c r="M115" s="2"/>
       <c r="N115" s="2"/>
       <c r="O115" s="2"/>
       <c r="P115" s="2"/>
     </row>
-    <row r="116" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="116" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
       <c r="I116" s="2"/>
       <c r="J116" s="2"/>
       <c r="K116" s="2"/>
       <c r="L116" s="2"/>
       <c r="M116" s="2"/>
       <c r="N116" s="2"/>
       <c r="O116" s="2"/>
       <c r="P116" s="2"/>
     </row>
-    <row r="117" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="117" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
       <c r="I117" s="2"/>
       <c r="J117" s="2"/>
       <c r="K117" s="2"/>
       <c r="L117" s="2"/>
       <c r="M117" s="2"/>
       <c r="N117" s="2"/>
       <c r="O117" s="2"/>
       <c r="P117" s="2"/>
     </row>
-    <row r="118" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="118" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
       <c r="I118" s="2"/>
       <c r="J118" s="2"/>
       <c r="K118" s="2"/>
       <c r="L118" s="2"/>
       <c r="M118" s="2"/>
       <c r="N118" s="2"/>
       <c r="O118" s="2"/>
       <c r="P118" s="2"/>
     </row>
-    <row r="119" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="119" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
       <c r="I119" s="2"/>
       <c r="J119" s="2"/>
       <c r="K119" s="2"/>
       <c r="L119" s="2"/>
       <c r="M119" s="2"/>
       <c r="N119" s="2"/>
       <c r="O119" s="2"/>
       <c r="P119" s="2"/>
     </row>
-    <row r="120" spans="5:16" x14ac:dyDescent="0.35">
+    <row r="120" spans="5:16" x14ac:dyDescent="0.3">
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
       <c r="I120" s="2"/>
       <c r="J120" s="2"/>
       <c r="K120" s="2"/>
       <c r="L120" s="2"/>
       <c r="M120" s="2"/>
       <c r="N120" s="2"/>
       <c r="O120" s="2"/>
       <c r="P120" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="238">
     <mergeCell ref="C103:H103"/>
     <mergeCell ref="J103:M103"/>
     <mergeCell ref="N103:P103"/>
     <mergeCell ref="C104:H104"/>
     <mergeCell ref="J104:M104"/>
     <mergeCell ref="N104:P104"/>
     <mergeCell ref="C101:H101"/>
     <mergeCell ref="J101:M101"/>
     <mergeCell ref="N101:P101"/>
     <mergeCell ref="C102:H102"/>
@@ -14567,4026 +17526,1713 @@
     <mergeCell ref="N32:P32"/>
     <mergeCell ref="E29:H29"/>
     <mergeCell ref="J29:L29"/>
     <mergeCell ref="N29:P29"/>
     <mergeCell ref="E30:H30"/>
     <mergeCell ref="J30:L30"/>
     <mergeCell ref="N30:P30"/>
     <mergeCell ref="E27:H27"/>
     <mergeCell ref="J27:L27"/>
     <mergeCell ref="N27:P27"/>
     <mergeCell ref="E28:H28"/>
     <mergeCell ref="J28:L28"/>
     <mergeCell ref="N28:P28"/>
     <mergeCell ref="C23:H23"/>
     <mergeCell ref="J23:L23"/>
     <mergeCell ref="N23:P23"/>
     <mergeCell ref="C24:H24"/>
     <mergeCell ref="J24:L24"/>
     <mergeCell ref="N24:P24"/>
     <mergeCell ref="C21:H21"/>
     <mergeCell ref="J21:L21"/>
     <mergeCell ref="N21:P21"/>
     <mergeCell ref="C22:H22"/>
     <mergeCell ref="J22:L22"/>
     <mergeCell ref="N22:P22"/>
-    <mergeCell ref="E18:J18"/>
-[...2 lines deleted...]
-    <mergeCell ref="N19:P19"/>
     <mergeCell ref="C20:H20"/>
     <mergeCell ref="J20:L20"/>
     <mergeCell ref="N20:P20"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="E15:J15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="E16:H16"/>
     <mergeCell ref="J16:L16"/>
     <mergeCell ref="N16:P16"/>
     <mergeCell ref="C1:P1"/>
     <mergeCell ref="A3:B5"/>
     <mergeCell ref="C3:D4"/>
     <mergeCell ref="E3:H4"/>
     <mergeCell ref="J3:L4"/>
     <mergeCell ref="N3:P4"/>
+    <mergeCell ref="E18:J18"/>
+    <mergeCell ref="C19:H19"/>
+    <mergeCell ref="J19:L19"/>
+    <mergeCell ref="N19:P19"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.78740157480314965" bottom="0.19685039370078741" header="0" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="56" fitToHeight="2" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="61" max="15" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF78450A-ECD3-462E-A5D6-F28A5ED5581F}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A4:F99"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C21" sqref="C21:H23"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="A6" sqref="A6:F6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="30.77734375" style="237" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="9.33203125" style="237"/>
+    <col min="1" max="1" width="30.7109375" style="91" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="59.140625" style="91" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="100" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.7109375" style="100" customWidth="1"/>
+    <col min="5" max="5" width="20.28515625" style="100" customWidth="1"/>
+    <col min="6" max="6" width="28" style="100" customWidth="1"/>
+    <col min="7" max="16384" width="9.28515625" style="91"/>
   </cols>
   <sheetData>
-    <row r="4" spans="1:6" ht="14.4" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="A6" s="250" t="s">
+    <row r="4" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A4" s="92" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="18" x14ac:dyDescent="0.2">
+      <c r="A6" s="446" t="s">
+        <v>139</v>
+      </c>
+      <c r="B6" s="446"/>
+      <c r="C6" s="446"/>
+      <c r="D6" s="446"/>
+      <c r="E6" s="446"/>
+      <c r="F6" s="446"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A7" s="447"/>
+      <c r="B7" s="447"/>
+      <c r="C7" s="447"/>
+      <c r="D7" s="447"/>
+      <c r="E7" s="447"/>
+      <c r="F7" s="447"/>
+    </row>
+    <row r="8" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A8" s="101" t="s">
+        <v>140</v>
+      </c>
+      <c r="B8" s="101" t="s">
         <v>141</v>
       </c>
-      <c r="B6" s="250"/>
-[...14 lines deleted...]
-      <c r="A8" s="252" t="s">
+      <c r="C8" s="101" t="s">
         <v>142</v>
       </c>
-      <c r="B8" s="252" t="s">
+      <c r="D8" s="102" t="s">
         <v>143</v>
       </c>
-      <c r="C8" s="252" t="s">
+      <c r="E8" s="102" t="s">
         <v>144</v>
       </c>
-      <c r="D8" s="253" t="s">
+      <c r="F8" s="102" t="s">
         <v>145</v>
       </c>
-      <c r="E8" s="253" t="s">
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A9" s="437" t="s">
         <v>146</v>
       </c>
-      <c r="F8" s="253" t="s">
+      <c r="B9" s="103" t="s">
         <v>147</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="254" t="s">
+      <c r="C9" s="440">
+        <v>42659.67</v>
+      </c>
+      <c r="D9" s="443">
+        <v>918.32</v>
+      </c>
+      <c r="E9" s="440">
+        <v>3134.16</v>
+      </c>
+      <c r="F9" s="440">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A10" s="438"/>
+      <c r="B10" s="103" t="s">
         <v>148</v>
       </c>
-      <c r="B9" s="255" t="s">
+      <c r="C10" s="441"/>
+      <c r="D10" s="444"/>
+      <c r="E10" s="441"/>
+      <c r="F10" s="441"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A11" s="438"/>
+      <c r="B11" s="103" t="s">
         <v>149</v>
       </c>
-      <c r="C9" s="256">
-[...2 lines deleted...]
-      <c r="D9" s="257">
+      <c r="C11" s="441"/>
+      <c r="D11" s="444"/>
+      <c r="E11" s="441"/>
+      <c r="F11" s="441"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A12" s="438"/>
+      <c r="B12" s="103" t="s">
+        <v>150</v>
+      </c>
+      <c r="C12" s="441"/>
+      <c r="D12" s="444"/>
+      <c r="E12" s="441"/>
+      <c r="F12" s="441"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A13" s="438"/>
+      <c r="B13" s="103" t="s">
+        <v>151</v>
+      </c>
+      <c r="C13" s="441"/>
+      <c r="D13" s="444"/>
+      <c r="E13" s="441"/>
+      <c r="F13" s="441"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A14" s="438"/>
+      <c r="B14" s="103" t="s">
+        <v>152</v>
+      </c>
+      <c r="C14" s="441"/>
+      <c r="D14" s="444"/>
+      <c r="E14" s="441"/>
+      <c r="F14" s="441"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A15" s="438"/>
+      <c r="B15" s="103" t="s">
+        <v>153</v>
+      </c>
+      <c r="C15" s="441"/>
+      <c r="D15" s="444"/>
+      <c r="E15" s="441"/>
+      <c r="F15" s="441"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A16" s="438"/>
+      <c r="B16" s="103" t="s">
+        <v>154</v>
+      </c>
+      <c r="C16" s="441"/>
+      <c r="D16" s="444"/>
+      <c r="E16" s="441"/>
+      <c r="F16" s="441"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A17" s="438"/>
+      <c r="B17" s="103" t="s">
+        <v>155</v>
+      </c>
+      <c r="C17" s="441"/>
+      <c r="D17" s="444"/>
+      <c r="E17" s="441"/>
+      <c r="F17" s="441"/>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A18" s="438"/>
+      <c r="B18" s="103" t="s">
+        <v>156</v>
+      </c>
+      <c r="C18" s="441"/>
+      <c r="D18" s="444"/>
+      <c r="E18" s="441"/>
+      <c r="F18" s="441"/>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A19" s="438"/>
+      <c r="B19" s="103" t="s">
+        <v>157</v>
+      </c>
+      <c r="C19" s="441"/>
+      <c r="D19" s="444"/>
+      <c r="E19" s="441"/>
+      <c r="F19" s="441"/>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A20" s="439"/>
+      <c r="B20" s="103" t="s">
+        <v>158</v>
+      </c>
+      <c r="C20" s="442"/>
+      <c r="D20" s="445"/>
+      <c r="E20" s="442"/>
+      <c r="F20" s="442"/>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A21" s="437" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" s="103" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" s="440">
+        <v>41277.43</v>
+      </c>
+      <c r="D21" s="443">
         <v>918.32</v>
       </c>
-      <c r="E9" s="256">
-[...117 lines deleted...]
-      <c r="A21" s="254" t="s">
+      <c r="E21" s="440">
+        <v>2089.6799999999998</v>
+      </c>
+      <c r="F21" s="440">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A22" s="438"/>
+      <c r="B22" s="103" t="s">
         <v>161</v>
       </c>
-      <c r="B21" s="255" t="s">
+      <c r="C22" s="441"/>
+      <c r="D22" s="444"/>
+      <c r="E22" s="441"/>
+      <c r="F22" s="441"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A23" s="439"/>
+      <c r="B23" s="103" t="s">
         <v>162</v>
       </c>
-      <c r="C21" s="256">
-[...14 lines deleted...]
-      <c r="B22" s="255" t="s">
+      <c r="C23" s="442"/>
+      <c r="D23" s="445"/>
+      <c r="E23" s="442"/>
+      <c r="F23" s="442"/>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A24" s="437" t="s">
         <v>163</v>
       </c>
-      <c r="C22" s="259"/>
-[...6 lines deleted...]
-      <c r="B23" s="255" t="s">
+      <c r="B24" s="103" t="s">
         <v>164</v>
       </c>
-      <c r="C23" s="262"/>
-[...5 lines deleted...]
-      <c r="A24" s="254" t="s">
+      <c r="C24" s="440">
+        <v>36879.410000000003</v>
+      </c>
+      <c r="D24" s="443">
+        <v>838.9</v>
+      </c>
+      <c r="E24" s="104">
+        <v>3978.48</v>
+      </c>
+      <c r="F24" s="440">
+        <v>2035.31</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A25" s="438"/>
+      <c r="B25" s="103" t="s">
         <v>165</v>
       </c>
-      <c r="B24" s="255" t="s">
+      <c r="C25" s="441"/>
+      <c r="D25" s="444"/>
+      <c r="E25" s="104">
+        <v>2135.64</v>
+      </c>
+      <c r="F25" s="441"/>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A26" s="438"/>
+      <c r="B26" s="103" t="s">
         <v>166</v>
       </c>
-      <c r="C24" s="256">
-[...2 lines deleted...]
-      <c r="D24" s="257">
+      <c r="C26" s="441"/>
+      <c r="D26" s="444"/>
+      <c r="E26" s="104">
+        <v>1955.52</v>
+      </c>
+      <c r="F26" s="441"/>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A27" s="438"/>
+      <c r="B27" s="103" t="s">
+        <v>167</v>
+      </c>
+      <c r="C27" s="441"/>
+      <c r="D27" s="444"/>
+      <c r="E27" s="104">
+        <v>1955.52</v>
+      </c>
+      <c r="F27" s="441"/>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A28" s="438"/>
+      <c r="B28" s="103" t="s">
+        <v>168</v>
+      </c>
+      <c r="C28" s="441"/>
+      <c r="D28" s="444"/>
+      <c r="E28" s="104">
+        <v>1955.52</v>
+      </c>
+      <c r="F28" s="441"/>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A29" s="438"/>
+      <c r="B29" s="103" t="s">
+        <v>169</v>
+      </c>
+      <c r="C29" s="441"/>
+      <c r="D29" s="444"/>
+      <c r="E29" s="104">
+        <v>1955.52</v>
+      </c>
+      <c r="F29" s="441"/>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A30" s="439"/>
+      <c r="B30" s="103" t="s">
+        <v>170</v>
+      </c>
+      <c r="C30" s="442"/>
+      <c r="D30" s="445"/>
+      <c r="E30" s="104">
+        <v>1842.84</v>
+      </c>
+      <c r="F30" s="442"/>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A31" s="448" t="s">
+        <v>171</v>
+      </c>
+      <c r="B31" s="103" t="s">
+        <v>172</v>
+      </c>
+      <c r="C31" s="451">
+        <v>35122.959999999999</v>
+      </c>
+      <c r="D31" s="454">
         <v>838.9</v>
       </c>
-      <c r="E24" s="264">
+      <c r="E31" s="104">
+        <v>2654.4</v>
+      </c>
+      <c r="F31" s="105">
+        <v>2656.66</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A32" s="449"/>
+      <c r="B32" s="103" t="s">
+        <v>173</v>
+      </c>
+      <c r="C32" s="452"/>
+      <c r="D32" s="455"/>
+      <c r="E32" s="104">
+        <v>1955.52</v>
+      </c>
+      <c r="F32" s="440">
+        <v>2035.31</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A33" s="449"/>
+      <c r="B33" s="103" t="s">
+        <v>174</v>
+      </c>
+      <c r="C33" s="452"/>
+      <c r="D33" s="455"/>
+      <c r="E33" s="104">
         <v>3978.48</v>
       </c>
-      <c r="F24" s="256">
-[...10 lines deleted...]
-      <c r="E25" s="264">
+      <c r="F33" s="441"/>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A34" s="450"/>
+      <c r="B34" s="103" t="s">
+        <v>175</v>
+      </c>
+      <c r="C34" s="453"/>
+      <c r="D34" s="456"/>
+      <c r="E34" s="104">
+        <v>1333.56</v>
+      </c>
+      <c r="F34" s="442"/>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A35" s="437" t="s">
+        <v>176</v>
+      </c>
+      <c r="B35" s="103" t="s">
+        <v>177</v>
+      </c>
+      <c r="C35" s="440">
+        <v>33367.449999999997</v>
+      </c>
+      <c r="D35" s="443">
+        <v>838.9</v>
+      </c>
+      <c r="E35" s="104">
+        <v>1842.84</v>
+      </c>
+      <c r="F35" s="440">
+        <v>1628.25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A36" s="438"/>
+      <c r="B36" s="103" t="s">
+        <v>178</v>
+      </c>
+      <c r="C36" s="441"/>
+      <c r="D36" s="444"/>
+      <c r="E36" s="104">
+        <v>1842.84</v>
+      </c>
+      <c r="F36" s="441"/>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A37" s="438"/>
+      <c r="B37" s="103" t="s">
+        <v>179</v>
+      </c>
+      <c r="C37" s="441"/>
+      <c r="D37" s="444"/>
+      <c r="E37" s="104">
+        <v>1842.84</v>
+      </c>
+      <c r="F37" s="441"/>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A38" s="438"/>
+      <c r="B38" s="103" t="s">
+        <v>180</v>
+      </c>
+      <c r="C38" s="441"/>
+      <c r="D38" s="444"/>
+      <c r="E38" s="104">
+        <v>3978.48</v>
+      </c>
+      <c r="F38" s="441"/>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A39" s="438"/>
+      <c r="B39" s="103" t="s">
+        <v>181</v>
+      </c>
+      <c r="C39" s="441"/>
+      <c r="D39" s="444"/>
+      <c r="E39" s="104">
+        <v>1333.56</v>
+      </c>
+      <c r="F39" s="441"/>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A40" s="438"/>
+      <c r="B40" s="103" t="s">
+        <v>182</v>
+      </c>
+      <c r="C40" s="441"/>
+      <c r="D40" s="444"/>
+      <c r="E40" s="104">
+        <v>1955.52</v>
+      </c>
+      <c r="F40" s="441"/>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A41" s="438"/>
+      <c r="B41" s="103" t="s">
+        <v>183</v>
+      </c>
+      <c r="C41" s="441"/>
+      <c r="D41" s="444"/>
+      <c r="E41" s="104">
+        <v>1955.52</v>
+      </c>
+      <c r="F41" s="441"/>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A42" s="438"/>
+      <c r="B42" s="103" t="s">
+        <v>184</v>
+      </c>
+      <c r="C42" s="441"/>
+      <c r="D42" s="444"/>
+      <c r="E42" s="104">
+        <v>1955.52</v>
+      </c>
+      <c r="F42" s="441"/>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A43" s="438"/>
+      <c r="B43" s="103" t="s">
+        <v>185</v>
+      </c>
+      <c r="C43" s="441"/>
+      <c r="D43" s="444"/>
+      <c r="E43" s="104">
+        <v>1955.52</v>
+      </c>
+      <c r="F43" s="441"/>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A44" s="438"/>
+      <c r="B44" s="103" t="s">
+        <v>186</v>
+      </c>
+      <c r="C44" s="441"/>
+      <c r="D44" s="444"/>
+      <c r="E44" s="104">
+        <v>1955.52</v>
+      </c>
+      <c r="F44" s="441"/>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A45" s="438"/>
+      <c r="B45" s="103" t="s">
+        <v>187</v>
+      </c>
+      <c r="C45" s="441"/>
+      <c r="D45" s="444"/>
+      <c r="E45" s="104">
+        <v>1955.52</v>
+      </c>
+      <c r="F45" s="441"/>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A46" s="438"/>
+      <c r="B46" s="103" t="s">
+        <v>188</v>
+      </c>
+      <c r="C46" s="441"/>
+      <c r="D46" s="444"/>
+      <c r="E46" s="104">
+        <v>1333.56</v>
+      </c>
+      <c r="F46" s="441"/>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A47" s="438"/>
+      <c r="B47" s="103" t="s">
+        <v>189</v>
+      </c>
+      <c r="C47" s="441"/>
+      <c r="D47" s="444"/>
+      <c r="E47" s="104">
+        <v>1955.52</v>
+      </c>
+      <c r="F47" s="441"/>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A48" s="439"/>
+      <c r="B48" s="103" t="s">
+        <v>190</v>
+      </c>
+      <c r="C48" s="442"/>
+      <c r="D48" s="445"/>
+      <c r="E48" s="104">
+        <v>1955.52</v>
+      </c>
+      <c r="F48" s="442"/>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A49" s="437" t="s">
+        <v>191</v>
+      </c>
+      <c r="B49" s="103" t="s">
+        <v>192</v>
+      </c>
+      <c r="C49" s="440">
+        <v>31611.11</v>
+      </c>
+      <c r="D49" s="443">
+        <v>838.9</v>
+      </c>
+      <c r="E49" s="104">
         <v>2135.64</v>
       </c>
-      <c r="F25" s="259"/>
-[...8 lines deleted...]
-      <c r="E26" s="264">
+      <c r="F49" s="440">
+        <v>1628.25</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A50" s="438"/>
+      <c r="B50" s="103" t="s">
+        <v>193</v>
+      </c>
+      <c r="C50" s="441"/>
+      <c r="D50" s="444"/>
+      <c r="E50" s="104">
+        <v>1333.56</v>
+      </c>
+      <c r="F50" s="441"/>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A51" s="438"/>
+      <c r="B51" s="103" t="s">
+        <v>194</v>
+      </c>
+      <c r="C51" s="441"/>
+      <c r="D51" s="444"/>
+      <c r="E51" s="104">
+        <v>2135.64</v>
+      </c>
+      <c r="F51" s="441"/>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A52" s="438"/>
+      <c r="B52" s="103" t="s">
+        <v>195</v>
+      </c>
+      <c r="C52" s="441"/>
+      <c r="D52" s="444"/>
+      <c r="E52" s="104">
+        <v>1333.56</v>
+      </c>
+      <c r="F52" s="441"/>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A53" s="438"/>
+      <c r="B53" s="103" t="s">
+        <v>196</v>
+      </c>
+      <c r="C53" s="441"/>
+      <c r="D53" s="444"/>
+      <c r="E53" s="104">
         <v>1955.52</v>
       </c>
-      <c r="F26" s="259"/>
-[...8 lines deleted...]
-      <c r="E27" s="264">
+      <c r="F53" s="441"/>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A54" s="438"/>
+      <c r="B54" s="103" t="s">
+        <v>197</v>
+      </c>
+      <c r="C54" s="441"/>
+      <c r="D54" s="444"/>
+      <c r="E54" s="104">
+        <v>1333.56</v>
+      </c>
+      <c r="F54" s="441"/>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A55" s="438"/>
+      <c r="B55" s="103" t="s">
+        <v>198</v>
+      </c>
+      <c r="C55" s="441"/>
+      <c r="D55" s="444"/>
+      <c r="E55" s="104">
         <v>1955.52</v>
       </c>
-      <c r="F27" s="259"/>
-[...8 lines deleted...]
-      <c r="E28" s="264">
+      <c r="F55" s="441"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A56" s="438"/>
+      <c r="B56" s="103" t="s">
+        <v>199</v>
+      </c>
+      <c r="C56" s="441"/>
+      <c r="D56" s="444"/>
+      <c r="E56" s="104">
+        <v>1333.56</v>
+      </c>
+      <c r="F56" s="441"/>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A57" s="438"/>
+      <c r="B57" s="103" t="s">
+        <v>200</v>
+      </c>
+      <c r="C57" s="441"/>
+      <c r="D57" s="444"/>
+      <c r="E57" s="104">
+        <v>1842.84</v>
+      </c>
+      <c r="F57" s="441"/>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A58" s="438"/>
+      <c r="B58" s="103" t="s">
+        <v>201</v>
+      </c>
+      <c r="C58" s="441"/>
+      <c r="D58" s="444"/>
+      <c r="E58" s="104">
         <v>1955.52</v>
       </c>
-      <c r="F28" s="259"/>
-[...20 lines deleted...]
-      <c r="E30" s="264">
+      <c r="F58" s="441"/>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A59" s="438"/>
+      <c r="B59" s="103" t="s">
+        <v>202</v>
+      </c>
+      <c r="C59" s="441"/>
+      <c r="D59" s="444"/>
+      <c r="E59" s="104">
+        <v>2135.64</v>
+      </c>
+      <c r="F59" s="441"/>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A60" s="439"/>
+      <c r="B60" s="103" t="s">
+        <v>203</v>
+      </c>
+      <c r="C60" s="442"/>
+      <c r="D60" s="445"/>
+      <c r="E60" s="104">
+        <v>1333.56</v>
+      </c>
+      <c r="F60" s="442"/>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A61" s="437" t="s">
+        <v>204</v>
+      </c>
+      <c r="B61" s="103" t="s">
+        <v>205</v>
+      </c>
+      <c r="C61" s="440">
+        <v>29846.29</v>
+      </c>
+      <c r="D61" s="443">
+        <v>821.77</v>
+      </c>
+      <c r="E61" s="104">
+        <v>1111.44</v>
+      </c>
+      <c r="F61" s="457"/>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A62" s="438"/>
+      <c r="B62" s="103" t="s">
+        <v>206</v>
+      </c>
+      <c r="C62" s="441"/>
+      <c r="D62" s="444"/>
+      <c r="E62" s="104">
+        <v>1111.44</v>
+      </c>
+      <c r="F62" s="458"/>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A63" s="438"/>
+      <c r="B63" s="103" t="s">
+        <v>207</v>
+      </c>
+      <c r="C63" s="441"/>
+      <c r="D63" s="444"/>
+      <c r="E63" s="104">
+        <v>1111.44</v>
+      </c>
+      <c r="F63" s="458"/>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A64" s="438"/>
+      <c r="B64" s="103" t="s">
+        <v>208</v>
+      </c>
+      <c r="C64" s="441"/>
+      <c r="D64" s="444"/>
+      <c r="E64" s="104">
+        <v>1111.44</v>
+      </c>
+      <c r="F64" s="458"/>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A65" s="438"/>
+      <c r="B65" s="103" t="s">
+        <v>209</v>
+      </c>
+      <c r="C65" s="441"/>
+      <c r="D65" s="444"/>
+      <c r="E65" s="104">
+        <v>1111.44</v>
+      </c>
+      <c r="F65" s="458"/>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A66" s="438"/>
+      <c r="B66" s="103" t="s">
+        <v>210</v>
+      </c>
+      <c r="C66" s="441"/>
+      <c r="D66" s="444"/>
+      <c r="E66" s="104">
+        <v>2596.6799999999998</v>
+      </c>
+      <c r="F66" s="458"/>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A67" s="438"/>
+      <c r="B67" s="103" t="s">
+        <v>211</v>
+      </c>
+      <c r="C67" s="441"/>
+      <c r="D67" s="444"/>
+      <c r="E67" s="104">
+        <v>2269.3200000000002</v>
+      </c>
+      <c r="F67" s="458"/>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A68" s="438"/>
+      <c r="B68" s="103" t="s">
+        <v>212</v>
+      </c>
+      <c r="C68" s="441"/>
+      <c r="D68" s="444"/>
+      <c r="E68" s="104">
+        <v>2596.6799999999998</v>
+      </c>
+      <c r="F68" s="458"/>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A69" s="438"/>
+      <c r="B69" s="103" t="s">
+        <v>213</v>
+      </c>
+      <c r="C69" s="441"/>
+      <c r="D69" s="444"/>
+      <c r="E69" s="104">
+        <v>2596.6799999999998</v>
+      </c>
+      <c r="F69" s="458"/>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A70" s="438"/>
+      <c r="B70" s="103" t="s">
+        <v>214</v>
+      </c>
+      <c r="C70" s="441"/>
+      <c r="D70" s="444"/>
+      <c r="E70" s="104">
+        <v>2596.6799999999998</v>
+      </c>
+      <c r="F70" s="458"/>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A71" s="438"/>
+      <c r="B71" s="103" t="s">
+        <v>215</v>
+      </c>
+      <c r="C71" s="441"/>
+      <c r="D71" s="444"/>
+      <c r="E71" s="104">
+        <v>2596.6799999999998</v>
+      </c>
+      <c r="F71" s="458"/>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A72" s="438"/>
+      <c r="B72" s="103" t="s">
+        <v>216</v>
+      </c>
+      <c r="C72" s="441"/>
+      <c r="D72" s="444"/>
+      <c r="E72" s="104">
+        <v>2596.6799999999998</v>
+      </c>
+      <c r="F72" s="458"/>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A73" s="438"/>
+      <c r="B73" s="103" t="s">
+        <v>217</v>
+      </c>
+      <c r="C73" s="441"/>
+      <c r="D73" s="444"/>
+      <c r="E73" s="104">
+        <v>2596.6799999999998</v>
+      </c>
+      <c r="F73" s="458"/>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A74" s="438"/>
+      <c r="B74" s="103" t="s">
+        <v>218</v>
+      </c>
+      <c r="C74" s="441"/>
+      <c r="D74" s="444"/>
+      <c r="E74" s="104">
+        <v>2596.6799999999998</v>
+      </c>
+      <c r="F74" s="458"/>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A75" s="438"/>
+      <c r="B75" s="103" t="s">
+        <v>219</v>
+      </c>
+      <c r="C75" s="441"/>
+      <c r="D75" s="444"/>
+      <c r="E75" s="104">
         <v>1842.84</v>
       </c>
-      <c r="F30" s="262"/>
-[...72 lines deleted...]
-      <c r="E35" s="264">
+      <c r="F75" s="458"/>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A76" s="438"/>
+      <c r="B76" s="103" t="s">
+        <v>220</v>
+      </c>
+      <c r="C76" s="441"/>
+      <c r="D76" s="444"/>
+      <c r="E76" s="104">
+        <v>2596.6799999999998</v>
+      </c>
+      <c r="F76" s="458"/>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A77" s="438"/>
+      <c r="B77" s="103" t="s">
+        <v>221</v>
+      </c>
+      <c r="C77" s="441"/>
+      <c r="D77" s="444"/>
+      <c r="E77" s="104">
+        <v>1111.44</v>
+      </c>
+      <c r="F77" s="458"/>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A78" s="438"/>
+      <c r="B78" s="103" t="s">
+        <v>222</v>
+      </c>
+      <c r="C78" s="441"/>
+      <c r="D78" s="444"/>
+      <c r="E78" s="104">
         <v>1842.84</v>
       </c>
-      <c r="F35" s="256">
-[...10 lines deleted...]
-      <c r="E36" s="264">
+      <c r="F78" s="458"/>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A79" s="438"/>
+      <c r="B79" s="103" t="s">
+        <v>223</v>
+      </c>
+      <c r="C79" s="441"/>
+      <c r="D79" s="444"/>
+      <c r="E79" s="104">
         <v>1842.84</v>
       </c>
-      <c r="F36" s="259"/>
-[...307 lines deleted...]
-      <c r="D61" s="257">
+      <c r="F79" s="458"/>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A80" s="439"/>
+      <c r="B80" s="103" t="s">
+        <v>224</v>
+      </c>
+      <c r="C80" s="442"/>
+      <c r="D80" s="445"/>
+      <c r="E80" s="104">
+        <v>2596.6799999999998</v>
+      </c>
+      <c r="F80" s="459"/>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A81" s="106" t="s">
+        <v>225</v>
+      </c>
+      <c r="B81" s="103" t="s">
+        <v>226</v>
+      </c>
+      <c r="C81" s="104">
+        <v>28482.09</v>
+      </c>
+      <c r="D81" s="107">
         <v>821.77</v>
       </c>
-      <c r="E61" s="264">
+      <c r="E81" s="104">
         <v>1111.44</v>
       </c>
-      <c r="F61" s="275"/>
-[...8 lines deleted...]
-      <c r="E62" s="264">
+      <c r="F81" s="108"/>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A82" s="109"/>
+      <c r="B82" s="103" t="s">
+        <v>227</v>
+      </c>
+      <c r="C82" s="110"/>
+      <c r="D82" s="110"/>
+      <c r="E82" s="110"/>
+      <c r="F82" s="110"/>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A83" s="437" t="s">
+        <v>228</v>
+      </c>
+      <c r="B83" s="103" t="s">
+        <v>229</v>
+      </c>
+      <c r="C83" s="440">
+        <v>27118</v>
+      </c>
+      <c r="D83" s="443">
+        <v>821.77</v>
+      </c>
+      <c r="E83" s="440">
         <v>1111.44</v>
       </c>
-      <c r="F62" s="276"/>
-[...246 lines deleted...]
-      <c r="A83" s="254" t="s">
+      <c r="F83" s="457"/>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A84" s="438"/>
+      <c r="B84" s="103" t="s">
         <v>230</v>
       </c>
-      <c r="B83" s="255" t="s">
+      <c r="C84" s="441"/>
+      <c r="D84" s="444"/>
+      <c r="E84" s="441"/>
+      <c r="F84" s="458"/>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A85" s="438"/>
+      <c r="B85" s="103" t="s">
         <v>231</v>
       </c>
-      <c r="C83" s="256">
-[...12 lines deleted...]
-      <c r="B84" s="255" t="s">
+      <c r="C85" s="441"/>
+      <c r="D85" s="444"/>
+      <c r="E85" s="441"/>
+      <c r="F85" s="458"/>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A86" s="438"/>
+      <c r="B86" s="103" t="s">
         <v>232</v>
       </c>
-      <c r="C84" s="259"/>
-[...6 lines deleted...]
-      <c r="B85" s="255" t="s">
+      <c r="C86" s="441"/>
+      <c r="D86" s="444"/>
+      <c r="E86" s="441"/>
+      <c r="F86" s="458"/>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A87" s="439"/>
+      <c r="B87" s="103" t="s">
         <v>233</v>
       </c>
-      <c r="C85" s="259"/>
-[...6 lines deleted...]
-      <c r="B86" s="255" t="s">
+      <c r="C87" s="442"/>
+      <c r="D87" s="445"/>
+      <c r="E87" s="442"/>
+      <c r="F87" s="459"/>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A88" s="437" t="s">
         <v>234</v>
       </c>
-      <c r="C86" s="259"/>
-[...6 lines deleted...]
-      <c r="B87" s="255" t="s">
+      <c r="B88" s="103" t="s">
         <v>235</v>
       </c>
-      <c r="C87" s="262"/>
-[...5 lines deleted...]
-      <c r="A88" s="254" t="s">
+      <c r="C88" s="440">
+        <v>25730.080000000002</v>
+      </c>
+      <c r="D88" s="443">
+        <v>774.67</v>
+      </c>
+      <c r="E88" s="443">
+        <v>444.96</v>
+      </c>
+      <c r="F88" s="457"/>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A89" s="438"/>
+      <c r="B89" s="103" t="s">
         <v>236</v>
       </c>
-      <c r="B88" s="255" t="s">
+      <c r="C89" s="441"/>
+      <c r="D89" s="444"/>
+      <c r="E89" s="444"/>
+      <c r="F89" s="458"/>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A90" s="439"/>
+      <c r="B90" s="103" t="s">
         <v>237</v>
       </c>
-      <c r="C88" s="256">
-[...2 lines deleted...]
-      <c r="D88" s="257">
+      <c r="C90" s="442"/>
+      <c r="D90" s="445"/>
+      <c r="E90" s="445"/>
+      <c r="F90" s="459"/>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A91" s="448" t="s">
+        <v>238</v>
+      </c>
+      <c r="B91" s="103" t="s">
+        <v>239</v>
+      </c>
+      <c r="C91" s="451">
+        <v>24365.99</v>
+      </c>
+      <c r="D91" s="454">
         <v>774.67</v>
       </c>
-      <c r="E88" s="257">
+      <c r="E91" s="454">
         <v>444.96</v>
       </c>
-      <c r="F88" s="275"/>
-[...22 lines deleted...]
-      <c r="A91" s="265" t="s">
+      <c r="F91" s="461"/>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A92" s="450"/>
+      <c r="B92" s="103" t="s">
         <v>240</v>
       </c>
-      <c r="B91" s="255" t="s">
+      <c r="C92" s="453"/>
+      <c r="D92" s="456"/>
+      <c r="E92" s="456"/>
+      <c r="F92" s="462"/>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A93" s="437" t="s">
         <v>241</v>
       </c>
-      <c r="C91" s="266">
-[...2 lines deleted...]
-      <c r="D91" s="267">
+      <c r="B93" s="103" t="s">
+        <v>242</v>
+      </c>
+      <c r="C93" s="440">
+        <v>23001.360000000001</v>
+      </c>
+      <c r="D93" s="443">
         <v>774.67</v>
       </c>
-      <c r="E91" s="267">
+      <c r="E93" s="443">
         <v>444.96</v>
       </c>
-      <c r="F91" s="283"/>
-[...12 lines deleted...]
-      <c r="A93" s="254" t="s">
+      <c r="F93" s="457"/>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A94" s="438"/>
+      <c r="B94" s="103" t="s">
         <v>243</v>
       </c>
-      <c r="B93" s="255" t="s">
+      <c r="C94" s="441"/>
+      <c r="D94" s="444"/>
+      <c r="E94" s="444"/>
+      <c r="F94" s="458"/>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A95" s="438"/>
+      <c r="B95" s="103" t="s">
         <v>244</v>
       </c>
-      <c r="C93" s="256">
-[...12 lines deleted...]
-      <c r="B94" s="255" t="s">
+      <c r="C95" s="441"/>
+      <c r="D95" s="444"/>
+      <c r="E95" s="444"/>
+      <c r="F95" s="458"/>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A96" s="438"/>
+      <c r="B96" s="103" t="s">
         <v>245</v>
       </c>
-      <c r="C94" s="259"/>
-[...6 lines deleted...]
-      <c r="B95" s="255" t="s">
+      <c r="C96" s="441"/>
+      <c r="D96" s="444"/>
+      <c r="E96" s="444"/>
+      <c r="F96" s="458"/>
+    </row>
+    <row r="97" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A97" s="439"/>
+      <c r="B97" s="103" t="s">
         <v>246</v>
       </c>
-      <c r="C95" s="259"/>
-[...6 lines deleted...]
-      <c r="B96" s="255" t="s">
+      <c r="C97" s="442"/>
+      <c r="D97" s="445"/>
+      <c r="E97" s="445"/>
+      <c r="F97" s="459"/>
+    </row>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A98" s="111"/>
+      <c r="B98" s="112"/>
+      <c r="C98" s="113"/>
+      <c r="D98" s="114"/>
+      <c r="E98" s="114"/>
+      <c r="F98" s="115"/>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A99" s="460" t="s">
         <v>247</v>
       </c>
-      <c r="C96" s="259"/>
-[...30 lines deleted...]
-      <c r="F99" s="290"/>
+      <c r="B99" s="460"/>
+      <c r="C99" s="460"/>
+      <c r="D99" s="460"/>
+      <c r="E99" s="460"/>
+      <c r="F99" s="460"/>
     </row>
   </sheetData>
   <mergeCells count="53">
     <mergeCell ref="A99:F99"/>
     <mergeCell ref="A91:A92"/>
     <mergeCell ref="C91:C92"/>
     <mergeCell ref="D91:D92"/>
     <mergeCell ref="E91:E92"/>
     <mergeCell ref="F91:F92"/>
     <mergeCell ref="A93:A97"/>
     <mergeCell ref="C93:C97"/>
     <mergeCell ref="D93:D97"/>
     <mergeCell ref="E93:E97"/>
     <mergeCell ref="F93:F97"/>
     <mergeCell ref="A83:A87"/>
     <mergeCell ref="C83:C87"/>
     <mergeCell ref="D83:D87"/>
     <mergeCell ref="E83:E87"/>
     <mergeCell ref="F83:F87"/>
     <mergeCell ref="A88:A90"/>
     <mergeCell ref="C88:C90"/>
     <mergeCell ref="D88:D90"/>
     <mergeCell ref="E88:E90"/>
     <mergeCell ref="F88:F90"/>
     <mergeCell ref="A49:A60"/>
     <mergeCell ref="C49:C60"/>
     <mergeCell ref="D49:D60"/>
     <mergeCell ref="F49:F60"/>
     <mergeCell ref="A61:A80"/>
     <mergeCell ref="C61:C80"/>
     <mergeCell ref="D61:D80"/>
     <mergeCell ref="F61:F80"/>
     <mergeCell ref="A31:A34"/>
     <mergeCell ref="C31:C34"/>
     <mergeCell ref="D31:D34"/>
     <mergeCell ref="F32:F34"/>
     <mergeCell ref="A35:A48"/>
     <mergeCell ref="C35:C48"/>
     <mergeCell ref="D35:D48"/>
     <mergeCell ref="F35:F48"/>
-    <mergeCell ref="A21:A23"/>
-[...3 lines deleted...]
-    <mergeCell ref="F21:F23"/>
     <mergeCell ref="A24:A30"/>
     <mergeCell ref="C24:C30"/>
     <mergeCell ref="D24:D30"/>
     <mergeCell ref="F24:F30"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="A7:F7"/>
     <mergeCell ref="A9:A20"/>
     <mergeCell ref="C9:C20"/>
     <mergeCell ref="D9:D20"/>
     <mergeCell ref="E9:E20"/>
     <mergeCell ref="F9:F20"/>
+    <mergeCell ref="A21:A23"/>
+    <mergeCell ref="C21:C23"/>
+    <mergeCell ref="D21:D23"/>
+    <mergeCell ref="E21:E23"/>
+    <mergeCell ref="F21:F23"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="49" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1F75882C-06CD-4A47-B1CF-C332C6B3E846}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F24"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="65.33203125" style="237" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="9.33203125" style="237"/>
+    <col min="1" max="1" width="65.28515625" style="91" customWidth="1"/>
+    <col min="2" max="2" width="36.42578125" style="91" customWidth="1"/>
+    <col min="3" max="3" width="11.140625" style="116" customWidth="1"/>
+    <col min="4" max="4" width="11.42578125" style="116" customWidth="1"/>
+    <col min="5" max="5" width="11.28515625" style="116" customWidth="1"/>
+    <col min="6" max="6" width="11.140625" style="116" customWidth="1"/>
+    <col min="7" max="16384" width="9.28515625" style="91"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="23.1" customHeight="1" x14ac:dyDescent="0.25"/>
-[...2 lines deleted...]
-      <c r="A3" s="238" t="s">
+    <row r="1" spans="1:6" ht="23.1" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:6" ht="23.1" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:6" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="92" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="92"/>
+    </row>
+    <row r="5" spans="1:6" s="93" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="463" t="s">
+        <v>110</v>
+      </c>
+      <c r="B5" s="463"/>
+      <c r="C5" s="463"/>
+      <c r="D5" s="463"/>
+      <c r="E5" s="463"/>
+      <c r="F5" s="463"/>
+    </row>
+    <row r="6" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="94" t="s">
         <v>111</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="A5" s="239" t="s">
+      <c r="B6" s="94" t="s">
         <v>112</v>
       </c>
-      <c r="B5" s="239"/>
-[...6 lines deleted...]
-      <c r="A6" s="241" t="s">
+      <c r="C6" s="117" t="s">
         <v>113</v>
       </c>
-      <c r="B6" s="241" t="s">
+      <c r="D6" s="117" t="s">
         <v>114</v>
       </c>
-      <c r="C6" s="292" t="s">
+      <c r="E6" s="117" t="s">
         <v>115</v>
       </c>
-      <c r="D6" s="292" t="s">
+      <c r="F6" s="117" t="s">
         <v>116</v>
       </c>
-      <c r="E6" s="292" t="s">
+    </row>
+    <row r="7" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="95" t="s">
         <v>117</v>
       </c>
-      <c r="F6" s="292" t="s">
+      <c r="B7" s="464"/>
+      <c r="C7" s="465"/>
+      <c r="D7" s="465"/>
+      <c r="E7" s="465"/>
+      <c r="F7" s="465"/>
+    </row>
+    <row r="8" spans="1:6" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="96" t="s">
         <v>118</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="242" t="s">
+      <c r="B8" s="97" t="s">
         <v>119</v>
       </c>
-      <c r="B7" s="243"/>
-[...6 lines deleted...]
-      <c r="A8" s="245" t="s">
+      <c r="C8" s="118"/>
+      <c r="D8" s="119">
+        <v>1.9</v>
+      </c>
+      <c r="E8" s="119">
+        <v>1.87</v>
+      </c>
+      <c r="F8" s="119">
+        <v>1.74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="96" t="s">
         <v>120</v>
       </c>
-      <c r="B8" s="246" t="s">
+      <c r="B9" s="97" t="s">
+        <v>119</v>
+      </c>
+      <c r="C9" s="118"/>
+      <c r="D9" s="119">
+        <v>2.04</v>
+      </c>
+      <c r="E9" s="119">
+        <v>2.02</v>
+      </c>
+      <c r="F9" s="119">
+        <v>1.91</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="96" t="s">
         <v>121</v>
       </c>
-      <c r="C8" s="293"/>
-[...11 lines deleted...]
-      <c r="A9" s="245" t="s">
+      <c r="B10" s="97" t="s">
+        <v>119</v>
+      </c>
+      <c r="C10" s="118"/>
+      <c r="D10" s="119">
+        <v>2.2400000000000002</v>
+      </c>
+      <c r="E10" s="119">
+        <v>2.19</v>
+      </c>
+      <c r="F10" s="119">
+        <v>2.04</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="96" t="s">
         <v>122</v>
       </c>
-      <c r="B9" s="246" t="s">
-[...14 lines deleted...]
-      <c r="A10" s="245" t="s">
+      <c r="B11" s="97" t="s">
+        <v>119</v>
+      </c>
+      <c r="C11" s="118"/>
+      <c r="D11" s="119">
+        <v>2.37</v>
+      </c>
+      <c r="E11" s="119">
+        <v>2.34</v>
+      </c>
+      <c r="F11" s="119">
+        <v>2.23</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="96" t="s">
         <v>123</v>
       </c>
-      <c r="B10" s="246" t="s">
-[...14 lines deleted...]
-      <c r="A11" s="245" t="s">
+      <c r="B12" s="97" t="s">
+        <v>119</v>
+      </c>
+      <c r="C12" s="118"/>
+      <c r="D12" s="119">
+        <v>2.54</v>
+      </c>
+      <c r="E12" s="119">
+        <v>2.52</v>
+      </c>
+      <c r="F12" s="119">
+        <v>2.35</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="96" t="s">
         <v>124</v>
       </c>
-      <c r="B11" s="246" t="s">
-[...14 lines deleted...]
-      <c r="A12" s="245" t="s">
+      <c r="B13" s="97" t="s">
         <v>125</v>
       </c>
-      <c r="B12" s="246" t="s">
-[...14 lines deleted...]
-      <c r="A13" s="245" t="s">
+      <c r="C13" s="119">
+        <v>91.14</v>
+      </c>
+      <c r="D13" s="119">
+        <v>91.14</v>
+      </c>
+      <c r="E13" s="119">
+        <v>91.14</v>
+      </c>
+      <c r="F13" s="119">
+        <v>91.14</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="98" t="s">
         <v>126</v>
       </c>
-      <c r="B13" s="246" t="s">
+      <c r="B14" s="464"/>
+      <c r="C14" s="465"/>
+      <c r="D14" s="465"/>
+      <c r="E14" s="465"/>
+      <c r="F14" s="465"/>
+    </row>
+    <row r="15" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="99" t="s">
         <v>127</v>
       </c>
-      <c r="C13" s="294">
-[...13 lines deleted...]
-      <c r="A14" s="247" t="s">
+      <c r="B15" s="97" t="s">
         <v>128</v>
       </c>
-      <c r="B14" s="243"/>
-[...6 lines deleted...]
-      <c r="A15" s="248" t="s">
+      <c r="C15" s="118"/>
+      <c r="D15" s="119">
+        <v>474.38</v>
+      </c>
+      <c r="E15" s="119">
+        <v>474.38</v>
+      </c>
+      <c r="F15" s="118"/>
+    </row>
+    <row r="16" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="96" t="s">
         <v>129</v>
       </c>
-      <c r="B15" s="246" t="s">
+      <c r="B16" s="97" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" s="118"/>
+      <c r="D16" s="118"/>
+      <c r="E16" s="119">
+        <v>172.83</v>
+      </c>
+      <c r="F16" s="118"/>
+    </row>
+    <row r="17" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="96" t="s">
         <v>130</v>
       </c>
-      <c r="C15" s="293"/>
-[...9 lines deleted...]
-      <c r="A16" s="245" t="s">
+      <c r="B17" s="97" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" s="118"/>
+      <c r="D17" s="118"/>
+      <c r="E17" s="119">
+        <v>7.92</v>
+      </c>
+      <c r="F17" s="118"/>
+    </row>
+    <row r="18" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="96" t="s">
         <v>131</v>
       </c>
-      <c r="B16" s="246" t="s">
-[...10 lines deleted...]
-      <c r="A17" s="245" t="s">
+      <c r="B18" s="97" t="s">
+        <v>119</v>
+      </c>
+      <c r="C18" s="118"/>
+      <c r="D18" s="118"/>
+      <c r="E18" s="119">
+        <v>10.92</v>
+      </c>
+      <c r="F18" s="118"/>
+    </row>
+    <row r="19" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="96" t="s">
         <v>132</v>
       </c>
-      <c r="B17" s="246" t="s">
-[...10 lines deleted...]
-      <c r="A18" s="245" t="s">
+      <c r="B19" s="97" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" s="118"/>
+      <c r="D19" s="118"/>
+      <c r="E19" s="119">
+        <v>10.92</v>
+      </c>
+      <c r="F19" s="118"/>
+    </row>
+    <row r="20" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="96" t="s">
         <v>133</v>
       </c>
-      <c r="B18" s="246" t="s">
-[...10 lines deleted...]
-      <c r="A19" s="245" t="s">
+      <c r="B20" s="97" t="s">
         <v>134</v>
       </c>
-      <c r="B19" s="246" t="s">
-[...10 lines deleted...]
-      <c r="A20" s="245" t="s">
+      <c r="C20" s="118"/>
+      <c r="D20" s="118"/>
+      <c r="E20" s="119">
+        <v>0.66</v>
+      </c>
+      <c r="F20" s="118"/>
+    </row>
+    <row r="21" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="96" t="s">
         <v>135</v>
       </c>
-      <c r="B20" s="246" t="s">
+      <c r="B21" s="97" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" s="118"/>
+      <c r="D21" s="118"/>
+      <c r="E21" s="119">
+        <v>0.6</v>
+      </c>
+      <c r="F21" s="118"/>
+    </row>
+    <row r="22" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="96" t="s">
         <v>136</v>
       </c>
-      <c r="C20" s="293"/>
-[...7 lines deleted...]
-      <c r="A21" s="245" t="s">
+      <c r="B22" s="97" t="s">
+        <v>134</v>
+      </c>
+      <c r="C22" s="118"/>
+      <c r="D22" s="119">
+        <v>41.62</v>
+      </c>
+      <c r="E22" s="119">
+        <v>41.62</v>
+      </c>
+      <c r="F22" s="118"/>
+    </row>
+    <row r="23" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="96" t="s">
         <v>137</v>
       </c>
-      <c r="B21" s="246" t="s">
-[...10 lines deleted...]
-      <c r="A22" s="245" t="s">
+      <c r="B23" s="97" t="s">
+        <v>134</v>
+      </c>
+      <c r="C23" s="118"/>
+      <c r="D23" s="119">
+        <v>129.13</v>
+      </c>
+      <c r="E23" s="119">
+        <v>129.13</v>
+      </c>
+      <c r="F23" s="118"/>
+    </row>
+    <row r="24" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="96" t="s">
         <v>138</v>
       </c>
-      <c r="B22" s="246" t="s">
-[...36 lines deleted...]
-      <c r="E24" s="294">
+      <c r="B24" s="97" t="s">
+        <v>134</v>
+      </c>
+      <c r="C24" s="118"/>
+      <c r="D24" s="118"/>
+      <c r="E24" s="119">
         <v>120.38</v>
       </c>
-      <c r="F24" s="293"/>
+      <c r="F24" s="118"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B14:F14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="99" fitToHeight="0" orientation="landscape" r:id="rId1"/>
-  <drawing r:id="rId2"/>
-[...2310 lines deleted...]
-  <pageSetup paperSize="9" scale="93" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="16" baseType="lpstr">
+    <vt:vector size="15" baseType="lpstr">
+      <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>Altres conceptes 2021</vt:lpstr>
-      <vt:lpstr>2019-2020</vt:lpstr>
-      <vt:lpstr>Altres conceptes 2019-2020</vt:lpstr>
       <vt:lpstr>'2022'!Área_de_impresión</vt:lpstr>
       <vt:lpstr>'2023'!Área_de_impresión</vt:lpstr>
       <vt:lpstr>'2024'!Área_de_impresión</vt:lpstr>
-      <vt:lpstr>'Altres conceptes 2019-2020'!Área_de_impresión</vt:lpstr>
-      <vt:lpstr>'2019-2020'!Títulos_a_imprimir</vt:lpstr>
+      <vt:lpstr>'2025'!Área_de_impresión</vt:lpstr>
       <vt:lpstr>'2021'!Títulos_a_imprimir</vt:lpstr>
       <vt:lpstr>'2022'!Títulos_a_imprimir</vt:lpstr>
       <vt:lpstr>'2023'!Títulos_a_imprimir</vt:lpstr>
       <vt:lpstr>'2024'!Títulos_a_imprimir</vt:lpstr>
+      <vt:lpstr>'2025'!Títulos_a_imprimir</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>TMB</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Alvarez Valladares, Carlos</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>