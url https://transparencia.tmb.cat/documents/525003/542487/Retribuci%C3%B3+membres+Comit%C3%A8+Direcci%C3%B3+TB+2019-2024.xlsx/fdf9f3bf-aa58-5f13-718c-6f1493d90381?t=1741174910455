--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -16,56 +16,56 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\03. Transparencia\01. Portal de Transparencia\09. Estat Portal Transparència\02. Estructura organitzativa i empleats\4. Sistema Retributiu\2.Dades salarials\TB\Comitè Direcció TB\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://tmbbcn-my.sharepoint.com/personal/calvarezv_tmb_cat/Documents/Desktop/Grupo PSM/TB/Nomina/2025/Octubre 2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{350A1F2C-A6E6-4C7D-9306-F001641ED1CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="7" documentId="8_{43C31DF5-D8A3-43D4-B933-82A0BB357B19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F8485EF2-52BF-4E1B-B6B3-F308F69F26A9}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2024" sheetId="1" r:id="rId1"/>
     <sheet name="2023" sheetId="4" r:id="rId2"/>
     <sheet name="2022" sheetId="5" r:id="rId3"/>
     <sheet name="2021" sheetId="6" r:id="rId4"/>
     <sheet name="2020" sheetId="7" r:id="rId5"/>
     <sheet name="2019" sheetId="8" r:id="rId6"/>
     <sheet name="Beneficis socials" sheetId="3" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'2022'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="5">'2019'!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'2020'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
@@ -159,53 +159,50 @@
       <t>: No s'han considerat guàrdies</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> -</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>SALARI FIX 2024</t>
   </si>
   <si>
     <t>VARIABLE 2024 (*)</t>
   </si>
   <si>
     <t>RETRIBUCIÓ 2024 MEMBRES COMITÈ DE DIRECCIÓ DE TMB_ EMPRESA TB</t>
   </si>
   <si>
     <t>Data d'actualització:</t>
   </si>
   <si>
     <t>DIR. ÀREA B.GOVERN-A.J.-APROV.-CONT.PÙBL</t>
   </si>
   <si>
-    <t>març 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Data d'actualització: març de 2024</t>
   </si>
   <si>
     <t>RETRIBUCIÓ 2023 MEMBRES COMITÈ DE DIRECCIÓ DE TMB_ EMPRESA TB</t>
   </si>
   <si>
     <t xml:space="preserve">SALARI FIX 2023 </t>
   </si>
   <si>
     <t>VARIABLE 2023 (*)</t>
   </si>
   <si>
     <t>Director/a Administració i Finances</t>
   </si>
   <si>
     <t>Director/a  Bon Govern-Ass.Jur.- Aprov.- Cont. Pública</t>
   </si>
   <si>
     <t xml:space="preserve">Director/a Operativa de Bus </t>
   </si>
   <si>
     <t>Director/a Persones Xarxa Bus</t>
   </si>
   <si>
     <t>Director/a  Gestió i Control Corporatiu</t>
@@ -480,50 +477,53 @@
   </si>
   <si>
     <t>SALARI FIX 2019</t>
   </si>
   <si>
     <t>VARIABLE 2019 (*)</t>
   </si>
   <si>
     <t>BENEFICIS SOCIALS
 (Quadre adjunt)</t>
   </si>
   <si>
     <t>Assessor/a Àrea Control Gestió- Pressupostos i Aud. Interna</t>
   </si>
   <si>
     <t xml:space="preserve">Director/a de Negoci Internacional </t>
   </si>
   <si>
     <t xml:space="preserve">Director/a Executiva Econòmicofinancera </t>
   </si>
   <si>
     <t>Assessor/a Adjunt a la Direcció Xarxa Bus</t>
   </si>
   <si>
     <t>Director Executiu de Màrqueting</t>
+  </si>
+  <si>
+    <t>novembre 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="8" formatCode="#,##0.00\ &quot;€&quot;;[Red]\-#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="165" formatCode="0.00_ ;\-0.00\ "/>
     <numFmt numFmtId="166" formatCode="#,##0.00_ ;\-#,##0.00\ "/>
   </numFmts>
   <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -667,51 +667,51 @@
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF1F487C"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color rgb="FF1F487C"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
-      <charset val="204"/>
+      <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
@@ -786,51 +786,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top style="medium">
         <color theme="1"/>
       </top>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="105">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
@@ -870,56 +870,50 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="13" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="13" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="13" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="13" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="12" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
@@ -954,163 +948,173 @@
     </xf>
     <xf numFmtId="164" fontId="16" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="8" fontId="17" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="3" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="27" fillId="4" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="4" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="4" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="2" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="18" fillId="2" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="3" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="3" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="3" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="3" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="1" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="1" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="166" fontId="1" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="3" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="12" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="4" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2 2" xfId="3" xr:uid="{8C2A43E3-B51E-4D27-A7DB-094A0B3B7A2F}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3 2" xfId="4" xr:uid="{BFB336B6-FF95-454E-8694-96F269818F11}"/>
     <cellStyle name="Normal 4" xfId="5" xr:uid="{53A33BF4-3292-4DB0-9C42-4D3891D03454}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
@@ -1862,1624 +1866,1626 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G32"/>
+  <dimension ref="A1:I32"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E2" sqref="E2"/>
+      <selection activeCell="I22" sqref="I22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="49.33203125" style="16" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="49.28515625" style="16" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" style="24" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="21" style="24" customWidth="1"/>
-    <col min="4" max="4" width="18.88671875" style="17" customWidth="1"/>
-    <col min="5" max="6" width="11.44140625" style="16"/>
+    <col min="4" max="4" width="18.85546875" style="17" customWidth="1"/>
+    <col min="5" max="6" width="11.42578125" style="16"/>
     <col min="7" max="7" width="64" style="16" customWidth="1"/>
-    <col min="8" max="16384" width="11.44140625" style="16"/>
+    <col min="8" max="16384" width="11.42578125" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="13" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:9" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="B1" s="15"/>
       <c r="C1" s="15"/>
       <c r="D1" s="32" t="s">
         <v>20</v>
       </c>
       <c r="E1" s="13" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B2" s="15"/>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
     </row>
-    <row r="3" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:9" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B3" s="15"/>
       <c r="C3" s="15"/>
       <c r="D3" s="15"/>
     </row>
-    <row r="4" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:9" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B4" s="15"/>
       <c r="C4" s="15"/>
       <c r="D4" s="15"/>
     </row>
-    <row r="5" spans="1:7" s="13" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:9" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="15"/>
       <c r="C5" s="15"/>
       <c r="D5" s="15"/>
     </row>
-    <row r="6" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:9" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B6" s="15"/>
       <c r="C6" s="15"/>
       <c r="D6" s="15"/>
     </row>
-    <row r="7" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:9" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B7" s="15"/>
       <c r="C7" s="15"/>
       <c r="D7" s="15"/>
     </row>
-    <row r="8" spans="1:7" s="13" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:9" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="15"/>
       <c r="C8" s="15"/>
       <c r="D8" s="15"/>
     </row>
-    <row r="9" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:9" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15"/>
       <c r="C9" s="15"/>
       <c r="D9" s="15"/>
-    </row>
-    <row r="10" spans="1:7" s="25" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="I9" s="105"/>
+    </row>
+    <row r="10" spans="1:9" s="25" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>18</v>
       </c>
       <c r="D10" s="12" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="13"/>
-    </row>
-    <row r="11" spans="1:7" s="26" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="I10" s="106"/>
+    </row>
+    <row r="11" spans="1:9" s="26" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="9"/>
       <c r="B11" s="21"/>
       <c r="C11" s="22" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="10"/>
       <c r="E11" s="30"/>
       <c r="F11" s="30"/>
       <c r="G11" s="30"/>
     </row>
-    <row r="12" spans="1:7" s="30" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:9" s="30" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B12" s="28">
-        <v>66300</v>
+        <v>66624.960000000006</v>
       </c>
       <c r="C12" s="28">
         <v>10000</v>
       </c>
       <c r="D12" s="29" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="13" spans="1:7" s="30" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:9" s="30" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="27" t="s">
         <v>2</v>
       </c>
       <c r="B13" s="28">
-        <v>111999.28</v>
+        <v>112548.40000000001</v>
       </c>
       <c r="C13" s="28">
         <v>10000</v>
       </c>
       <c r="D13" s="31">
         <v>1</v>
       </c>
     </row>
-    <row r="14" spans="1:7" s="30" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:9" s="30" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="27" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="28">
-        <v>116913.60000000001</v>
+        <v>117486.72</v>
       </c>
       <c r="C14" s="28">
         <v>10000</v>
       </c>
       <c r="D14" s="31">
         <v>1</v>
       </c>
     </row>
-    <row r="15" spans="1:7" s="30" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:9" s="30" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="27" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="28">
-        <v>112542.96</v>
+        <v>98820.64</v>
       </c>
       <c r="C15" s="28">
         <v>10000</v>
       </c>
       <c r="D15" s="31" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="16" spans="1:7" s="30" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:9" s="30" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="27" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="28">
-        <v>112542.96</v>
+        <v>113094.64000000001</v>
       </c>
       <c r="C16" s="28">
         <v>10000</v>
       </c>
       <c r="D16" s="31">
         <v>1</v>
       </c>
     </row>
-    <row r="17" spans="1:7" s="30" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:7" s="30" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="28">
-        <v>121273.28</v>
+        <v>121867.68</v>
       </c>
       <c r="C17" s="28">
         <v>15000</v>
       </c>
       <c r="D17" s="31">
         <v>1</v>
       </c>
     </row>
-    <row r="18" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:7" ht="15" x14ac:dyDescent="0.2">
       <c r="E18" s="30"/>
       <c r="F18" s="30"/>
       <c r="G18" s="30"/>
     </row>
-    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B19" s="23"/>
     </row>
-    <row r="20" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:7" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="21" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:7" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="18" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="33" t="s">
+    <row r="23" spans="1:7" s="18" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B23" s="34"/>
-[...5 lines deleted...]
-    <row r="24" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="96"/>
+      <c r="C23" s="96"/>
+      <c r="D23" s="96"/>
+      <c r="E23" s="96"/>
+      <c r="F23" s="96"/>
+    </row>
+    <row r="24" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B24" s="15"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
     </row>
-    <row r="25" spans="1:7" s="13" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:7" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="14"/>
       <c r="B25" s="15"/>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
     </row>
-    <row r="29" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A29" s="19"/>
     </row>
-    <row r="30" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A30" s="19"/>
     </row>
-    <row r="31" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A31" s="20"/>
     </row>
-    <row r="32" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A32" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A23:F23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="70" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DB18325-25BC-4D84-9A0D-E5AC977AF11D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G36"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D32" sqref="D32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="49.33203125" style="42" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="49.28515625" style="40" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" style="15" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="21" style="15" customWidth="1"/>
-    <col min="4" max="4" width="18.88671875" style="44" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="16384" width="11.44140625" style="42"/>
+    <col min="4" max="4" width="18.85546875" style="42" customWidth="1"/>
+    <col min="5" max="6" width="11.42578125" style="40"/>
+    <col min="7" max="7" width="64" style="40" customWidth="1"/>
+    <col min="8" max="16384" width="11.42578125" style="40"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="13" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:7" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="B1" s="15"/>
       <c r="C1" s="15"/>
       <c r="D1" s="32" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B2" s="15"/>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
     </row>
-    <row r="3" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B3" s="15"/>
       <c r="C3" s="15"/>
       <c r="D3" s="15"/>
     </row>
-    <row r="4" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B4" s="15"/>
       <c r="C4" s="15"/>
       <c r="D4" s="15"/>
     </row>
-    <row r="5" spans="1:7" s="13" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:7" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="15"/>
       <c r="C5" s="15"/>
       <c r="D5" s="15"/>
     </row>
-    <row r="6" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B6" s="15"/>
       <c r="C6" s="15"/>
       <c r="D6" s="15"/>
     </row>
-    <row r="7" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B7" s="15"/>
       <c r="C7" s="15"/>
       <c r="D7" s="15"/>
     </row>
-    <row r="8" spans="1:7" s="13" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:7" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B8" s="15"/>
       <c r="C8" s="15"/>
       <c r="D8" s="15"/>
     </row>
-    <row r="9" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15"/>
       <c r="C9" s="15"/>
       <c r="D9" s="15"/>
     </row>
-    <row r="10" spans="1:7" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:7" s="33" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="12" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D10" s="12" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="13"/>
     </row>
-    <row r="11" spans="1:7" s="36" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:7" s="34" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="9"/>
       <c r="B11" s="21"/>
       <c r="C11" s="22" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="10"/>
       <c r="G11" s="13"/>
     </row>
-    <row r="12" spans="1:7" s="40" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A12" s="37" t="s">
+    <row r="12" spans="1:7" s="38" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="35" t="s">
         <v>0</v>
       </c>
-      <c r="B12" s="38">
+      <c r="B12" s="36">
         <v>69238.080000000002</v>
       </c>
-      <c r="C12" s="38">
+      <c r="C12" s="36">
         <v>10000</v>
       </c>
-      <c r="D12" s="39" t="s">
+      <c r="D12" s="37" t="s">
         <v>1</v>
       </c>
       <c r="G12" s="13"/>
     </row>
-    <row r="13" spans="1:7" s="40" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A13" s="37" t="s">
+    <row r="13" spans="1:7" s="38" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" s="36">
+        <v>124200</v>
+      </c>
+      <c r="C13" s="36" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="39">
+        <v>1</v>
+      </c>
+      <c r="G13" s="13"/>
+    </row>
+    <row r="14" spans="1:7" s="38" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="35" t="s">
+        <v>2</v>
+      </c>
+      <c r="B14" s="36">
+        <v>125671.05</v>
+      </c>
+      <c r="C14" s="36">
+        <v>10000</v>
+      </c>
+      <c r="D14" s="39">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="38" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="35" t="s">
+        <v>3</v>
+      </c>
+      <c r="B15" s="36">
+        <v>93150.080000000002</v>
+      </c>
+      <c r="C15" s="36">
+        <v>10000</v>
+      </c>
+      <c r="D15" s="39" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="38" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="35" t="s">
         <v>27</v>
       </c>
-      <c r="B13" s="38">
-[...11 lines deleted...]
-      <c r="A14" s="37" t="s">
+      <c r="B16" s="36">
+        <v>110744.96000000001</v>
+      </c>
+      <c r="C16" s="36">
+        <v>10000</v>
+      </c>
+      <c r="D16" s="39">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" s="38" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="35" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="36">
+        <v>106605.04</v>
+      </c>
+      <c r="C17" s="36">
+        <v>10000</v>
+      </c>
+      <c r="D17" s="39">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" s="38" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="35" t="s">
+        <v>28</v>
+      </c>
+      <c r="B18" s="36">
+        <v>87074.44</v>
+      </c>
+      <c r="C18" s="36">
+        <v>10000</v>
+      </c>
+      <c r="D18" s="39">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" s="38" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="35" t="s">
+        <v>29</v>
+      </c>
+      <c r="B19" s="36">
+        <v>71146.23</v>
+      </c>
+      <c r="C19" s="36">
+        <v>7000</v>
+      </c>
+      <c r="D19" s="39">
         <v>2</v>
       </c>
-      <c r="B14" s="38">
-[...2 lines deleted...]
-      <c r="C14" s="38">
+    </row>
+    <row r="20" spans="1:6" s="38" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="B20" s="36">
+        <v>106604.96</v>
+      </c>
+      <c r="C20" s="36">
         <v>10000</v>
       </c>
-      <c r="D14" s="41">
-[...88 lines deleted...]
-      <c r="A21" s="37" t="s">
+      <c r="D20" s="39">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" s="38" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="35" t="s">
         <v>5</v>
       </c>
-      <c r="B21" s="38">
+      <c r="B21" s="36">
         <v>114874.72</v>
       </c>
-      <c r="C21" s="38">
+      <c r="C21" s="36">
         <v>15000</v>
       </c>
-      <c r="D21" s="41">
-[...7 lines deleted...]
-      <c r="A24" s="45" t="s">
+      <c r="D21" s="39">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="B23" s="41"/>
+    </row>
+    <row r="24" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="43" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="25" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A25" s="45" t="s">
+    <row r="25" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="43" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="27" spans="1:6" s="18" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="33" t="s">
+    <row r="27" spans="1:6" s="18" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B27" s="34"/>
-[...5 lines deleted...]
-    <row r="28" spans="1:6" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="96"/>
+      <c r="C27" s="96"/>
+      <c r="D27" s="96"/>
+      <c r="E27" s="96"/>
+      <c r="F27" s="96"/>
+    </row>
+    <row r="28" spans="1:6" s="13" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B28" s="15"/>
       <c r="C28" s="15"/>
       <c r="D28" s="15"/>
     </row>
-    <row r="29" spans="1:6" s="13" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:6" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="14" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B29" s="15"/>
       <c r="C29" s="15"/>
       <c r="D29" s="15"/>
     </row>
-    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A33" s="19"/>
     </row>
-    <row r="34" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A34" s="19"/>
     </row>
-    <row r="35" spans="1:1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="A36" s="46"/>
+    <row r="35" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A35" s="44"/>
+    </row>
+    <row r="36" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A36" s="44"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A27:F27"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="70" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9BED4072-C1A8-499F-8FE3-C1B1E72D4FE8}">
   <dimension ref="A2:G28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A19" sqref="A19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="53.5546875" style="47" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="16384" width="11.44140625" style="47"/>
+    <col min="1" max="1" width="53.5703125" style="45" customWidth="1"/>
+    <col min="2" max="4" width="20.7109375" style="46" customWidth="1"/>
+    <col min="5" max="5" width="3.42578125" style="45" customWidth="1"/>
+    <col min="6" max="6" width="18.5703125" style="45" hidden="1" customWidth="1"/>
+    <col min="7" max="16384" width="11.42578125" style="45"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="A4" s="47" t="s">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="C2" s="47" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" s="45" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" s="48" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A7" s="50" t="s">
+    <row r="9" spans="1:6" s="46" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A9" s="49" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="50" t="s">
         <v>34</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B9" s="52" t="s">
+      <c r="C9" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="C9" s="52" t="s">
+      <c r="D9" s="51" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="D9" s="53" t="s">
-[...2 lines deleted...]
-      <c r="F9" s="54" t="s">
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="D10" s="53"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="54" t="s">
         <v>37</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="A11" s="56" t="s">
+      <c r="B11" s="55">
+        <v>66896.639999999999</v>
+      </c>
+      <c r="C11" s="55">
+        <v>10000</v>
+      </c>
+      <c r="D11" s="56" t="s">
+        <v>1</v>
+      </c>
+      <c r="F11" s="57"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="54" t="s">
         <v>38</v>
       </c>
-      <c r="B11" s="57">
-[...2 lines deleted...]
-      <c r="C11" s="57">
+      <c r="B12" s="55">
+        <v>107000</v>
+      </c>
+      <c r="C12" s="55">
         <v>10000</v>
       </c>
-      <c r="D11" s="58" t="s">
-[...5 lines deleted...]
-      <c r="A12" s="56" t="s">
+      <c r="D12" s="58">
+        <v>1</v>
+      </c>
+      <c r="F12" s="57"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="54" t="s">
         <v>39</v>
       </c>
-      <c r="B12" s="57">
-[...2 lines deleted...]
-      <c r="C12" s="57">
+      <c r="B13" s="55">
+        <v>103000</v>
+      </c>
+      <c r="C13" s="55">
         <v>10000</v>
       </c>
-      <c r="D12" s="60">
-[...5 lines deleted...]
-      <c r="A13" s="56" t="s">
+      <c r="D13" s="58">
+        <v>1</v>
+      </c>
+      <c r="F13" s="57"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" s="54" t="s">
         <v>40</v>
       </c>
-      <c r="B13" s="57">
+      <c r="B14" s="55">
+        <v>110990.08</v>
+      </c>
+      <c r="C14" s="55">
+        <v>15000</v>
+      </c>
+      <c r="D14" s="58">
+        <v>1</v>
+      </c>
+      <c r="F14" s="57"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" s="54" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" s="55">
+        <v>120000</v>
+      </c>
+      <c r="C15" s="55" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" s="58">
+        <v>1</v>
+      </c>
+      <c r="F15" s="57">
+        <v>120000</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="54" t="s">
+        <v>42</v>
+      </c>
+      <c r="B16" s="55">
+        <v>116035.04</v>
+      </c>
+      <c r="C16" s="55">
+        <v>10000</v>
+      </c>
+      <c r="D16" s="58">
+        <v>1</v>
+      </c>
+      <c r="F16" s="57"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="54" t="s">
+        <v>43</v>
+      </c>
+      <c r="B17" s="55">
+        <v>90000</v>
+      </c>
+      <c r="C17" s="55">
+        <v>10000</v>
+      </c>
+      <c r="D17" s="56" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" s="57">
+        <v>83000</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="54" t="s">
+        <v>44</v>
+      </c>
+      <c r="B18" s="55">
+        <v>77271.839999999997</v>
+      </c>
+      <c r="C18" s="55">
+        <v>10000</v>
+      </c>
+      <c r="D18" s="56">
+        <v>1</v>
+      </c>
+      <c r="F18" s="57"/>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="54" t="s">
+        <v>45</v>
+      </c>
+      <c r="B19" s="55">
         <v>103000</v>
       </c>
-      <c r="C13" s="57">
+      <c r="C19" s="55">
         <v>10000</v>
       </c>
-      <c r="D13" s="60">
-[...26 lines deleted...]
-      <c r="C15" s="57" t="s">
+      <c r="D19" s="56">
+        <v>1</v>
+      </c>
+      <c r="F19" s="57"/>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="54" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="55">
+        <v>85000</v>
+      </c>
+      <c r="C20" s="55">
+        <v>5000</v>
+      </c>
+      <c r="D20" s="56" t="s">
         <v>15</v>
       </c>
-      <c r="D15" s="60">
-[...69 lines deleted...]
-      <c r="A20" s="56" t="s">
+      <c r="F20" s="57"/>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="54" t="s">
         <v>47</v>
       </c>
-      <c r="B20" s="57">
-[...11 lines deleted...]
-      <c r="A21" s="56" t="s">
+      <c r="B21" s="55">
+        <v>80673.279999999999</v>
+      </c>
+      <c r="C21" s="55">
+        <v>7000</v>
+      </c>
+      <c r="D21" s="56">
+        <v>1</v>
+      </c>
+      <c r="F21" s="57"/>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" s="54"/>
+      <c r="B22" s="55"/>
+      <c r="C22" s="55"/>
+      <c r="D22" s="56"/>
+      <c r="F22" s="57"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23" s="54"/>
+      <c r="B23" s="59"/>
+      <c r="C23" s="59"/>
+      <c r="D23" s="59"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" s="60" t="s">
+        <v>7</v>
+      </c>
+      <c r="B24" s="61"/>
+      <c r="C24" s="59"/>
+      <c r="D24" s="59"/>
+    </row>
+    <row r="25" spans="1:7" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="97" t="s">
         <v>48</v>
       </c>
-      <c r="B21" s="57">
-[...32 lines deleted...]
-      <c r="A25" s="64" t="s">
+      <c r="B25" s="97"/>
+      <c r="C25" s="97"/>
+      <c r="D25" s="97"/>
+    </row>
+    <row r="26" spans="1:7" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="62"/>
+      <c r="B26" s="62"/>
+      <c r="C26" s="62"/>
+      <c r="D26" s="62"/>
+    </row>
+    <row r="27" spans="1:7" s="63" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="B25" s="64"/>
-[...10 lines deleted...]
-      <c r="A27" s="66" t="s">
+      <c r="B27" s="99"/>
+      <c r="C27" s="99"/>
+      <c r="D27" s="99"/>
+      <c r="E27" s="99"/>
+      <c r="F27" s="99"/>
+      <c r="G27" s="99"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="100" t="s">
         <v>50</v>
       </c>
-      <c r="B27" s="67"/>
-[...12 lines deleted...]
-      <c r="D28" s="69"/>
+      <c r="B28" s="100"/>
+      <c r="C28" s="100"/>
+      <c r="D28" s="100"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A25:D25"/>
     <mergeCell ref="A27:G27"/>
     <mergeCell ref="A28:D28"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.19685039370078741" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="300" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1C93AA72-805C-4477-ABC5-74E8F0D3A8D0}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="64.77734375" style="70" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="9.33203125" style="70"/>
+    <col min="1" max="1" width="64.7109375" style="64" customWidth="1"/>
+    <col min="2" max="2" width="17.28515625" style="64" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="26.7109375" style="64" customWidth="1"/>
+    <col min="4" max="4" width="24.140625" style="64" customWidth="1"/>
+    <col min="5" max="16384" width="9.28515625" style="64"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="A5" s="72" t="s">
+    <row r="1" spans="1:4" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C1" s="65" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="65" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="21.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="1:4" ht="26.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="101" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" s="101"/>
+      <c r="C5" s="101"/>
+      <c r="D5" s="101"/>
+    </row>
+    <row r="6" spans="1:4" s="70" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A6" s="66" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" s="67" t="s">
         <v>52</v>
       </c>
-      <c r="B5" s="72"/>
-[...7 lines deleted...]
-      <c r="B6" s="74" t="s">
+      <c r="C6" s="68" t="s">
         <v>53</v>
       </c>
-      <c r="C6" s="75" t="s">
+      <c r="D6" s="69" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="71"/>
+      <c r="B7" s="72"/>
+      <c r="C7" s="72"/>
+      <c r="D7" s="73"/>
+    </row>
+    <row r="8" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="74" t="s">
         <v>54</v>
       </c>
-      <c r="D6" s="76" t="s">
-[...10 lines deleted...]
-      <c r="A8" s="81" t="s">
+      <c r="B8" s="75">
+        <v>66896.639999999999</v>
+      </c>
+      <c r="C8" s="75">
+        <v>10000</v>
+      </c>
+      <c r="D8" s="76" t="s">
         <v>55</v>
       </c>
-      <c r="B8" s="82">
-[...2 lines deleted...]
-      <c r="C8" s="82">
+    </row>
+    <row r="9" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="74" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="75">
+        <v>107000</v>
+      </c>
+      <c r="C9" s="75">
         <v>10000</v>
       </c>
-      <c r="D8" s="83" t="s">
-[...4 lines deleted...]
-      <c r="A9" s="81" t="s">
+      <c r="D9" s="77">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="74" t="s">
         <v>57</v>
       </c>
-      <c r="B9" s="82">
-[...2 lines deleted...]
-      <c r="C9" s="82">
+      <c r="B10" s="75">
+        <v>103000</v>
+      </c>
+      <c r="C10" s="75">
         <v>10000</v>
       </c>
-      <c r="D9" s="84">
-[...4 lines deleted...]
-      <c r="A10" s="81" t="s">
+      <c r="D10" s="77">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="78" t="s">
         <v>58</v>
       </c>
-      <c r="B10" s="82">
+      <c r="B11" s="75">
+        <v>110990.08</v>
+      </c>
+      <c r="C11" s="75">
+        <v>15000</v>
+      </c>
+      <c r="D11" s="77">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="74" t="s">
+        <v>59</v>
+      </c>
+      <c r="B12" s="75">
+        <v>120000</v>
+      </c>
+      <c r="C12" s="75" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" s="77">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="74" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" s="75">
+        <v>116035.04</v>
+      </c>
+      <c r="C13" s="75">
+        <v>10000</v>
+      </c>
+      <c r="D13" s="77">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="74" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" s="75">
+        <v>90000</v>
+      </c>
+      <c r="C14" s="75">
+        <v>10000</v>
+      </c>
+      <c r="D14" s="72" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="78" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="75">
         <v>103000</v>
       </c>
-      <c r="C10" s="82">
+      <c r="C15" s="75">
         <v>10000</v>
       </c>
-      <c r="D10" s="84">
-[...24 lines deleted...]
-      <c r="C12" s="82" t="s">
+      <c r="D15" s="77">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A16" s="74" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" s="75">
+        <v>85000</v>
+      </c>
+      <c r="C16" s="75">
+        <v>5000</v>
+      </c>
+      <c r="D16" s="72" t="s">
         <v>15</v>
       </c>
-      <c r="D12" s="84">
-[...46 lines deleted...]
-      <c r="A16" s="81" t="s">
+    </row>
+    <row r="17" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A17" s="74"/>
+      <c r="B17" s="75"/>
+      <c r="C17" s="75"/>
+      <c r="D17" s="72"/>
+    </row>
+    <row r="18" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A18" s="74"/>
+      <c r="B18" s="75"/>
+      <c r="C18" s="75"/>
+      <c r="D18" s="72"/>
+    </row>
+    <row r="19" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A19" s="74"/>
+      <c r="B19" s="75"/>
+      <c r="C19" s="75"/>
+      <c r="D19" s="72"/>
+    </row>
+    <row r="20" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A20" s="102" t="s">
         <v>64</v>
       </c>
-      <c r="B16" s="82">
-[...28 lines deleted...]
-      <c r="A20" s="86" t="s">
+      <c r="B20" s="102"/>
+      <c r="C20" s="102"/>
+      <c r="D20" s="102"/>
+    </row>
+    <row r="21" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="79" t="s">
         <v>65</v>
       </c>
-      <c r="B20" s="86"/>
-[...4 lines deleted...]
-      <c r="A21" s="87" t="s">
+      <c r="B21" s="79"/>
+      <c r="C21" s="79"/>
+      <c r="D21" s="79"/>
+    </row>
+    <row r="22" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="103" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" s="104"/>
+      <c r="C22" s="104"/>
+      <c r="D22" s="104"/>
+      <c r="E22" s="104"/>
+      <c r="F22" s="104"/>
+      <c r="G22" s="104"/>
+    </row>
+    <row r="23" spans="1:7" ht="63" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="102" t="s">
         <v>66</v>
       </c>
-      <c r="B21" s="87"/>
-[...23 lines deleted...]
-      <c r="B29" s="90" t="s">
+      <c r="B23" s="102"/>
+      <c r="C23" s="102"/>
+      <c r="D23" s="102"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="B29" s="80" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A20:D20"/>
     <mergeCell ref="A22:G22"/>
     <mergeCell ref="A23:D23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="81" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5884E88B-0093-45BB-A2EE-724B2AC9D4BF}">
   <dimension ref="A2:G28"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="56.109375" style="47" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="11.44140625" style="47"/>
+    <col min="1" max="1" width="56.140625" style="45" customWidth="1"/>
+    <col min="2" max="2" width="15.140625" style="81" customWidth="1"/>
+    <col min="3" max="3" width="19.7109375" style="46" customWidth="1"/>
+    <col min="4" max="4" width="22.42578125" style="83" customWidth="1"/>
+    <col min="5" max="16384" width="11.42578125" style="45"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="A7" s="50" t="s">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="C2" s="82" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" s="45" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" s="48" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" s="86" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A9" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="85" t="s">
         <v>68</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B9" s="95" t="s">
+      <c r="C9" s="50" t="s">
         <v>69</v>
       </c>
-      <c r="C9" s="52" t="s">
+      <c r="D9" s="51" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="D10" s="87"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="45" t="s">
+        <v>0</v>
+      </c>
+      <c r="B11" s="57">
+        <v>65000</v>
+      </c>
+      <c r="C11" s="88">
+        <v>10000</v>
+      </c>
+      <c r="D11" s="89" t="s">
+        <v>1</v>
+      </c>
+      <c r="F11" s="57"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="45" t="s">
         <v>70</v>
       </c>
-      <c r="D9" s="53" t="s">
-[...13 lines deleted...]
-      <c r="C11" s="98">
+      <c r="B12" s="57">
+        <v>120000</v>
+      </c>
+      <c r="C12" s="88" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" s="89">
+        <v>1</v>
+      </c>
+      <c r="F12" s="57"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="45" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" s="57">
+        <v>115000</v>
+      </c>
+      <c r="C13" s="88">
         <v>10000</v>
       </c>
-      <c r="D11" s="99" t="s">
-[...11 lines deleted...]
-      <c r="C12" s="98" t="s">
+      <c r="D13" s="89">
+        <v>1</v>
+      </c>
+      <c r="F13" s="57"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" s="45" t="s">
+        <v>72</v>
+      </c>
+      <c r="B14" s="57">
+        <v>83000</v>
+      </c>
+      <c r="C14" s="88" t="s">
         <v>15</v>
       </c>
-      <c r="D12" s="99">
-[...11 lines deleted...]
-      <c r="C13" s="98">
+      <c r="D14" s="89" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="57"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" s="45" t="s">
+        <v>73</v>
+      </c>
+      <c r="B15" s="57">
+        <v>94882.559999999998</v>
+      </c>
+      <c r="C15" s="88">
+        <v>7444.82</v>
+      </c>
+      <c r="D15" s="89" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="57"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="45" t="s">
+        <v>74</v>
+      </c>
+      <c r="B16" s="57">
+        <v>103000</v>
+      </c>
+      <c r="C16" s="88">
         <v>10000</v>
       </c>
-      <c r="D13" s="99">
-[...11 lines deleted...]
-      <c r="C14" s="98" t="s">
+      <c r="D16" s="89">
+        <v>1</v>
+      </c>
+      <c r="F16" s="57"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="45" t="s">
+        <v>75</v>
+      </c>
+      <c r="B17" s="57">
+        <v>103000</v>
+      </c>
+      <c r="C17" s="88">
+        <v>10000</v>
+      </c>
+      <c r="D17" s="89" t="s">
         <v>15</v>
       </c>
-      <c r="D14" s="99" t="s">
+      <c r="F17" s="57"/>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="45" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="57">
+        <v>110000</v>
+      </c>
+      <c r="C18" s="88">
+        <v>15000</v>
+      </c>
+      <c r="D18" s="89" t="s">
         <v>15</v>
       </c>
-      <c r="F14" s="59"/>
-[...74 lines deleted...]
-      <c r="A22" s="100" t="s">
+      <c r="F18" s="57"/>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B19" s="57"/>
+      <c r="C19" s="88"/>
+      <c r="D19" s="89"/>
+      <c r="F19" s="57"/>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B20" s="57"/>
+      <c r="C20" s="88"/>
+      <c r="D20" s="89"/>
+      <c r="F20" s="57"/>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" s="90" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="23" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A23" s="101" t="s">
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23" s="91" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="26" spans="1:7" s="68" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="66" t="s">
+    <row r="26" spans="1:7" s="63" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="98" t="s">
+        <v>49</v>
+      </c>
+      <c r="B26" s="99"/>
+      <c r="C26" s="99"/>
+      <c r="D26" s="99"/>
+      <c r="E26" s="99"/>
+      <c r="F26" s="99"/>
+      <c r="G26" s="99"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="45" t="s">
         <v>50</v>
-      </c>
-[...9 lines deleted...]
-        <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A26:G26"/>
   </mergeCells>
   <pageMargins left="0.31496062992125984" right="0.11811023622047245" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{083497C7-9268-450A-B49C-45C394ECB459}">
   <dimension ref="A2:G25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="55.6640625" style="47" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="11.44140625" style="47"/>
+    <col min="1" max="1" width="55.7109375" style="45" customWidth="1"/>
+    <col min="2" max="2" width="19.7109375" style="81" customWidth="1"/>
+    <col min="3" max="3" width="19.7109375" style="46" customWidth="1"/>
+    <col min="4" max="4" width="26.42578125" style="83" customWidth="1"/>
+    <col min="5" max="16384" width="11.42578125" style="45"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="A7" s="50" t="s">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="D2" s="82" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" s="45" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" s="48" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" s="86" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A9" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="85" t="s">
         <v>77</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B9" s="95" t="s">
+      <c r="C9" s="50" t="s">
         <v>78</v>
       </c>
-      <c r="C9" s="52" t="s">
+      <c r="D9" s="51" t="s">
         <v>79</v>
       </c>
-      <c r="D9" s="53" t="s">
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B10" s="92"/>
+      <c r="D10" s="87"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="45" t="s">
+        <v>0</v>
+      </c>
+      <c r="B11" s="93">
+        <v>56353.919999999998</v>
+      </c>
+      <c r="C11" s="94" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" s="89" t="s">
+        <v>1</v>
+      </c>
+      <c r="F11" s="57"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="45" t="s">
         <v>80</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="C11" s="104" t="s">
+      <c r="B12" s="93">
+        <v>27250.080000000002</v>
+      </c>
+      <c r="C12" s="94" t="s">
         <v>15</v>
       </c>
-      <c r="D11" s="99" t="s">
-[...5 lines deleted...]
-      <c r="A12" s="47" t="s">
+      <c r="D12" s="89">
+        <v>1</v>
+      </c>
+      <c r="F12" s="57"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="45" t="s">
         <v>81</v>
       </c>
-      <c r="B12" s="103">
-[...2 lines deleted...]
-      <c r="C12" s="104" t="s">
+      <c r="B13" s="93">
+        <v>100000</v>
+      </c>
+      <c r="C13" s="94">
+        <v>9800</v>
+      </c>
+      <c r="D13" s="89">
+        <v>1</v>
+      </c>
+      <c r="F13" s="57"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" s="45" t="s">
+        <v>82</v>
+      </c>
+      <c r="B14" s="93">
+        <v>120000</v>
+      </c>
+      <c r="C14" s="94" t="s">
         <v>15</v>
       </c>
-      <c r="D12" s="99">
-[...20 lines deleted...]
-      <c r="A14" s="47" t="s">
+      <c r="D14" s="89">
+        <v>1</v>
+      </c>
+      <c r="F14" s="57"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" s="45" t="s">
         <v>83</v>
       </c>
-      <c r="B14" s="103">
-[...2 lines deleted...]
-      <c r="C14" s="104" t="s">
+      <c r="B15" s="93">
+        <v>27462.080000000002</v>
+      </c>
+      <c r="C15" s="94" t="s">
         <v>15</v>
       </c>
-      <c r="D14" s="99">
-[...5 lines deleted...]
-      <c r="A15" s="47" t="s">
+      <c r="D15" s="89">
+        <v>1</v>
+      </c>
+      <c r="F15" s="57"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="45" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" s="93">
+        <v>98249.600000000006</v>
+      </c>
+      <c r="C16" s="94">
+        <v>10000</v>
+      </c>
+      <c r="D16" s="89">
+        <v>1</v>
+      </c>
+      <c r="F16" s="57"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="45" t="s">
         <v>84</v>
       </c>
-      <c r="B15" s="103">
-[...2 lines deleted...]
-      <c r="C15" s="104" t="s">
+      <c r="B17" s="93">
+        <v>83000</v>
+      </c>
+      <c r="C17" s="94" t="s">
         <v>15</v>
       </c>
-      <c r="D15" s="99">
-[...26 lines deleted...]
-      <c r="C17" s="104" t="s">
+      <c r="D17" s="94" t="s">
         <v>15</v>
       </c>
-      <c r="D17" s="104" t="s">
-[...17 lines deleted...]
-      <c r="A20" s="100" t="s">
+      <c r="F17" s="57"/>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B18" s="57"/>
+      <c r="C18" s="88"/>
+      <c r="D18" s="89"/>
+      <c r="F18" s="57"/>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B19" s="57"/>
+      <c r="C19" s="88"/>
+      <c r="D19" s="89"/>
+      <c r="F19" s="57"/>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="90" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="21" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A21" s="101" t="s">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="91" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="68" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="66" t="s">
+    <row r="23" spans="1:7" s="63" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="98" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="99"/>
+      <c r="C23" s="99"/>
+      <c r="D23" s="99"/>
+      <c r="E23" s="99"/>
+      <c r="F23" s="99"/>
+      <c r="G23" s="99"/>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="45" t="s">
         <v>50</v>
-      </c>
-[...9 lines deleted...]
-        <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A23:G23"/>
   </mergeCells>
   <pageMargins left="0.31496062992125984" right="0.11811023622047245" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B4:C11"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="D30" sqref="D30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="11.44140625" style="2"/>
-[...1 lines deleted...]
-    <col min="4" max="16384" width="11.44140625" style="2"/>
+    <col min="1" max="2" width="11.42578125" style="2"/>
+    <col min="3" max="3" width="22.28515625" style="2" customWidth="1"/>
+    <col min="4" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
-    <row r="4" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="2:3" ht="27" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:3" ht="27.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="4"/>
       <c r="C5" s="5" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="6" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="6">
         <v>1</v>
       </c>
       <c r="C6" s="7">
         <v>10532.46</v>
       </c>
     </row>
-    <row r="7" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B7" s="6">
         <v>2</v>
       </c>
       <c r="C7" s="7">
         <v>9251.34</v>
       </c>
     </row>
-    <row r="8" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="6">
         <v>3</v>
       </c>
       <c r="C8" s="7">
         <v>4865.1499999999996</v>
       </c>
     </row>
-    <row r="9" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="6">
         <v>4</v>
       </c>
       <c r="C9" s="7">
         <v>3372.33</v>
       </c>
     </row>
-    <row r="10" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B10" s="6">
         <v>5</v>
       </c>
       <c r="C10" s="7">
         <v>2857.13</v>
       </c>
     </row>
-    <row r="11" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="2:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="6">
         <v>6</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>