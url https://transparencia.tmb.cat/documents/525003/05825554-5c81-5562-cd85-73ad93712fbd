--- v0 (2026-01-20)
+++ v1 (2026-03-22)
@@ -16,136 +16,147 @@
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\03. Transparencia\00. Nou Portal Transparència\04. Serveis públics\4.4 Accés a la informació pública\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\01. Nou Portal Transparència\04. Serveis públics\4.4 Accés a la informació pública\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AAEBA0B1-A88F-46F3-A28C-F8245555D5E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E93724B9-3971-41C2-AAF3-9F72E49F32DF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="692" xr2:uid="{D1585C60-B892-459B-A035-33EEBE4A46E7}"/>
   </bookViews>
   <sheets>
     <sheet name="Criteris i definicions" sheetId="3" r:id="rId1"/>
     <sheet name="Resum" sheetId="9" r:id="rId2"/>
-    <sheet name="2025" sheetId="1" r:id="rId3"/>
-[...10 lines deleted...]
-    <sheet name="IMF 2020" sheetId="15" r:id="rId14"/>
+    <sheet name="2026" sheetId="16" r:id="rId3"/>
+    <sheet name="IMF 2026" sheetId="17" r:id="rId4"/>
+    <sheet name="2025" sheetId="1" r:id="rId5"/>
+    <sheet name="IMF 2025" sheetId="10" r:id="rId6"/>
+    <sheet name="2024" sheetId="4" r:id="rId7"/>
+    <sheet name="IMF 2024" sheetId="11" r:id="rId8"/>
+    <sheet name="2023" sheetId="5" r:id="rId9"/>
+    <sheet name="IMF 2023" sheetId="12" r:id="rId10"/>
+    <sheet name="2022" sheetId="6" r:id="rId11"/>
+    <sheet name="IMF 2022" sheetId="13" r:id="rId12"/>
+    <sheet name="2021" sheetId="7" r:id="rId13"/>
+    <sheet name="IMF 2021" sheetId="14" r:id="rId14"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H17" i="9" l="1"/>
-  <c r="G17" i="9" l="1"/>
+  <c r="I12" i="1" l="1"/>
+  <c r="I13" i="1"/>
+  <c r="I14" i="1"/>
+  <c r="I9" i="1"/>
+  <c r="I10" i="1"/>
+  <c r="I11" i="1"/>
+  <c r="H6" i="9"/>
+  <c r="H5" i="9"/>
+  <c r="H17" i="16"/>
+  <c r="G17" i="16"/>
+  <c r="F17" i="16"/>
+  <c r="E17" i="16"/>
+  <c r="D17" i="16"/>
+  <c r="C17" i="16"/>
+  <c r="I16" i="16"/>
+  <c r="I15" i="16"/>
+  <c r="I14" i="16"/>
+  <c r="I13" i="16"/>
+  <c r="I12" i="16"/>
+  <c r="I11" i="16"/>
+  <c r="I10" i="16"/>
+  <c r="I9" i="16"/>
+  <c r="G17" i="9"/>
+  <c r="I17" i="16" l="1"/>
   <c r="F17" i="9"/>
   <c r="E17" i="9"/>
   <c r="D17" i="9"/>
   <c r="C17" i="9"/>
-  <c r="D17" i="1" l="1"/>
-[...6 lines deleted...]
-  <c r="I14" i="1"/>
+  <c r="D15" i="1" l="1"/>
+  <c r="E15" i="1"/>
+  <c r="F15" i="1"/>
+  <c r="G15" i="1"/>
+  <c r="H15" i="1"/>
+  <c r="C15" i="1"/>
   <c r="I14" i="4"/>
   <c r="I11" i="4"/>
   <c r="I10" i="4"/>
   <c r="I9" i="4"/>
-  <c r="I11" i="8"/>
-  <c r="I9" i="8"/>
   <c r="I12" i="6"/>
   <c r="I10" i="6"/>
   <c r="I9" i="6"/>
   <c r="I15" i="4" l="1"/>
   <c r="I15" i="5"/>
   <c r="I13" i="6"/>
   <c r="I14" i="7"/>
-  <c r="I13" i="8"/>
-[...6 lines deleted...]
-  <c r="I17" i="1" l="1"/>
+  <c r="I15" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="656" uniqueCount="477">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="586" uniqueCount="416">
   <si>
     <t>Gen-Feb</t>
   </si>
   <si>
     <t>Mar-Abr</t>
   </si>
   <si>
     <t>Mai-Jun</t>
   </si>
   <si>
     <t>Jul-Ago</t>
   </si>
   <si>
     <t>Sep-Oct</t>
   </si>
   <si>
     <t>Nov-Dec</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>En tràmit</t>
   </si>
   <si>
@@ -296,179 +307,97 @@
     <t>Informació general</t>
   </si>
   <si>
     <t>Total de sol·licituds rebudes</t>
   </si>
   <si>
     <t>Temps promig de resposta (en dies)</t>
   </si>
   <si>
     <t>Variables analitzades</t>
   </si>
   <si>
     <t>Nombre total de peticions d’accés a la informació pública presentades durant l’exercici, independentment del seu estat de tramitació.</t>
   </si>
   <si>
     <t>Mitjana de dies transcorreguts entre la data de recepció de la sol·licitud i la data de notificació de la resolució o comunicació al sol·licitant, d’acord amb els terminis establerts per la Llei 19/2014, de transparència, accés a la informació pública i bon govern, i el Decret 8/2021, de 9 de febrer.</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>Observació</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">10 </t>
-[...58 lines deleted...]
-    <r>
       <t xml:space="preserve">9 </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="subscript"/>
         <sz val="11"/>
         <color rgb="FF231F20"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(3)</t>
-    </r>
-[...13 lines deleted...]
-      <t>(1)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">1 </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="subscript"/>
         <sz val="11"/>
         <color rgb="FF231F20"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(1)</t>
     </r>
   </si>
   <si>
     <t>Derivació a entitat competent</t>
   </si>
   <si>
     <t>Desistiment</t>
   </si>
   <si>
     <t>Estimatòria</t>
   </si>
   <si>
     <t>Estimatòria parcial</t>
   </si>
   <si>
     <t>Desestimatòria</t>
   </si>
   <si>
     <t>Inadmissió</t>
   </si>
   <si>
-    <t>Informació estadística exercici 2020</t>
-[...5 lines deleted...]
-  <si>
     <t>Informació estadística exercici 2021</t>
   </si>
   <si>
     <t>Informació estadística exercici 2024</t>
   </si>
   <si>
     <t>Informació estadística exercici 2023</t>
   </si>
   <si>
     <t>Informació estadística exercici 2022</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">6 </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="subscript"/>
         <sz val="11"/>
         <color rgb="FF231F20"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>[1]</t>
     </r>
@@ -665,236 +594,50 @@
     <t>Plecs tècnics d’una licitació pública per a ús acadèmic</t>
   </si>
   <si>
     <t>Pòlissa d'assegurança de vida col·lectiva i justificants de pagament</t>
   </si>
   <si>
     <t>Recursos humans i polítiques d’igualtat</t>
   </si>
   <si>
     <t>Relació de llocs de treball a Metro (excloent categories professionals)</t>
   </si>
   <si>
     <t>Resolució del Comitè de Contractació (23/10/2024, exp. núm. 16019808)</t>
   </si>
   <si>
     <t>Retribució i dades de la guàrdia durant la Cavalcada de Reis</t>
   </si>
   <si>
     <t>Seguretat a metro i empreses subcontractades</t>
   </si>
   <si>
     <t>Vibracions a conseqüència de les obres de renovació de la via L4 del metro</t>
   </si>
   <si>
     <t>Volums d’esgotaments i ubicació de bombejos al metro</t>
-  </si>
-[...184 lines deleted...]
-    <t>Ocupació de la xarxa de metro 2019-2020 per franja horària.</t>
   </si>
   <si>
     <r>
       <t>Aquest bloc recull el resum temàtic de les sol·licituds d’accés a la informació pública (SAIP) presentades durant l’any natural analitzat. L’objectiu és oferir una visió global sobre les principals matèries o àmbits d’interès ciutadà, identificant quins temes concentren un major volum de peticions.
 Les sol·licituds s’han classificat segons la seva temàtica principal, d’acord amb el contingut de la informació sol·licitada i la seva relació amb les funcions o activitats de l’entitat. 
 A més, es destaca que aquelles sol·licituds que fan referència a una mateixa informació o contingut i que han estat formulades per tres o més persones diferents dins del mateix any natural, són identificades específicament com a “</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Informació més freqüent (IMF)</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>”. D’acord amb el que estableix la Llei 19/2014, de transparència, accés a la informació pública i bon govern, aquestes informacions més freqüents es publiquen posteriorment al Portal de Transparència, amb l’objectiu de garantir la igualtat d’accés, reduir la reiteració de sol·licituds i afavorir la transparència proactiva.</t>
@@ -1638,53 +1381,50 @@
   <si>
     <t>Acord marc 2007 del Telefèric de Montjuïc sobre contractació laboral</t>
   </si>
   <si>
     <t>Passatgers per franja horària a estacions del Campus Diagonal 2022</t>
   </si>
   <si>
     <t>Personal de conducció empadronat en un mateix domicili i relació familiar</t>
   </si>
   <si>
     <t>Mitjanes de viatgers, freqüències i ocupació del Metro 2014–2024</t>
   </si>
   <si>
     <t>Registre d’incidències operatives a totes les línies de metro 2014–2024</t>
   </si>
   <si>
     <t>Informació sobre les obres realitzades a l’estació de Trinitat Nova (L4)</t>
   </si>
   <si>
     <t>Dates d’inici i fi de càrrecs directius</t>
   </si>
   <si>
     <t>Hores descobertes en vigilància Metro 2024</t>
   </si>
   <si>
-    <t>Posada en servei de les cotxeres de Can Boixeres.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> Companyia asseguradora per danys a viatgers a autobusos de TMB</t>
   </si>
   <si>
     <t xml:space="preserve"> Informes jurídics sobre EBEP i Reglament 1370/2007</t>
   </si>
   <si>
     <t xml:space="preserve"> Llocs reservats a personal amb discapacitat intel·lectual i accés des de 2000</t>
   </si>
   <si>
     <t xml:space="preserve"> Treballadors amb discapacitat amb contracte indefinit a jornada completa (TB)</t>
   </si>
   <si>
     <t>Informe jurídic sobre contractació menor encomanat a un despatx d'advocats</t>
   </si>
   <si>
     <t>Compliment de pagament del cànon i deutes d'una empresa amb TMB</t>
   </si>
   <si>
     <t>Avaluació del rendiment i finançament del transport a demanda</t>
   </si>
   <si>
     <t>Cabals d’esgotament mensuals per línies de FMB (2021-2024)</t>
   </si>
   <si>
     <t>Plecs per a la compra d’autobusos elèctrics</t>
@@ -1710,57 +1450,51 @@
   <si>
     <t>Dades estadístiques d'usuaris del transport públic</t>
   </si>
   <si>
     <t>Interrupció del servei del funicular i motius</t>
   </si>
   <si>
     <t>Manual d’estil gràfic de TMB i capítols sobre sistemes LED</t>
   </si>
   <si>
     <t>Directrius lingüístiques per a conductors/es d’autobús</t>
   </si>
   <si>
     <t>Formacions finançades a directius (2019–2025)</t>
   </si>
   <si>
     <t>Armes i protocols d’ús dels vigilants de seguretat del Metro</t>
   </si>
   <si>
     <t>Moviments de personal, trasllats entre societats del grup i informació retributiva</t>
   </si>
   <si>
     <t>Registre d’incidències, aturades o canvis de freqüències al metro</t>
   </si>
   <si>
-    <t>Informació estadística 2020-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Març 2026</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gener 2026</t>
   </si>
   <si>
     <t>Informació estadística exercici 2025</t>
   </si>
   <si>
     <t>Informació més freqüent (IMF)</t>
   </si>
   <si>
     <t>Amb la voluntat d’oferir una gestió més oberta, transparent i propera, TMB posa a disposició de la ciutadania aquest espai on es publica la informació més freqüent, és a dir, aquella que la ciutadania ha sol·licitat de manera reiterada a través del dret d’accés a la informació pública.
 S’entén com a informació més freqüent aquella informació a la qual s’ha reconegut el dret d’accés en tres o més ocasions dins d’un mateix any natural, per persones sol·licitants diferents, i que fa referència a una mateixa matèria o contingut concret, encara que variï el període o el format de les dades.
 Amb aquesta publicació, TMB vol facilitar l’accés directe a la informació que genera més interès públic, reduint la necessitat de presentar noves sol·licituds i afavorint la reutilització i comprensió de les dades.
 A continuació es poden consultar les temàtiques identificades com a informació més freqüent, juntament amb el detall de la informació disponible, l'àmbit responsable i l'enllaç a la informació disponible.</t>
   </si>
   <si>
     <t>Informació més freqüent (IMF) 2025</t>
   </si>
   <si>
     <t>Temàtiques identificades com a informació més freqüent</t>
   </si>
   <si>
     <t>Dades de demanda, validacions o afluència de passatgers a metro i bus</t>
   </si>
   <si>
     <t>Detall de la informació disponible</t>
   </si>
@@ -1771,88 +1505,121 @@
     <t>Gestió i Control Corporatiu</t>
   </si>
   <si>
     <t>Enllaç a la informació</t>
   </si>
   <si>
     <t>https://transparencia.tmb.cat/ca/serveis-publics/cartes-i-cataleg-serveis/cataleg-serveis-prestats/dades-basiques-i-demanda</t>
   </si>
   <si>
     <t>Informació més freqüent (IMF) 2024</t>
   </si>
   <si>
     <t>Durant l’any 2024 no s’han identificat Informacions Mes Freqüents (IMF). 
 Tot i que algunes peticions tractaven temàtiques similars, el seu contingut era diferent, fet que impedeix considerar-les com IMF.</t>
   </si>
   <si>
     <t>Informació més freqüent (IMF) 2023</t>
   </si>
   <si>
     <t>Informació més freqüent (IMF) 2022</t>
   </si>
   <si>
     <t>Informació més freqüent (IMF) 2021</t>
   </si>
   <si>
-    <t>Informació més freqüent (IMF) 2020</t>
-[...13 lines deleted...]
-  <si>
     <t>Validacions per estació de Metro</t>
   </si>
   <si>
     <t>Validacions per estació de metro i FGC als anys 2019 i 2023</t>
   </si>
   <si>
     <t>Retribucions anuals del personal G3 de Transports de Barcelona S.A</t>
   </si>
   <si>
     <t>Formació del personal i justificació d'accions formatives finançades públicament</t>
   </si>
   <si>
     <t>Autoria del logotip institucional de TMB de l’any 1983</t>
   </si>
   <si>
     <t>Cobertura del servei de seguretat en dates assenyalades</t>
+  </si>
+  <si>
+    <t>Informació estadística exercici 2026</t>
+  </si>
+  <si>
+    <t>Còpia de proves del procés de selecció de Serveis Jurídics Corporatius</t>
+  </si>
+  <si>
+    <t>Velocitat comercial dels autobusos de Barcelona (2022–2025)</t>
+  </si>
+  <si>
+    <t>Registre d’incidències greus o aturades superiors a 5 minuts al Metro – Any 2025</t>
+  </si>
+  <si>
+    <t>Evolució històrica dels preus del sistema tarifari integrat (des del 2000)</t>
+  </si>
+  <si>
+    <t>Retribució per “apreciació de l’actuació” – Nivells, categories i imports</t>
+  </si>
+  <si>
+    <t>Estadístiques mensuals de viatgers per línia i parada – Metro i Bus (any 2025)</t>
+  </si>
+  <si>
+    <t>Sancions aplicades a empreses de seguretat contractades pels descoberts al servei de Metro (2024-2025)</t>
+  </si>
+  <si>
+    <t>Hores sindicals consumides per seccions sindicals de TB (exercici 2025)</t>
+  </si>
+  <si>
+    <t>Retribució per “objectius / valoració” – Nivells, categories i imports</t>
+  </si>
+  <si>
+    <t>Documentació del contracte de servei de seguretat privada de la xarxa de Metro (2018)</t>
+  </si>
+  <si>
+    <t>Dades de validacions de la línia d’autobús H8 i H4</t>
+  </si>
+  <si>
+    <t>Informació més freqüent (IMF) 2026</t>
+  </si>
+  <si>
+    <t>Durant el període corresponent a l’any 2026 no s’han identificat Informacions Més Freqüents (IMF)</t>
+  </si>
+  <si>
+    <t>Informació estadística 2021-2026</t>
+  </si>
+  <si>
+    <t>Maig 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="21" x14ac:knownFonts="1">
+  <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -1950,50 +1717,58 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="16"/>
       <color rgb="FFD2232A"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0504D"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -2086,51 +1861,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="85">
+  <cellXfs count="75">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
@@ -2214,141 +1989,111 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
@@ -2644,126 +2389,126 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.tmb.cat/ca/serveis-publics/cartes-i-cataleg-serveis/cataleg-serveis-prestats/dades-basiques-i-demanda" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.tmb.cat/ca/serveis-publics/cartes-i-cataleg-serveis/cataleg-serveis-prestats/dades-basiques-i-demanda" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.tmb.cat/ca/serveis-publics/cartes-i-cataleg-serveis/cataleg-serveis-prestats/dades-basiques-i-demanda" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.tmb.cat/ca/organitzacio-i-empleats/sistema-retributiu/dades-salarials" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.tmb.cat/ca/serveis-publics/cartes-i-cataleg-serveis/cataleg-serveis-prestats/dades-basiques-i-demanda" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.tmb.cat/ca/serveis-publics/cartes-i-cataleg-serveis/cataleg-serveis-prestats/dades-basiques-i-demanda" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.tmb.cat/ca/serveis-publics/cartes-i-cataleg-serveis/cataleg-serveis-prestats/dades-basiques-i-demanda" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.tmb.cat/ca/serveis-publics/cartes-i-cataleg-serveis/cataleg-serveis-prestats/dades-basiques-i-demanda" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E85C4957-F851-49C7-A4D6-2D161CFB8039}">
   <dimension ref="B1:D33"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="52" style="1" customWidth="1"/>
     <col min="3" max="3" width="169.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="13.28515625" style="1" customWidth="1"/>
     <col min="5" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="2:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="84" t="s">
+      <c r="B2" s="64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C3" s="81" t="s">
+      <c r="C3" s="62" t="s">
         <v>30</v>
       </c>
-      <c r="D3" s="82" t="s">
-        <v>449</v>
+      <c r="D3" s="63" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="4" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C4" s="81" t="s">
+      <c r="C4" s="62" t="s">
         <v>29</v>
       </c>
-      <c r="D4" s="83" t="s">
-        <v>448</v>
+      <c r="D4" s="63" t="s">
+        <v>415</v>
       </c>
     </row>
     <row r="5" spans="2:4" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="2:4" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="2:4" s="13" customFormat="1" ht="39.950000000000003" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="B7" s="23" t="s">
         <v>37</v>
       </c>
       <c r="C7" s="25" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="2:4" s="13" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="32" t="s">
@@ -2786,291 +2531,1086 @@
       <c r="B11" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="2:4" s="13" customFormat="1" ht="39.950000000000003" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="B12" s="23" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="25" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="2:4" s="14" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="26" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="2:4" s="13" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="24" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C14" s="27" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="2:4" s="14" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="C15" s="26" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="2:4" s="13" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="24" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="C16" s="27" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="2:3" s="14" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="6" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C17" s="26" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="2:3" s="14" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="24" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="C18" s="27" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="19" spans="2:3" s="13" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="7" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C19" s="28" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="2:3" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2"/>
     <row r="21" spans="2:3" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B21" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="2:3" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="23" spans="2:3" s="13" customFormat="1" ht="39.950000000000003" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="B23" s="24" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="27" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="2:3" s="13" customFormat="1" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="7" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="28" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="2:3" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2"/>
     <row r="26" spans="2:3" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="27" spans="2:3" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B27" s="62"/>
-      <c r="C27" s="62"/>
+      <c r="B27" s="65"/>
+      <c r="C27" s="65"/>
     </row>
     <row r="28" spans="2:3" s="13" customFormat="1" ht="129" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B28" s="63" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="63"/>
+      <c r="B28" s="66" t="s">
+        <v>100</v>
+      </c>
+      <c r="C28" s="66"/>
     </row>
     <row r="29" spans="2:3" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2"/>
     <row r="30" spans="2:3" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="2" t="s">
-        <v>451</v>
+        <v>379</v>
       </c>
     </row>
     <row r="31" spans="2:3" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B31" s="62"/>
-      <c r="C31" s="62"/>
+      <c r="B31" s="65"/>
+      <c r="C31" s="65"/>
     </row>
     <row r="32" spans="2:3" s="13" customFormat="1" ht="138" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B32" s="63" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="63"/>
+      <c r="B32" s="66" t="s">
+        <v>380</v>
+      </c>
+      <c r="C32" s="66"/>
     </row>
     <row r="33" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B27:C27"/>
     <mergeCell ref="B28:C28"/>
     <mergeCell ref="B31:C31"/>
     <mergeCell ref="B32:C32"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{28C801A6-D6A0-45EF-A683-AC0BFEF9F269}">
+  <dimension ref="B1:H9"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="11.42578125" style="1"/>
+    <col min="2" max="2" width="40.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="60.7109375" style="1" customWidth="1"/>
+    <col min="4" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B1" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="40" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="3" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="53"/>
+    </row>
+    <row r="4" spans="2:8" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="54" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="5" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="70" t="s">
+        <v>383</v>
+      </c>
+      <c r="C5" s="70"/>
+      <c r="D5" s="70"/>
+      <c r="E5" s="70"/>
+      <c r="F5" s="70"/>
+      <c r="G5" s="70"/>
+      <c r="H5" s="70"/>
+    </row>
+    <row r="6" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="45" t="s">
+        <v>384</v>
+      </c>
+      <c r="C6" s="45" t="s">
+        <v>383</v>
+      </c>
+      <c r="D6" s="45"/>
+      <c r="E6" s="45"/>
+      <c r="F6" s="45"/>
+      <c r="G6" s="45"/>
+      <c r="H6" s="45"/>
+    </row>
+    <row r="7" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="35" t="s">
+        <v>385</v>
+      </c>
+      <c r="C7" s="35" t="s">
+        <v>386</v>
+      </c>
+      <c r="D7" s="35"/>
+      <c r="E7" s="35"/>
+      <c r="F7" s="35"/>
+      <c r="G7" s="35"/>
+      <c r="H7" s="35"/>
+    </row>
+    <row r="8" spans="2:8" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="41" t="s">
+        <v>387</v>
+      </c>
+      <c r="C8" s="58" t="s">
+        <v>388</v>
+      </c>
+      <c r="D8" s="41"/>
+      <c r="E8" s="41"/>
+      <c r="F8" s="41"/>
+      <c r="G8" s="41"/>
+      <c r="H8" s="41"/>
+    </row>
+    <row r="9" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2"/>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="B5:H5"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="C8" r:id="rId1" xr:uid="{3959AD8B-3052-4B2D-BAFA-B046CED5640B}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{801D7175-953C-4C87-981B-2331D1F8D52A}">
+  <dimension ref="B1:I53"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="11.42578125" style="1"/>
+    <col min="2" max="2" width="58.140625" style="1" customWidth="1"/>
+    <col min="3" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B1" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="21" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="H3" s="19"/>
+      <c r="I3" s="20"/>
+    </row>
+    <row r="4" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" s="9">
+        <v>2022</v>
+      </c>
+      <c r="H4" s="19"/>
+      <c r="I4" s="20"/>
+    </row>
+    <row r="5" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="35" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" s="39">
+        <v>34</v>
+      </c>
+      <c r="H5" s="19"/>
+      <c r="I5" s="20"/>
+    </row>
+    <row r="6" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" s="42">
+        <v>30</v>
+      </c>
+      <c r="H6" s="19"/>
+      <c r="I6" s="20"/>
+    </row>
+    <row r="7" spans="2:9" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="2"/>
+      <c r="I7" s="20"/>
+    </row>
+    <row r="8" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="9" t="s">
+        <v>0</v>
+      </c>
+      <c r="D8" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="E8" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="F8" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="G8" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="H8" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="I8" s="9" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="9" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" s="11">
+        <v>0</v>
+      </c>
+      <c r="D9" s="11">
+        <v>0</v>
+      </c>
+      <c r="E9" s="11">
+        <v>0</v>
+      </c>
+      <c r="F9" s="11">
+        <v>0</v>
+      </c>
+      <c r="G9" s="11">
+        <v>2</v>
+      </c>
+      <c r="H9" s="11">
+        <v>0</v>
+      </c>
+      <c r="I9" s="16">
+        <f t="shared" ref="I9:I12" si="0">SUM(C9:H9)</f>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="10" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" s="11">
+        <v>0</v>
+      </c>
+      <c r="D10" s="11">
+        <v>0</v>
+      </c>
+      <c r="E10" s="11">
+        <v>1</v>
+      </c>
+      <c r="F10" s="11">
+        <v>0</v>
+      </c>
+      <c r="G10" s="11">
+        <v>1</v>
+      </c>
+      <c r="H10" s="11">
+        <v>0</v>
+      </c>
+      <c r="I10" s="16">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="11" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="D11" s="11">
+        <v>2</v>
+      </c>
+      <c r="E11" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="11">
+        <v>5</v>
+      </c>
+      <c r="G11" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="H11" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="I11" s="16">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="12" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" s="12">
+        <v>1</v>
+      </c>
+      <c r="D12" s="12">
+        <v>1</v>
+      </c>
+      <c r="E12" s="12">
+        <v>0</v>
+      </c>
+      <c r="F12" s="12">
+        <v>0</v>
+      </c>
+      <c r="G12" s="12">
+        <v>0</v>
+      </c>
+      <c r="H12" s="12">
+        <v>1</v>
+      </c>
+      <c r="I12" s="17">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="13" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="31">
+        <v>10</v>
+      </c>
+      <c r="D13" s="31">
+        <v>3</v>
+      </c>
+      <c r="E13" s="31">
+        <v>7</v>
+      </c>
+      <c r="F13" s="31">
+        <v>5</v>
+      </c>
+      <c r="G13" s="31">
+        <v>4</v>
+      </c>
+      <c r="H13" s="31">
+        <v>5</v>
+      </c>
+      <c r="I13" s="31">
+        <f>SUM(I9:I12)</f>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="14" spans="2:9" ht="20.100000000000001" hidden="1" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="22"/>
+      <c r="D14" s="22"/>
+      <c r="E14" s="22"/>
+      <c r="F14" s="22"/>
+      <c r="G14" s="22"/>
+      <c r="H14" s="22"/>
+      <c r="I14" s="22"/>
+    </row>
+    <row r="15" spans="2:9" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="67"/>
+      <c r="C15" s="67"/>
+      <c r="D15" s="67"/>
+      <c r="E15" s="67"/>
+      <c r="F15" s="67"/>
+      <c r="G15" s="67"/>
+      <c r="H15" s="67"/>
+      <c r="I15" s="67"/>
+    </row>
+    <row r="16" spans="2:9" s="29" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="68"/>
+      <c r="C16" s="68"/>
+      <c r="D16" s="68"/>
+      <c r="E16" s="68"/>
+      <c r="F16" s="68"/>
+      <c r="G16" s="68"/>
+      <c r="H16" s="68"/>
+      <c r="I16" s="68"/>
+    </row>
+    <row r="17" spans="2:9" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="69"/>
+      <c r="C17" s="69"/>
+      <c r="D17" s="69"/>
+      <c r="E17" s="69"/>
+      <c r="F17" s="69"/>
+      <c r="G17" s="69"/>
+      <c r="H17" s="69"/>
+      <c r="I17" s="69"/>
+    </row>
+    <row r="18" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="19" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="70" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="70"/>
+      <c r="D19" s="70"/>
+      <c r="E19" s="70"/>
+      <c r="F19" s="70"/>
+      <c r="G19" s="70"/>
+      <c r="H19" s="70"/>
+      <c r="I19" s="34"/>
+    </row>
+    <row r="20" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="45" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" s="45"/>
+      <c r="D20" s="45"/>
+      <c r="E20" s="45"/>
+      <c r="F20" s="45"/>
+      <c r="G20" s="45"/>
+      <c r="H20" s="45"/>
+      <c r="I20" s="45"/>
+    </row>
+    <row r="21" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="35" t="s">
+        <v>147</v>
+      </c>
+      <c r="C21" s="35"/>
+      <c r="D21" s="35"/>
+      <c r="E21" s="35"/>
+      <c r="F21" s="35"/>
+      <c r="G21" s="35"/>
+      <c r="H21" s="35"/>
+      <c r="I21" s="35"/>
+    </row>
+    <row r="22" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="C22" s="13"/>
+      <c r="D22" s="13"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="13"/>
+      <c r="G22" s="13"/>
+      <c r="H22" s="13"/>
+      <c r="I22" s="13"/>
+    </row>
+    <row r="23" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="35" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" s="35"/>
+      <c r="D23" s="35"/>
+      <c r="E23" s="35"/>
+      <c r="F23" s="35"/>
+      <c r="G23" s="35"/>
+      <c r="H23" s="35"/>
+      <c r="I23" s="35"/>
+    </row>
+    <row r="24" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="13" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" s="13"/>
+      <c r="D24" s="13"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="13"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="13"/>
+      <c r="I24" s="13"/>
+    </row>
+    <row r="25" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="35" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" s="35"/>
+      <c r="D25" s="35"/>
+      <c r="E25" s="35"/>
+      <c r="F25" s="35"/>
+      <c r="G25" s="35"/>
+      <c r="H25" s="35"/>
+      <c r="I25" s="35"/>
+    </row>
+    <row r="26" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="13" t="s">
+        <v>150</v>
+      </c>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="13"/>
+      <c r="F26" s="13"/>
+      <c r="G26" s="13"/>
+      <c r="H26" s="13"/>
+      <c r="I26" s="13"/>
+    </row>
+    <row r="27" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="35" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" s="35"/>
+      <c r="D27" s="35"/>
+      <c r="E27" s="35"/>
+      <c r="F27" s="35"/>
+      <c r="G27" s="35"/>
+      <c r="H27" s="35"/>
+      <c r="I27" s="35"/>
+    </row>
+    <row r="28" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="13"/>
+      <c r="F28" s="13"/>
+      <c r="G28" s="13"/>
+      <c r="H28" s="13"/>
+      <c r="I28" s="13"/>
+    </row>
+    <row r="29" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="35" t="s">
+        <v>153</v>
+      </c>
+      <c r="C29" s="35"/>
+      <c r="D29" s="35"/>
+      <c r="E29" s="35"/>
+      <c r="F29" s="35"/>
+      <c r="G29" s="35"/>
+      <c r="H29" s="35"/>
+      <c r="I29" s="35"/>
+    </row>
+    <row r="30" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="13" t="s">
+        <v>154</v>
+      </c>
+      <c r="C30" s="13"/>
+      <c r="D30" s="13"/>
+      <c r="E30" s="13"/>
+      <c r="F30" s="13"/>
+      <c r="G30" s="13"/>
+      <c r="H30" s="13"/>
+      <c r="I30" s="13"/>
+    </row>
+    <row r="31" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="35" t="s">
+        <v>155</v>
+      </c>
+      <c r="C31" s="35"/>
+      <c r="D31" s="35"/>
+      <c r="E31" s="35"/>
+      <c r="F31" s="35"/>
+      <c r="G31" s="35"/>
+      <c r="H31" s="35"/>
+      <c r="I31" s="35"/>
+    </row>
+    <row r="32" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="13" t="s">
+        <v>156</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="13"/>
+      <c r="F32" s="13"/>
+      <c r="G32" s="13"/>
+      <c r="H32" s="13"/>
+      <c r="I32" s="13"/>
+    </row>
+    <row r="33" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="35" t="s">
+        <v>157</v>
+      </c>
+      <c r="C33" s="35"/>
+      <c r="D33" s="35"/>
+      <c r="E33" s="35"/>
+      <c r="F33" s="35"/>
+      <c r="G33" s="35"/>
+      <c r="H33" s="35"/>
+      <c r="I33" s="35"/>
+    </row>
+    <row r="34" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="C34" s="13"/>
+      <c r="D34" s="13"/>
+      <c r="E34" s="13"/>
+      <c r="F34" s="13"/>
+      <c r="G34" s="13"/>
+      <c r="H34" s="13"/>
+      <c r="I34" s="13"/>
+    </row>
+    <row r="35" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="35" t="s">
+        <v>159</v>
+      </c>
+      <c r="C35" s="35"/>
+      <c r="D35" s="35"/>
+      <c r="E35" s="35"/>
+      <c r="F35" s="35"/>
+      <c r="G35" s="35"/>
+      <c r="H35" s="35"/>
+      <c r="I35" s="35"/>
+    </row>
+    <row r="36" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="C36" s="13"/>
+      <c r="D36" s="13"/>
+      <c r="E36" s="13"/>
+      <c r="F36" s="13"/>
+      <c r="G36" s="13"/>
+      <c r="H36" s="13"/>
+      <c r="I36" s="13"/>
+    </row>
+    <row r="37" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="35" t="s">
+        <v>161</v>
+      </c>
+      <c r="C37" s="35"/>
+      <c r="D37" s="35"/>
+      <c r="E37" s="35"/>
+      <c r="F37" s="35"/>
+      <c r="G37" s="35"/>
+      <c r="H37" s="35"/>
+      <c r="I37" s="35"/>
+    </row>
+    <row r="38" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="13" t="s">
+        <v>162</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="13"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="13"/>
+      <c r="H38" s="13"/>
+      <c r="I38" s="13"/>
+    </row>
+    <row r="39" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="35" t="s">
+        <v>163</v>
+      </c>
+      <c r="C39" s="35"/>
+      <c r="D39" s="35"/>
+      <c r="E39" s="35"/>
+      <c r="F39" s="35"/>
+      <c r="G39" s="35"/>
+      <c r="H39" s="35"/>
+      <c r="I39" s="35"/>
+    </row>
+    <row r="40" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="13" t="s">
+        <v>164</v>
+      </c>
+      <c r="C40" s="13"/>
+      <c r="D40" s="13"/>
+      <c r="E40" s="13"/>
+      <c r="F40" s="13"/>
+      <c r="G40" s="13"/>
+      <c r="H40" s="13"/>
+      <c r="I40" s="13"/>
+    </row>
+    <row r="41" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="35" t="s">
+        <v>165</v>
+      </c>
+      <c r="C41" s="35"/>
+      <c r="D41" s="35"/>
+      <c r="E41" s="35"/>
+      <c r="F41" s="35"/>
+      <c r="G41" s="35"/>
+      <c r="H41" s="35"/>
+      <c r="I41" s="35"/>
+    </row>
+    <row r="42" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="13" t="s">
+        <v>166</v>
+      </c>
+      <c r="C42" s="13"/>
+      <c r="D42" s="13"/>
+      <c r="E42" s="13"/>
+      <c r="F42" s="13"/>
+      <c r="G42" s="13"/>
+      <c r="H42" s="13"/>
+      <c r="I42" s="13"/>
+    </row>
+    <row r="43" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="35" t="s">
+        <v>167</v>
+      </c>
+      <c r="C43" s="35"/>
+      <c r="D43" s="35"/>
+      <c r="E43" s="35"/>
+      <c r="F43" s="35"/>
+      <c r="G43" s="35"/>
+      <c r="H43" s="35"/>
+      <c r="I43" s="35"/>
+    </row>
+    <row r="44" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="13" t="s">
+        <v>168</v>
+      </c>
+      <c r="C44" s="13"/>
+      <c r="D44" s="13"/>
+      <c r="E44" s="13"/>
+      <c r="F44" s="13"/>
+      <c r="G44" s="13"/>
+      <c r="H44" s="13"/>
+      <c r="I44" s="13"/>
+    </row>
+    <row r="45" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="35" t="s">
+        <v>169</v>
+      </c>
+      <c r="C45" s="35"/>
+      <c r="D45" s="35"/>
+      <c r="E45" s="35"/>
+      <c r="F45" s="35"/>
+      <c r="G45" s="35"/>
+      <c r="H45" s="35"/>
+      <c r="I45" s="35"/>
+    </row>
+    <row r="46" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="13" t="s">
+        <v>170</v>
+      </c>
+      <c r="C46" s="13"/>
+      <c r="D46" s="13"/>
+      <c r="E46" s="13"/>
+      <c r="F46" s="13"/>
+      <c r="G46" s="13"/>
+      <c r="H46" s="13"/>
+      <c r="I46" s="13"/>
+    </row>
+    <row r="47" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="35" t="s">
+        <v>171</v>
+      </c>
+      <c r="C47" s="35"/>
+      <c r="D47" s="35"/>
+      <c r="E47" s="35"/>
+      <c r="F47" s="35"/>
+      <c r="G47" s="35"/>
+      <c r="H47" s="35"/>
+      <c r="I47" s="35"/>
+    </row>
+    <row r="48" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="13" t="s">
+        <v>172</v>
+      </c>
+      <c r="C48" s="13"/>
+      <c r="D48" s="13"/>
+      <c r="E48" s="13"/>
+      <c r="F48" s="13"/>
+      <c r="G48" s="13"/>
+      <c r="H48" s="13"/>
+      <c r="I48" s="13"/>
+    </row>
+    <row r="49" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="35" t="s">
+        <v>173</v>
+      </c>
+      <c r="C49" s="35"/>
+      <c r="D49" s="35"/>
+      <c r="E49" s="35"/>
+      <c r="F49" s="35"/>
+      <c r="G49" s="35"/>
+      <c r="H49" s="35"/>
+      <c r="I49" s="35"/>
+    </row>
+    <row r="50" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="C50" s="13"/>
+      <c r="D50" s="13"/>
+      <c r="E50" s="13"/>
+      <c r="F50" s="13"/>
+      <c r="G50" s="13"/>
+      <c r="H50" s="13"/>
+      <c r="I50" s="13"/>
+    </row>
+    <row r="51" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="35" t="s">
+        <v>175</v>
+      </c>
+      <c r="C51" s="35"/>
+      <c r="D51" s="35"/>
+      <c r="E51" s="35"/>
+      <c r="F51" s="35"/>
+      <c r="G51" s="35"/>
+      <c r="H51" s="35"/>
+      <c r="I51" s="35"/>
+    </row>
+    <row r="52" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="C52" s="13"/>
+      <c r="D52" s="13"/>
+      <c r="E52" s="13"/>
+      <c r="F52" s="13"/>
+      <c r="G52" s="13"/>
+      <c r="H52" s="13"/>
+      <c r="I52" s="13"/>
+    </row>
+    <row r="53" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B53" s="51" t="s">
+        <v>177</v>
+      </c>
+      <c r="C53" s="51"/>
+      <c r="D53" s="51"/>
+      <c r="E53" s="51"/>
+      <c r="F53" s="51"/>
+      <c r="G53" s="51"/>
+      <c r="H53" s="51"/>
+      <c r="I53" s="51"/>
+    </row>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="B15:I15"/>
+    <mergeCell ref="B16:I16"/>
+    <mergeCell ref="B17:I17"/>
+    <mergeCell ref="B19:H19"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C12123D-2541-4859-95DE-BB02E44DAEBD}">
   <dimension ref="B1:H9"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="40.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="60.7109375" style="1" customWidth="1"/>
     <col min="4" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="40" t="s">
-        <v>464</v>
+        <v>392</v>
       </c>
     </row>
     <row r="3" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="60"/>
+      <c r="B3" s="53"/>
     </row>
     <row r="4" spans="2:8" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="61" t="s">
-        <v>454</v>
+      <c r="B4" s="54" t="s">
+        <v>382</v>
       </c>
     </row>
     <row r="5" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="67" t="s">
-[...7 lines deleted...]
-      <c r="H5" s="67"/>
+      <c r="B5" s="70" t="s">
+        <v>383</v>
+      </c>
+      <c r="C5" s="70"/>
+      <c r="D5" s="70"/>
+      <c r="E5" s="70"/>
+      <c r="F5" s="70"/>
+      <c r="G5" s="70"/>
+      <c r="H5" s="70"/>
     </row>
     <row r="6" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B6" s="45" t="s">
-        <v>456</v>
+        <v>384</v>
       </c>
       <c r="C6" s="45" t="s">
-        <v>455</v>
+        <v>383</v>
       </c>
       <c r="D6" s="45"/>
       <c r="E6" s="45"/>
       <c r="F6" s="45"/>
       <c r="G6" s="45"/>
       <c r="H6" s="45"/>
     </row>
     <row r="7" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="35" t="s">
-        <v>457</v>
+        <v>385</v>
       </c>
       <c r="C7" s="35" t="s">
-        <v>458</v>
+        <v>386</v>
       </c>
       <c r="D7" s="35"/>
       <c r="E7" s="35"/>
       <c r="F7" s="35"/>
       <c r="G7" s="35"/>
       <c r="H7" s="35"/>
     </row>
     <row r="8" spans="2:8" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B8" s="41" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>460</v>
+        <v>387</v>
+      </c>
+      <c r="C8" s="58" t="s">
+        <v>388</v>
       </c>
       <c r="D8" s="41"/>
       <c r="E8" s="41"/>
       <c r="F8" s="41"/>
       <c r="G8" s="41"/>
       <c r="H8" s="41"/>
     </row>
     <row r="9" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B5:H5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C8" r:id="rId1" xr:uid="{2C2CDA0E-BD38-4FFB-9CB5-54149BC8B53C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E41CA0AF-E171-4C4C-AE1F-47E51CB540E0}">
   <dimension ref="B1:I65"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="58.140625" style="1" customWidth="1"/>
     <col min="3" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="21" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
     </row>
     <row r="3" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="H3" s="19"/>
       <c r="I3" s="20"/>
     </row>
     <row r="4" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>36</v>
       </c>
       <c r="C4" s="9">
         <v>2021</v>
       </c>
       <c r="H4" s="19"/>
       <c r="I4" s="20"/>
     </row>
     <row r="5" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B5" s="35" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="39">
         <v>45</v>
       </c>
       <c r="H5" s="19"/>
       <c r="I5" s="20"/>
@@ -3095,167 +3635,167 @@
       </c>
       <c r="C8" s="9" t="s">
         <v>0</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>1</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>3</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="B9" s="6" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C9" s="11">
         <v>0</v>
       </c>
       <c r="D9" s="11">
         <v>0</v>
       </c>
       <c r="E9" s="11">
         <v>0</v>
       </c>
       <c r="F9" s="11">
         <v>0</v>
       </c>
       <c r="G9" s="11">
         <v>0</v>
       </c>
       <c r="H9" s="11">
         <v>1</v>
       </c>
       <c r="I9" s="16">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="C10" s="11">
         <v>0</v>
       </c>
       <c r="D10" s="11">
         <v>0</v>
       </c>
       <c r="E10" s="11">
         <v>0</v>
       </c>
       <c r="F10" s="11">
         <v>0</v>
       </c>
       <c r="G10" s="11">
         <v>0</v>
       </c>
       <c r="H10" s="11">
         <v>1</v>
       </c>
       <c r="I10" s="16">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="6" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="C11" s="11" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="D11" s="11">
         <v>5</v>
       </c>
       <c r="E11" s="11" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="F11" s="11" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="G11" s="11">
         <v>2</v>
       </c>
       <c r="H11" s="11" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="I11" s="16">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="6" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="C12" s="11">
         <v>2</v>
       </c>
       <c r="D12" s="11">
         <v>0</v>
       </c>
       <c r="E12" s="11">
         <v>0</v>
       </c>
       <c r="F12" s="11">
         <v>0</v>
       </c>
       <c r="G12" s="11">
         <v>1</v>
       </c>
       <c r="H12" s="11">
         <v>0</v>
       </c>
       <c r="I12" s="16">
         <v>3</v>
       </c>
     </row>
     <row r="13" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B13" s="7" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C13" s="12">
         <v>0</v>
       </c>
       <c r="D13" s="12">
         <v>0</v>
       </c>
       <c r="E13" s="12">
         <v>0</v>
       </c>
       <c r="F13" s="12" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G13" s="12">
         <v>1</v>
       </c>
       <c r="H13" s="12">
         <v>2</v>
       </c>
       <c r="I13" s="17">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="31">
         <v>8</v>
       </c>
       <c r="D14" s="31">
         <v>5</v>
       </c>
       <c r="E14" s="31">
         <v>5</v>
       </c>
       <c r="F14" s="31">
@@ -3263,2284 +3803,1678 @@
       </c>
       <c r="G14" s="31">
         <v>4</v>
       </c>
       <c r="H14" s="31">
         <v>18</v>
       </c>
       <c r="I14" s="31">
         <f>SUM(I9:I13)</f>
         <v>45</v>
       </c>
     </row>
     <row r="15" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B15" s="30" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="22"/>
       <c r="G15" s="22"/>
       <c r="H15" s="22"/>
       <c r="I15" s="22"/>
     </row>
     <row r="16" spans="2:9" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="69" t="s">
-[...8 lines deleted...]
-      <c r="I16" s="64"/>
+      <c r="B16" s="72" t="s">
+        <v>65</v>
+      </c>
+      <c r="C16" s="67"/>
+      <c r="D16" s="67"/>
+      <c r="E16" s="67"/>
+      <c r="F16" s="67"/>
+      <c r="G16" s="67"/>
+      <c r="H16" s="67"/>
+      <c r="I16" s="67"/>
     </row>
     <row r="17" spans="2:9" s="29" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="65"/>
-[...6 lines deleted...]
-      <c r="I17" s="65"/>
+      <c r="B17" s="68"/>
+      <c r="C17" s="68"/>
+      <c r="D17" s="68"/>
+      <c r="E17" s="68"/>
+      <c r="F17" s="68"/>
+      <c r="G17" s="68"/>
+      <c r="H17" s="68"/>
+      <c r="I17" s="68"/>
     </row>
     <row r="18" spans="2:9" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B18" s="70"/>
-[...6 lines deleted...]
-      <c r="I18" s="70"/>
+      <c r="B18" s="73"/>
+      <c r="C18" s="73"/>
+      <c r="D18" s="73"/>
+      <c r="E18" s="73"/>
+      <c r="F18" s="73"/>
+      <c r="G18" s="73"/>
+      <c r="H18" s="73"/>
+      <c r="I18" s="73"/>
     </row>
     <row r="19" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="20" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B20" s="67" t="s">
+      <c r="B20" s="70" t="s">
         <v>14</v>
       </c>
-      <c r="C20" s="67"/>
-[...4 lines deleted...]
-      <c r="H20" s="67"/>
+      <c r="C20" s="70"/>
+      <c r="D20" s="70"/>
+      <c r="E20" s="70"/>
+      <c r="F20" s="70"/>
+      <c r="G20" s="70"/>
+      <c r="H20" s="70"/>
       <c r="I20" s="34"/>
     </row>
     <row r="21" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B21" s="45" t="s">
-        <v>170</v>
+        <v>101</v>
       </c>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="36"/>
       <c r="G21" s="36"/>
       <c r="H21" s="36"/>
       <c r="I21" s="36"/>
     </row>
     <row r="22" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="35" t="s">
-        <v>171</v>
+        <v>102</v>
       </c>
       <c r="C22" s="38"/>
       <c r="D22" s="38"/>
       <c r="E22" s="38"/>
       <c r="F22" s="38"/>
       <c r="G22" s="38"/>
       <c r="H22" s="38"/>
       <c r="I22" s="38"/>
     </row>
     <row r="23" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="13" t="s">
-        <v>172</v>
+        <v>103</v>
       </c>
       <c r="C23" s="37"/>
       <c r="D23" s="37"/>
       <c r="E23" s="37"/>
       <c r="F23" s="37"/>
       <c r="G23" s="37"/>
       <c r="H23" s="37"/>
     </row>
     <row r="24" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="35" t="s">
-        <v>173</v>
+        <v>104</v>
       </c>
       <c r="C24" s="38"/>
       <c r="D24" s="38"/>
       <c r="E24" s="38"/>
       <c r="F24" s="38"/>
       <c r="G24" s="38"/>
       <c r="H24" s="38"/>
       <c r="I24" s="38"/>
     </row>
     <row r="25" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="13" t="s">
-        <v>174</v>
+        <v>105</v>
       </c>
       <c r="C25" s="37"/>
       <c r="D25" s="37"/>
       <c r="E25" s="37"/>
       <c r="F25" s="37"/>
       <c r="G25" s="37"/>
       <c r="H25" s="37"/>
     </row>
     <row r="26" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="35" t="s">
-        <v>175</v>
+        <v>106</v>
       </c>
       <c r="C26" s="38"/>
       <c r="D26" s="38"/>
       <c r="E26" s="38"/>
       <c r="F26" s="38"/>
       <c r="G26" s="38"/>
       <c r="H26" s="38"/>
       <c r="I26" s="38"/>
     </row>
     <row r="27" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="13" t="s">
-        <v>176</v>
+        <v>107</v>
       </c>
       <c r="C27" s="37"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
     </row>
     <row r="28" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="35" t="s">
-        <v>177</v>
+        <v>108</v>
       </c>
       <c r="C28" s="38"/>
       <c r="D28" s="38"/>
       <c r="E28" s="38"/>
       <c r="F28" s="38"/>
       <c r="G28" s="38"/>
       <c r="H28" s="38"/>
       <c r="I28" s="38"/>
     </row>
     <row r="29" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="13" t="s">
-        <v>178</v>
+        <v>109</v>
       </c>
       <c r="C29" s="37"/>
       <c r="D29" s="37"/>
       <c r="E29" s="37"/>
       <c r="F29" s="37"/>
       <c r="G29" s="37"/>
       <c r="H29" s="37"/>
     </row>
     <row r="30" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="35" t="s">
-        <v>179</v>
+        <v>110</v>
       </c>
       <c r="C30" s="38"/>
       <c r="D30" s="38"/>
       <c r="E30" s="38"/>
       <c r="F30" s="38"/>
       <c r="G30" s="38"/>
       <c r="H30" s="38"/>
       <c r="I30" s="38"/>
     </row>
     <row r="31" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="13" t="s">
-        <v>180</v>
+        <v>111</v>
       </c>
       <c r="C31" s="37"/>
       <c r="D31" s="37"/>
       <c r="E31" s="37"/>
       <c r="F31" s="37"/>
       <c r="G31" s="37"/>
       <c r="H31" s="37"/>
     </row>
     <row r="32" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="35" t="s">
-        <v>181</v>
+        <v>112</v>
       </c>
       <c r="C32" s="38"/>
       <c r="D32" s="38"/>
       <c r="E32" s="38"/>
       <c r="F32" s="38"/>
       <c r="G32" s="38"/>
       <c r="H32" s="38"/>
       <c r="I32" s="38"/>
     </row>
     <row r="33" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="13" t="s">
-        <v>182</v>
+        <v>113</v>
       </c>
       <c r="C33" s="37"/>
       <c r="D33" s="37"/>
       <c r="E33" s="37"/>
       <c r="F33" s="37"/>
       <c r="G33" s="37"/>
       <c r="H33" s="37"/>
     </row>
     <row r="34" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="35" t="s">
-        <v>183</v>
+        <v>114</v>
       </c>
       <c r="C34" s="38"/>
       <c r="D34" s="38"/>
       <c r="E34" s="38"/>
       <c r="F34" s="38"/>
       <c r="G34" s="38"/>
       <c r="H34" s="38"/>
       <c r="I34" s="38"/>
     </row>
     <row r="35" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="13" t="s">
-        <v>184</v>
+        <v>115</v>
       </c>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="37"/>
     </row>
     <row r="36" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="35" t="s">
-        <v>185</v>
+        <v>116</v>
       </c>
       <c r="C36" s="38"/>
       <c r="D36" s="38"/>
       <c r="E36" s="38"/>
       <c r="F36" s="38"/>
       <c r="G36" s="38"/>
       <c r="H36" s="38"/>
       <c r="I36" s="38"/>
     </row>
     <row r="37" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="13" t="s">
-        <v>186</v>
+        <v>117</v>
       </c>
       <c r="C37" s="37"/>
       <c r="D37" s="37"/>
       <c r="E37" s="37"/>
       <c r="F37" s="37"/>
       <c r="G37" s="37"/>
       <c r="H37" s="37"/>
     </row>
     <row r="38" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="35" t="s">
-        <v>187</v>
+        <v>118</v>
       </c>
       <c r="C38" s="38"/>
       <c r="D38" s="38"/>
       <c r="E38" s="38"/>
       <c r="F38" s="38"/>
       <c r="G38" s="38"/>
       <c r="H38" s="38"/>
       <c r="I38" s="38"/>
     </row>
     <row r="39" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="13" t="s">
-        <v>188</v>
+        <v>119</v>
       </c>
       <c r="C39" s="37"/>
       <c r="D39" s="37"/>
       <c r="E39" s="37"/>
       <c r="F39" s="37"/>
       <c r="G39" s="37"/>
       <c r="H39" s="37"/>
     </row>
     <row r="40" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="35" t="s">
-        <v>189</v>
+        <v>120</v>
       </c>
       <c r="C40" s="38"/>
       <c r="D40" s="38"/>
       <c r="E40" s="38"/>
       <c r="F40" s="38"/>
       <c r="G40" s="38"/>
       <c r="H40" s="38"/>
       <c r="I40" s="38"/>
     </row>
     <row r="41" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="13" t="s">
-        <v>190</v>
+        <v>121</v>
       </c>
       <c r="C41" s="37"/>
       <c r="D41" s="37"/>
       <c r="E41" s="37"/>
       <c r="F41" s="37"/>
       <c r="G41" s="37"/>
       <c r="H41" s="37"/>
     </row>
     <row r="42" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="35" t="s">
-        <v>191</v>
+        <v>122</v>
       </c>
       <c r="C42" s="38"/>
       <c r="D42" s="38"/>
       <c r="E42" s="38"/>
       <c r="F42" s="38"/>
       <c r="G42" s="38"/>
       <c r="H42" s="38"/>
       <c r="I42" s="38"/>
     </row>
     <row r="43" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="13" t="s">
-        <v>192</v>
+        <v>123</v>
       </c>
       <c r="C43" s="37"/>
       <c r="D43" s="37"/>
       <c r="E43" s="37"/>
       <c r="F43" s="37"/>
       <c r="G43" s="37"/>
       <c r="H43" s="37"/>
     </row>
     <row r="44" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="35" t="s">
-        <v>193</v>
+        <v>124</v>
       </c>
       <c r="C44" s="38"/>
       <c r="D44" s="38"/>
       <c r="E44" s="38"/>
       <c r="F44" s="38"/>
       <c r="G44" s="38"/>
       <c r="H44" s="38"/>
       <c r="I44" s="38"/>
     </row>
     <row r="45" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="13" t="s">
-        <v>194</v>
+        <v>125</v>
       </c>
       <c r="C45" s="37"/>
       <c r="D45" s="37"/>
       <c r="E45" s="37"/>
       <c r="F45" s="37"/>
       <c r="G45" s="37"/>
       <c r="H45" s="37"/>
     </row>
     <row r="46" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="35" t="s">
-        <v>195</v>
+        <v>126</v>
       </c>
       <c r="C46" s="38"/>
       <c r="D46" s="38"/>
       <c r="E46" s="38"/>
       <c r="F46" s="38"/>
       <c r="G46" s="38"/>
       <c r="H46" s="38"/>
       <c r="I46" s="38"/>
     </row>
     <row r="47" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="13" t="s">
-        <v>196</v>
+        <v>127</v>
       </c>
       <c r="C47" s="37"/>
       <c r="D47" s="37"/>
       <c r="E47" s="37"/>
       <c r="F47" s="37"/>
       <c r="G47" s="37"/>
       <c r="H47" s="37"/>
     </row>
     <row r="48" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="35" t="s">
-        <v>197</v>
+        <v>128</v>
       </c>
       <c r="C48" s="38"/>
       <c r="D48" s="38"/>
       <c r="E48" s="38"/>
       <c r="F48" s="38"/>
       <c r="G48" s="38"/>
       <c r="H48" s="38"/>
       <c r="I48" s="38"/>
     </row>
     <row r="49" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="13" t="s">
-        <v>198</v>
+        <v>129</v>
       </c>
       <c r="C49" s="37"/>
       <c r="D49" s="37"/>
       <c r="E49" s="37"/>
       <c r="F49" s="37"/>
       <c r="G49" s="37"/>
       <c r="H49" s="37"/>
     </row>
     <row r="50" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="35" t="s">
-        <v>199</v>
+        <v>130</v>
       </c>
       <c r="C50" s="38"/>
       <c r="D50" s="38"/>
       <c r="E50" s="38"/>
       <c r="F50" s="38"/>
       <c r="G50" s="38"/>
       <c r="H50" s="38"/>
       <c r="I50" s="38"/>
     </row>
     <row r="51" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="13" t="s">
-        <v>200</v>
+        <v>131</v>
       </c>
       <c r="C51" s="37"/>
       <c r="D51" s="37"/>
       <c r="E51" s="37"/>
       <c r="F51" s="37"/>
       <c r="G51" s="37"/>
       <c r="H51" s="37"/>
     </row>
     <row r="52" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="35" t="s">
-        <v>201</v>
+        <v>132</v>
       </c>
       <c r="C52" s="38"/>
       <c r="D52" s="38"/>
       <c r="E52" s="38"/>
       <c r="F52" s="38"/>
       <c r="G52" s="38"/>
       <c r="H52" s="38"/>
       <c r="I52" s="38"/>
     </row>
     <row r="53" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="13" t="s">
-        <v>202</v>
+        <v>133</v>
       </c>
       <c r="C53" s="37"/>
       <c r="D53" s="37"/>
       <c r="E53" s="37"/>
       <c r="F53" s="37"/>
       <c r="G53" s="37"/>
       <c r="H53" s="37"/>
     </row>
     <row r="54" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="35" t="s">
-        <v>203</v>
+        <v>134</v>
       </c>
       <c r="C54" s="38"/>
       <c r="D54" s="38"/>
       <c r="E54" s="38"/>
       <c r="F54" s="38"/>
       <c r="G54" s="38"/>
       <c r="H54" s="38"/>
       <c r="I54" s="38"/>
     </row>
     <row r="55" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="13" t="s">
-        <v>204</v>
+        <v>135</v>
       </c>
       <c r="C55" s="37"/>
       <c r="D55" s="37"/>
       <c r="E55" s="37"/>
       <c r="F55" s="37"/>
       <c r="G55" s="37"/>
       <c r="H55" s="37"/>
     </row>
     <row r="56" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="35" t="s">
-        <v>205</v>
+        <v>136</v>
       </c>
       <c r="C56" s="38"/>
       <c r="D56" s="38"/>
       <c r="E56" s="38"/>
       <c r="F56" s="38"/>
       <c r="G56" s="38"/>
       <c r="H56" s="38"/>
       <c r="I56" s="38"/>
     </row>
     <row r="57" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="13" t="s">
-        <v>206</v>
+        <v>137</v>
       </c>
       <c r="C57" s="37"/>
       <c r="D57" s="37"/>
       <c r="E57" s="37"/>
       <c r="F57" s="37"/>
       <c r="G57" s="37"/>
       <c r="H57" s="37"/>
     </row>
     <row r="58" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="35" t="s">
-        <v>207</v>
+        <v>138</v>
       </c>
       <c r="C58" s="38"/>
       <c r="D58" s="38"/>
       <c r="E58" s="38"/>
       <c r="F58" s="38"/>
       <c r="G58" s="38"/>
       <c r="H58" s="38"/>
       <c r="I58" s="38"/>
     </row>
     <row r="59" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="13" t="s">
-        <v>208</v>
+        <v>139</v>
       </c>
       <c r="C59" s="37"/>
       <c r="D59" s="37"/>
       <c r="E59" s="37"/>
       <c r="F59" s="37"/>
       <c r="G59" s="37"/>
       <c r="H59" s="37"/>
     </row>
     <row r="60" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="35" t="s">
-        <v>209</v>
+        <v>140</v>
       </c>
       <c r="C60" s="38"/>
       <c r="D60" s="38"/>
       <c r="E60" s="38"/>
       <c r="F60" s="38"/>
       <c r="G60" s="38"/>
       <c r="H60" s="38"/>
       <c r="I60" s="38"/>
     </row>
     <row r="61" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="13" t="s">
-        <v>210</v>
+        <v>141</v>
       </c>
       <c r="C61" s="37"/>
       <c r="D61" s="37"/>
       <c r="E61" s="37"/>
       <c r="F61" s="37"/>
       <c r="G61" s="37"/>
       <c r="H61" s="37"/>
     </row>
     <row r="62" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="35" t="s">
-        <v>211</v>
+        <v>142</v>
       </c>
       <c r="C62" s="38"/>
       <c r="D62" s="38"/>
       <c r="E62" s="38"/>
       <c r="F62" s="38"/>
       <c r="G62" s="38"/>
       <c r="H62" s="38"/>
       <c r="I62" s="38"/>
     </row>
     <row r="63" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="13" t="s">
-        <v>212</v>
+        <v>143</v>
       </c>
       <c r="C63" s="37"/>
       <c r="D63" s="37"/>
       <c r="E63" s="37"/>
       <c r="F63" s="37"/>
       <c r="G63" s="37"/>
       <c r="H63" s="37"/>
     </row>
     <row r="64" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="35" t="s">
-        <v>213</v>
+        <v>144</v>
       </c>
       <c r="C64" s="38"/>
       <c r="D64" s="38"/>
       <c r="E64" s="38"/>
       <c r="F64" s="38"/>
       <c r="G64" s="38"/>
       <c r="H64" s="38"/>
       <c r="I64" s="38"/>
     </row>
     <row r="65" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B65" s="78" t="s">
-[...8 lines deleted...]
-      <c r="I65" s="79"/>
+      <c r="B65" s="60" t="s">
+        <v>145</v>
+      </c>
+      <c r="C65" s="61"/>
+      <c r="D65" s="61"/>
+      <c r="E65" s="61"/>
+      <c r="F65" s="61"/>
+      <c r="G65" s="61"/>
+      <c r="H65" s="61"/>
+      <c r="I65" s="61"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B16:I18"/>
     <mergeCell ref="B20:H20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{91AED642-7666-45E3-92C8-F70C006F7853}">
   <dimension ref="B1:H9"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="40.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="60.7109375" style="1" customWidth="1"/>
     <col min="4" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="40" t="s">
-        <v>465</v>
+        <v>393</v>
       </c>
     </row>
     <row r="3" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="60"/>
+      <c r="B3" s="53"/>
     </row>
     <row r="4" spans="2:8" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="61" t="s">
-        <v>454</v>
+      <c r="B4" s="54" t="s">
+        <v>382</v>
       </c>
     </row>
     <row r="5" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="67" t="s">
-[...7 lines deleted...]
-      <c r="H5" s="67"/>
+      <c r="B5" s="70" t="s">
+        <v>383</v>
+      </c>
+      <c r="C5" s="70"/>
+      <c r="D5" s="70"/>
+      <c r="E5" s="70"/>
+      <c r="F5" s="70"/>
+      <c r="G5" s="70"/>
+      <c r="H5" s="70"/>
     </row>
     <row r="6" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B6" s="45" t="s">
-        <v>456</v>
+        <v>384</v>
       </c>
       <c r="C6" s="45" t="s">
-        <v>455</v>
+        <v>383</v>
       </c>
       <c r="D6" s="45"/>
       <c r="E6" s="45"/>
       <c r="F6" s="45"/>
       <c r="G6" s="45"/>
       <c r="H6" s="45"/>
     </row>
     <row r="7" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="35" t="s">
-        <v>457</v>
+        <v>385</v>
       </c>
       <c r="C7" s="35" t="s">
-        <v>458</v>
+        <v>386</v>
       </c>
       <c r="D7" s="35"/>
       <c r="E7" s="35"/>
       <c r="F7" s="35"/>
       <c r="G7" s="35"/>
       <c r="H7" s="35"/>
     </row>
     <row r="8" spans="2:8" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B8" s="41" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>460</v>
+        <v>387</v>
+      </c>
+      <c r="C8" s="58" t="s">
+        <v>388</v>
       </c>
       <c r="D8" s="41"/>
       <c r="E8" s="41"/>
       <c r="F8" s="41"/>
       <c r="G8" s="41"/>
       <c r="H8" s="41"/>
     </row>
     <row r="9" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B5:H5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C8" r:id="rId1" xr:uid="{DB150E85-8579-4387-8E6F-A70D9DD9AE4C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="B1:I82"/>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DB719136-36BE-4E26-AB98-213AB2A9CC61}">
+  <dimension ref="B1:H18"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="D2" sqref="D2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="11.42578125" style="1"/>
+    <col min="2" max="2" width="58.140625" style="1" customWidth="1"/>
+    <col min="3" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B1" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="40" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="3" spans="2:8" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" s="9">
+        <v>2021</v>
+      </c>
+      <c r="D4" s="9">
+        <v>2022</v>
+      </c>
+      <c r="E4" s="9">
+        <v>2023</v>
+      </c>
+      <c r="F4" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G4" s="9">
+        <v>2025</v>
+      </c>
+      <c r="H4" s="9">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="5" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="35" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" s="35">
+        <v>45</v>
+      </c>
+      <c r="D5" s="35">
+        <v>34</v>
+      </c>
+      <c r="E5" s="35">
+        <v>113</v>
+      </c>
+      <c r="F5" s="35">
+        <v>68</v>
+      </c>
+      <c r="G5" s="35">
+        <v>61</v>
+      </c>
+      <c r="H5" s="35">
+        <f>'2026'!C5</f>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="2:8" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" s="41">
+        <v>40</v>
+      </c>
+      <c r="D6" s="41">
+        <v>30</v>
+      </c>
+      <c r="E6" s="41">
+        <v>39</v>
+      </c>
+      <c r="F6" s="41">
+        <v>42</v>
+      </c>
+      <c r="G6" s="41">
+        <v>19</v>
+      </c>
+      <c r="H6" s="41">
+        <f>'2026'!C6</f>
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="2:8" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="2"/>
+    </row>
+    <row r="8" spans="2:8" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="9">
+        <v>2021</v>
+      </c>
+      <c r="D8" s="9">
+        <v>2022</v>
+      </c>
+      <c r="E8" s="9">
+        <v>2023</v>
+      </c>
+      <c r="F8" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G8" s="9">
+        <v>2025</v>
+      </c>
+      <c r="H8" s="9">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="9" spans="2:8" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="49">
+        <v>0</v>
+      </c>
+      <c r="D9" s="49">
+        <v>0</v>
+      </c>
+      <c r="E9" s="49">
+        <v>0</v>
+      </c>
+      <c r="F9" s="49">
+        <v>0</v>
+      </c>
+      <c r="G9" s="49">
+        <v>0</v>
+      </c>
+      <c r="H9" s="49">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="2:8" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" s="49">
+        <v>0</v>
+      </c>
+      <c r="D10" s="49">
+        <v>2</v>
+      </c>
+      <c r="E10" s="49">
+        <v>0</v>
+      </c>
+      <c r="F10" s="49">
+        <v>28</v>
+      </c>
+      <c r="G10" s="49">
+        <v>29</v>
+      </c>
+      <c r="H10" s="49">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="2:8" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="49">
+        <v>1</v>
+      </c>
+      <c r="D11" s="49">
+        <v>0</v>
+      </c>
+      <c r="E11" s="49">
+        <v>2</v>
+      </c>
+      <c r="F11" s="49">
+        <v>3</v>
+      </c>
+      <c r="G11" s="49">
+        <v>3</v>
+      </c>
+      <c r="H11" s="49">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="2:8" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" s="49">
+        <v>1</v>
+      </c>
+      <c r="D12" s="49">
+        <v>2</v>
+      </c>
+      <c r="E12" s="49">
+        <v>8</v>
+      </c>
+      <c r="F12" s="49">
+        <v>3</v>
+      </c>
+      <c r="G12" s="49">
+        <v>0</v>
+      </c>
+      <c r="H12" s="49">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="2:8" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C13" s="49">
+        <v>36</v>
+      </c>
+      <c r="D13" s="49">
+        <v>27</v>
+      </c>
+      <c r="E13" s="49">
+        <v>45</v>
+      </c>
+      <c r="F13" s="49">
+        <v>11</v>
+      </c>
+      <c r="G13" s="49">
+        <v>4</v>
+      </c>
+      <c r="H13" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="14" spans="2:8" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C14" s="49">
+        <v>0</v>
+      </c>
+      <c r="D14" s="49">
+        <v>0</v>
+      </c>
+      <c r="E14" s="49">
+        <v>7</v>
+      </c>
+      <c r="F14" s="49">
+        <v>17</v>
+      </c>
+      <c r="G14" s="49">
+        <v>12</v>
+      </c>
+      <c r="H14" s="49">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="15" spans="2:8" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C15" s="49">
+        <v>3</v>
+      </c>
+      <c r="D15" s="49">
+        <v>0</v>
+      </c>
+      <c r="E15" s="49">
+        <v>5</v>
+      </c>
+      <c r="F15" s="49">
+        <v>0</v>
+      </c>
+      <c r="G15" s="49">
+        <v>8</v>
+      </c>
+      <c r="H15" s="49">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="2:8" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="50">
+        <v>4</v>
+      </c>
+      <c r="D16" s="50">
+        <v>3</v>
+      </c>
+      <c r="E16" s="50">
+        <v>46</v>
+      </c>
+      <c r="F16" s="50">
+        <v>6</v>
+      </c>
+      <c r="G16" s="50">
+        <v>5</v>
+      </c>
+      <c r="H16" s="50">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="17" spans="2:8" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" s="31">
+        <f t="shared" ref="C17:F17" si="0">SUM(C9:C16)</f>
+        <v>45</v>
+      </c>
+      <c r="D17" s="31">
+        <f t="shared" si="0"/>
+        <v>34</v>
+      </c>
+      <c r="E17" s="31">
+        <f t="shared" si="0"/>
+        <v>113</v>
+      </c>
+      <c r="F17" s="31">
+        <f t="shared" si="0"/>
+        <v>68</v>
+      </c>
+      <c r="G17" s="31">
+        <f t="shared" ref="G17" si="1">SUM(G9:G16)</f>
+        <v>61</v>
+      </c>
+      <c r="H17" s="31">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="18" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2"/>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <ignoredErrors>
+    <ignoredError sqref="C17:G17" formulaRange="1"/>
+  </ignoredErrors>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DFB81238-F759-45D8-8E91-36393E2A5821}">
+  <dimension ref="B1:K40"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="58.140625" style="1" customWidth="1"/>
-    <col min="3" max="16384" width="11.42578125" style="1"/>
+    <col min="3" max="3" width="11.42578125" style="1"/>
+    <col min="4" max="7" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="11.42578125" style="1" hidden="1" customWidth="1"/>
+    <col min="9" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="21" t="s">
-        <v>57</v>
+      <c r="B2" s="40" t="s">
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="H3" s="19"/>
       <c r="I3" s="20"/>
     </row>
     <row r="4" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>36</v>
       </c>
       <c r="C4" s="9">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="H4" s="19"/>
       <c r="I4" s="20"/>
     </row>
     <row r="5" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B5" s="35" t="s">
         <v>37</v>
       </c>
-      <c r="C5" s="39">
-        <v>63</v>
+      <c r="C5" s="35">
+        <v>15</v>
       </c>
       <c r="H5" s="19"/>
       <c r="I5" s="20"/>
     </row>
     <row r="6" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B6" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="42">
-        <v>48</v>
+      <c r="C6" s="41">
+        <v>28</v>
       </c>
       <c r="H6" s="19"/>
       <c r="I6" s="20"/>
     </row>
     <row r="7" spans="2:9" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B7" s="2"/>
       <c r="I7" s="20"/>
     </row>
     <row r="8" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>0</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>1</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>3</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="9" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C9" s="11">
+    <row r="9" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="10">
         <v>1</v>
       </c>
-      <c r="D9" s="11">
-[...19 lines deleted...]
-    <row r="10" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D9" s="10"/>
+      <c r="E9" s="10"/>
+      <c r="F9" s="10"/>
+      <c r="G9" s="10"/>
+      <c r="H9" s="10"/>
+      <c r="I9" s="15">
+        <f>SUM(C9:H9)</f>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="6" t="s">
-        <v>53</v>
-[...7 lines deleted...]
-      <c r="E10" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" s="11">
+        <v>5</v>
+      </c>
+      <c r="D10" s="11"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="11"/>
+      <c r="G10" s="11"/>
+      <c r="H10" s="11"/>
+      <c r="I10" s="16">
+        <f t="shared" ref="I10:I16" si="0">SUM(C10:H10)</f>
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="6" t="s">
         <v>46</v>
-      </c>
-[...15 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C11" s="11">
         <v>1</v>
       </c>
-      <c r="D11" s="11">
-[...13 lines deleted...]
-      </c>
+      <c r="D11" s="11"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="11"/>
+      <c r="G11" s="11"/>
+      <c r="H11" s="11"/>
       <c r="I11" s="16">
         <f t="shared" si="0"/>
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="6" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="C12" s="11">
         <v>0</v>
       </c>
-      <c r="D12" s="11">
+      <c r="D12" s="11"/>
+      <c r="E12" s="11"/>
+      <c r="F12" s="11"/>
+      <c r="G12" s="11"/>
+      <c r="H12" s="11"/>
+      <c r="I12" s="16">
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E12" s="11">
+    </row>
+    <row r="13" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C13" s="11">
+        <v>2</v>
+      </c>
+      <c r="D13" s="11"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="11"/>
+      <c r="G13" s="11"/>
+      <c r="H13" s="11"/>
+      <c r="I13" s="16">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="14" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C14" s="11">
+        <v>3</v>
+      </c>
+      <c r="D14" s="11"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="11"/>
+      <c r="G14" s="11"/>
+      <c r="H14" s="11"/>
+      <c r="I14" s="16">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="15" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C15" s="11">
+        <v>1</v>
+      </c>
+      <c r="D15" s="11"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="11"/>
+      <c r="G15" s="11"/>
+      <c r="H15" s="11"/>
+      <c r="I15" s="16">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="12">
+        <v>2</v>
+      </c>
+      <c r="D16" s="12"/>
+      <c r="E16" s="12"/>
+      <c r="F16" s="12"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="17">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="17" spans="2:11" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" s="31">
+        <f>SUM(C9:C16)</f>
+        <v>15</v>
+      </c>
+      <c r="D17" s="31">
+        <f t="shared" ref="D17:I17" si="1">SUM(D9:D16)</f>
         <v>0</v>
       </c>
-      <c r="F12" s="11" t="s">
-[...2 lines deleted...]
-      <c r="G12" s="11">
+      <c r="E17" s="31">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H12" s="11">
-[...34 lines deleted...]
-      <c r="B14" s="30" t="s">
+      <c r="F17" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G17" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="H17" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="I17" s="31">
+        <f t="shared" si="1"/>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="18" spans="2:11" ht="20.100000000000001" hidden="1" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="30" t="s">
         <v>17</v>
       </c>
-      <c r="C14" s="22"/>
-[...43 lines deleted...]
-      </c>
+      <c r="C18" s="22"/>
+      <c r="D18" s="22"/>
+      <c r="E18" s="22"/>
+      <c r="F18" s="22"/>
+      <c r="G18" s="22"/>
+      <c r="H18" s="22"/>
+      <c r="I18" s="22"/>
+    </row>
+    <row r="19" spans="2:11" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="67"/>
       <c r="C19" s="67"/>
       <c r="D19" s="67"/>
       <c r="E19" s="67"/>
       <c r="F19" s="67"/>
       <c r="G19" s="67"/>
       <c r="H19" s="67"/>
-      <c r="I19" s="34"/>
-[...61 lines deleted...]
-    <row r="25" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I19" s="67"/>
+    </row>
+    <row r="20" spans="2:11" s="29" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="68"/>
+      <c r="C20" s="68"/>
+      <c r="D20" s="68"/>
+      <c r="E20" s="68"/>
+      <c r="F20" s="68"/>
+      <c r="G20" s="68"/>
+      <c r="H20" s="68"/>
+      <c r="I20" s="68"/>
+    </row>
+    <row r="21" spans="2:11" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="69"/>
+      <c r="C21" s="69"/>
+      <c r="D21" s="69"/>
+      <c r="E21" s="69"/>
+      <c r="F21" s="69"/>
+      <c r="G21" s="69"/>
+      <c r="H21" s="69"/>
+      <c r="I21" s="69"/>
+    </row>
+    <row r="22" spans="2:11" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="23" spans="2:11" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="70" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="70"/>
+      <c r="D23" s="70"/>
+      <c r="E23" s="70"/>
+      <c r="F23" s="70"/>
+      <c r="G23" s="70"/>
+      <c r="H23" s="70"/>
+      <c r="I23" s="34"/>
+      <c r="J23" s="34"/>
+      <c r="K23" s="34"/>
+    </row>
+    <row r="24" spans="2:11" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="45" t="s">
+        <v>369</v>
+      </c>
+      <c r="C24" s="36"/>
+      <c r="D24" s="36"/>
+      <c r="E24" s="36"/>
+      <c r="F24" s="36"/>
+      <c r="G24" s="36"/>
+      <c r="H24" s="36"/>
+      <c r="I24" s="36"/>
+      <c r="J24" s="36"/>
+      <c r="K24" s="36"/>
+    </row>
+    <row r="25" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="35" t="s">
-        <v>423</v>
-[...9 lines deleted...]
-    <row r="26" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+        <v>401</v>
+      </c>
+      <c r="C25" s="38"/>
+      <c r="D25" s="38"/>
+      <c r="E25" s="38"/>
+      <c r="F25" s="38"/>
+      <c r="G25" s="38"/>
+      <c r="H25" s="38"/>
+      <c r="I25" s="38"/>
+      <c r="J25" s="38"/>
+      <c r="K25" s="38"/>
+    </row>
+    <row r="26" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="13" t="s">
-        <v>112</v>
-[...9 lines deleted...]
-    <row r="27" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+        <v>399</v>
+      </c>
+      <c r="C26" s="37"/>
+      <c r="D26" s="37"/>
+      <c r="E26" s="37"/>
+      <c r="F26" s="37"/>
+      <c r="G26" s="37"/>
+      <c r="H26" s="37"/>
+    </row>
+    <row r="27" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="35" t="s">
-        <v>113</v>
-[...9 lines deleted...]
-    <row r="28" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+        <v>402</v>
+      </c>
+      <c r="C27" s="38"/>
+      <c r="D27" s="38"/>
+      <c r="E27" s="38"/>
+      <c r="F27" s="38"/>
+      <c r="G27" s="38"/>
+      <c r="H27" s="38"/>
+      <c r="I27" s="38"/>
+      <c r="J27" s="38"/>
+      <c r="K27" s="38"/>
+    </row>
+    <row r="28" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="13" t="s">
-        <v>114</v>
-[...9 lines deleted...]
-    <row r="29" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+        <v>403</v>
+      </c>
+      <c r="C28" s="37"/>
+      <c r="D28" s="37"/>
+      <c r="E28" s="37"/>
+      <c r="F28" s="37"/>
+      <c r="G28" s="37"/>
+      <c r="H28" s="37"/>
+    </row>
+    <row r="29" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="35" t="s">
-        <v>115</v>
-[...9 lines deleted...]
-    <row r="30" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+        <v>404</v>
+      </c>
+      <c r="C29" s="38"/>
+      <c r="D29" s="38"/>
+      <c r="E29" s="38"/>
+      <c r="F29" s="38"/>
+      <c r="G29" s="38"/>
+      <c r="H29" s="38"/>
+      <c r="I29" s="38"/>
+      <c r="J29" s="38"/>
+      <c r="K29" s="38"/>
+    </row>
+    <row r="30" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="13" t="s">
-        <v>116</v>
-[...9 lines deleted...]
-    <row r="31" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+        <v>405</v>
+      </c>
+      <c r="C30" s="37"/>
+      <c r="D30" s="37"/>
+      <c r="E30" s="37"/>
+      <c r="F30" s="37"/>
+      <c r="G30" s="37"/>
+      <c r="H30" s="37"/>
+    </row>
+    <row r="31" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="35" t="s">
-        <v>117</v>
-[...9 lines deleted...]
-    <row r="32" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+        <v>406</v>
+      </c>
+      <c r="C31" s="38"/>
+      <c r="D31" s="38"/>
+      <c r="E31" s="38"/>
+      <c r="F31" s="38"/>
+      <c r="G31" s="38"/>
+      <c r="H31" s="38"/>
+      <c r="I31" s="38"/>
+      <c r="J31" s="38"/>
+      <c r="K31" s="38"/>
+    </row>
+    <row r="32" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="13" t="s">
-        <v>118</v>
-[...9 lines deleted...]
-    <row r="33" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+        <v>407</v>
+      </c>
+      <c r="C32" s="37"/>
+      <c r="D32" s="37"/>
+      <c r="E32" s="37"/>
+      <c r="F32" s="37"/>
+      <c r="G32" s="37"/>
+      <c r="H32" s="37"/>
+    </row>
+    <row r="33" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="35" t="s">
-        <v>119</v>
-[...9 lines deleted...]
-    <row r="34" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+        <v>408</v>
+      </c>
+      <c r="C33" s="38"/>
+      <c r="D33" s="38"/>
+      <c r="E33" s="38"/>
+      <c r="F33" s="38"/>
+      <c r="G33" s="38"/>
+      <c r="H33" s="38"/>
+      <c r="I33" s="38"/>
+      <c r="J33" s="38"/>
+      <c r="K33" s="38"/>
+    </row>
+    <row r="34" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="13" t="s">
-        <v>120</v>
-[...9 lines deleted...]
-    <row r="35" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+        <v>409</v>
+      </c>
+      <c r="C34" s="37"/>
+      <c r="D34" s="37"/>
+      <c r="E34" s="37"/>
+      <c r="F34" s="37"/>
+      <c r="G34" s="37"/>
+      <c r="H34" s="37"/>
+    </row>
+    <row r="35" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="35" t="s">
-        <v>121</v>
-[...571 lines deleted...]
-      <c r="I82" s="80"/>
+        <v>410</v>
+      </c>
+      <c r="C35" s="38"/>
+      <c r="D35" s="38"/>
+      <c r="E35" s="38"/>
+      <c r="F35" s="38"/>
+      <c r="G35" s="38"/>
+      <c r="H35" s="38"/>
+      <c r="I35" s="38"/>
+      <c r="J35" s="38"/>
+      <c r="K35" s="38"/>
+    </row>
+    <row r="36" spans="2:11" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="55" t="s">
+        <v>411</v>
+      </c>
+      <c r="C36" s="56"/>
+      <c r="D36" s="56"/>
+      <c r="E36" s="56"/>
+      <c r="F36" s="56"/>
+      <c r="G36" s="56"/>
+      <c r="H36" s="56"/>
+      <c r="I36" s="57"/>
+      <c r="J36" s="57"/>
+      <c r="K36" s="57"/>
+    </row>
+    <row r="37" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B37"/>
+      <c r="C37"/>
+      <c r="D37"/>
+      <c r="E37"/>
+      <c r="F37"/>
+      <c r="G37"/>
+      <c r="H37"/>
+      <c r="I37"/>
+    </row>
+    <row r="38" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38"/>
+      <c r="C38"/>
+      <c r="D38"/>
+      <c r="E38"/>
+      <c r="F38"/>
+      <c r="G38"/>
+      <c r="H38"/>
+      <c r="I38"/>
+    </row>
+    <row r="39" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39"/>
+      <c r="C39"/>
+      <c r="D39"/>
+      <c r="E39"/>
+      <c r="F39"/>
+      <c r="G39"/>
+      <c r="H39"/>
+      <c r="I39"/>
+    </row>
+    <row r="40" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40"/>
+      <c r="C40" s="37"/>
+      <c r="D40" s="37"/>
+      <c r="E40" s="37"/>
+      <c r="F40" s="37"/>
+      <c r="G40" s="37"/>
+      <c r="H40" s="37"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
-[...1 lines deleted...]
-    <mergeCell ref="B19:H19"/>
+  <mergeCells count="4">
+    <mergeCell ref="B19:I19"/>
+    <mergeCell ref="B20:I20"/>
+    <mergeCell ref="B21:I21"/>
+    <mergeCell ref="B23:H23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="B1:H14"/>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A4652BD-DD7A-4704-A4C9-52A5A9DE62A2}">
+  <dimension ref="B1:H5"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="40.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="60.7109375" style="1" customWidth="1"/>
     <col min="4" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="40" t="s">
-        <v>466</v>
+        <v>412</v>
       </c>
     </row>
     <row r="3" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="60"/>
-[...107 lines deleted...]
-    <row r="14" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2"/>
+      <c r="B3" s="53"/>
+    </row>
+    <row r="4" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="74"/>
+    </row>
+    <row r="5" spans="2:8" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="71" t="s">
+        <v>413</v>
+      </c>
+      <c r="C5" s="71"/>
+      <c r="D5" s="71"/>
+      <c r="E5" s="71"/>
+      <c r="F5" s="71"/>
+      <c r="G5" s="71"/>
+      <c r="H5" s="71"/>
+    </row>
   </sheetData>
-  <mergeCells count="2">
+  <mergeCells count="1">
     <mergeCell ref="B5:H5"/>
-    <mergeCell ref="B10:H10"/>
   </mergeCells>
-  <hyperlinks>
-[...2 lines deleted...]
-  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...343 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B5BB4F4A-4CF5-4B4B-85AA-B50583B30070}">
-  <dimension ref="B1:I84"/>
+  <dimension ref="B1:I82"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="58.140625" style="1" customWidth="1"/>
     <col min="3" max="7" width="11.42578125" style="1"/>
     <col min="8" max="8" width="11.42578125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="40" t="s">
-        <v>450</v>
+        <v>378</v>
       </c>
     </row>
     <row r="3" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="H3" s="19"/>
       <c r="I3" s="20"/>
     </row>
     <row r="4" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>36</v>
       </c>
       <c r="C4" s="9">
         <v>2025</v>
       </c>
       <c r="H4" s="19"/>
       <c r="I4" s="20"/>
     </row>
     <row r="5" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B5" s="35" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="35">
         <v>61</v>
       </c>
       <c r="H5" s="19"/>
       <c r="I5" s="20"/>
@@ -5563,1182 +5497,1128 @@
       <c r="B8" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>0</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>1</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>3</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="9" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C9" s="10">
+    <row r="9" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" s="11">
+        <v>6</v>
+      </c>
+      <c r="D9" s="11">
+        <v>6</v>
+      </c>
+      <c r="E9" s="11">
+        <v>4</v>
+      </c>
+      <c r="F9" s="11">
         <v>0</v>
       </c>
-      <c r="D9" s="10">
+      <c r="G9" s="11">
+        <v>4</v>
+      </c>
+      <c r="H9" s="11">
+        <v>9</v>
+      </c>
+      <c r="I9" s="16">
+        <f t="shared" ref="I9:I10" si="0">SUM(C9:H9)</f>
+        <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="11">
+        <v>1</v>
+      </c>
+      <c r="D10" s="11">
         <v>0</v>
       </c>
-      <c r="E9" s="10">
+      <c r="E10" s="11">
         <v>0</v>
       </c>
-      <c r="F9" s="10">
+      <c r="F10" s="11">
+        <v>1</v>
+      </c>
+      <c r="G10" s="11">
+        <v>1</v>
+      </c>
+      <c r="H10" s="11">
         <v>0</v>
       </c>
-      <c r="G9" s="10">
-[...31 lines deleted...]
-      </c>
       <c r="I10" s="16">
-        <f t="shared" ref="I10:I16" si="0">SUM(C10:H10)</f>
-[...3 lines deleted...]
-    <row r="11" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C11" s="11">
         <v>1</v>
       </c>
       <c r="D11" s="11">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E11" s="11">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F11" s="11">
         <v>1</v>
       </c>
       <c r="G11" s="11">
         <v>1</v>
       </c>
       <c r="H11" s="11">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I11" s="16">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-    <row r="12" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <f>SUM(C11:H11)</f>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="12" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="6" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C12" s="11">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D12" s="11">
         <v>0</v>
       </c>
       <c r="E12" s="11">
         <v>0</v>
       </c>
       <c r="F12" s="11">
         <v>0</v>
       </c>
       <c r="G12" s="11">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H12" s="11">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I12" s="16">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-    <row r="13" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <f t="shared" ref="I12:I14" si="1">SUM(C12:H12)</f>
+        <v>4</v>
+      </c>
+    </row>
+    <row r="13" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="6" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="C13" s="11">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D13" s="11">
         <v>0</v>
       </c>
       <c r="E13" s="11">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F13" s="11">
         <v>0</v>
       </c>
       <c r="G13" s="11">
         <v>1</v>
       </c>
       <c r="H13" s="11">
+        <v>4</v>
+      </c>
+      <c r="I13" s="16">
+        <f t="shared" si="1"/>
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C14" s="12">
+        <v>0</v>
+      </c>
+      <c r="D14" s="12">
+        <v>0</v>
+      </c>
+      <c r="E14" s="12">
         <v>1</v>
       </c>
-      <c r="I13" s="16">
-[...8 lines deleted...]
-      <c r="C14" s="11">
+      <c r="F14" s="12">
+        <v>1</v>
+      </c>
+      <c r="G14" s="12">
+        <v>0</v>
+      </c>
+      <c r="H14" s="12">
+        <v>3</v>
+      </c>
+      <c r="I14" s="16">
+        <f t="shared" si="1"/>
         <v>5</v>
       </c>
-      <c r="D14" s="11">
-[...38 lines deleted...]
-      <c r="H15" s="11">
+    </row>
+    <row r="15" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C15" s="31">
+        <f>SUM(C9:C14)</f>
+        <v>15</v>
+      </c>
+      <c r="D15" s="31">
+        <f>SUM(D9:D14)</f>
+        <v>7</v>
+      </c>
+      <c r="E15" s="31">
+        <f>SUM(E9:E14)</f>
+        <v>8</v>
+      </c>
+      <c r="F15" s="31">
+        <f>SUM(F9:F14)</f>
         <v>3</v>
       </c>
-      <c r="I15" s="16">
-        <f t="shared" si="0"/>
+      <c r="G15" s="31">
+        <f>SUM(G9:G14)</f>
         <v>8</v>
       </c>
-    </row>
-[...52 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="H15" s="31">
+        <f>SUM(H9:H14)</f>
         <v>20</v>
       </c>
-      <c r="I17" s="31">
-        <f t="shared" si="1"/>
+      <c r="I15" s="31">
+        <f>SUM(I9:I14)</f>
         <v>61</v>
       </c>
     </row>
-    <row r="18" spans="2:9" ht="20.100000000000001" hidden="1" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="B18" s="30" t="s">
+    <row r="16" spans="2:9" ht="20.100000000000001" hidden="1" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="30" t="s">
         <v>17</v>
       </c>
-      <c r="C18" s="22"/>
-[...5 lines deleted...]
-      <c r="I18" s="22"/>
+      <c r="C16" s="22"/>
+      <c r="D16" s="22"/>
+      <c r="E16" s="22"/>
+      <c r="F16" s="22"/>
+      <c r="G16" s="22"/>
+      <c r="H16" s="22"/>
+      <c r="I16" s="22"/>
+    </row>
+    <row r="17" spans="2:9" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="67"/>
+      <c r="C17" s="67"/>
+      <c r="D17" s="67"/>
+      <c r="E17" s="67"/>
+      <c r="F17" s="67"/>
+      <c r="G17" s="67"/>
+      <c r="H17" s="67"/>
+      <c r="I17" s="67"/>
+    </row>
+    <row r="18" spans="2:9" s="29" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="68"/>
+      <c r="C18" s="68"/>
+      <c r="D18" s="68"/>
+      <c r="E18" s="68"/>
+      <c r="F18" s="68"/>
+      <c r="G18" s="68"/>
+      <c r="H18" s="68"/>
+      <c r="I18" s="68"/>
     </row>
     <row r="19" spans="2:9" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="64"/>
-[...30 lines deleted...]
-      <c r="B23" s="67" t="s">
+      <c r="B19" s="69"/>
+      <c r="C19" s="69"/>
+      <c r="D19" s="69"/>
+      <c r="E19" s="69"/>
+      <c r="F19" s="69"/>
+      <c r="G19" s="69"/>
+      <c r="H19" s="69"/>
+      <c r="I19" s="69"/>
+    </row>
+    <row r="20" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="21" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="70" t="s">
         <v>14</v>
       </c>
-      <c r="C23" s="67"/>
-[...17 lines deleted...]
-      <c r="I24" s="36"/>
+      <c r="C21" s="70"/>
+      <c r="D21" s="70"/>
+      <c r="E21" s="70"/>
+      <c r="F21" s="70"/>
+      <c r="G21" s="70"/>
+      <c r="H21" s="70"/>
+      <c r="I21" s="34"/>
+    </row>
+    <row r="22" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="45" t="s">
+        <v>79</v>
+      </c>
+      <c r="C22" s="36"/>
+      <c r="D22" s="36"/>
+      <c r="E22" s="36"/>
+      <c r="F22" s="36"/>
+      <c r="G22" s="36"/>
+      <c r="H22" s="36"/>
+      <c r="I22" s="36"/>
+    </row>
+    <row r="23" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="35" t="s">
+        <v>96</v>
+      </c>
+      <c r="C23" s="38"/>
+      <c r="D23" s="38"/>
+      <c r="E23" s="38"/>
+      <c r="F23" s="38"/>
+      <c r="G23" s="38"/>
+      <c r="H23" s="38"/>
+      <c r="I23" s="38"/>
+    </row>
+    <row r="24" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C24" s="37"/>
+      <c r="D24" s="37"/>
+      <c r="E24" s="37"/>
+      <c r="F24" s="37"/>
+      <c r="G24" s="37"/>
+      <c r="H24" s="37"/>
     </row>
     <row r="25" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="35" t="s">
-        <v>103</v>
+        <v>73</v>
       </c>
       <c r="C25" s="38"/>
       <c r="D25" s="38"/>
       <c r="E25" s="38"/>
       <c r="F25" s="38"/>
       <c r="G25" s="38"/>
       <c r="H25" s="38"/>
       <c r="I25" s="38"/>
     </row>
     <row r="26" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="13" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="C26" s="37"/>
       <c r="D26" s="37"/>
       <c r="E26" s="37"/>
       <c r="F26" s="37"/>
       <c r="G26" s="37"/>
       <c r="H26" s="37"/>
     </row>
     <row r="27" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="35" t="s">
-        <v>80</v>
+        <v>360</v>
       </c>
       <c r="C27" s="38"/>
       <c r="D27" s="38"/>
       <c r="E27" s="38"/>
       <c r="F27" s="38"/>
       <c r="G27" s="38"/>
       <c r="H27" s="38"/>
       <c r="I27" s="38"/>
     </row>
     <row r="28" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="13" t="s">
-        <v>106</v>
+        <v>80</v>
       </c>
       <c r="C28" s="37"/>
       <c r="D28" s="37"/>
       <c r="E28" s="37"/>
       <c r="F28" s="37"/>
       <c r="G28" s="37"/>
       <c r="H28" s="37"/>
     </row>
     <row r="29" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="35" t="s">
-        <v>430</v>
+        <v>91</v>
       </c>
       <c r="C29" s="38"/>
       <c r="D29" s="38"/>
       <c r="E29" s="38"/>
       <c r="F29" s="38"/>
       <c r="G29" s="38"/>
       <c r="H29" s="38"/>
       <c r="I29" s="38"/>
     </row>
     <row r="30" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="13" t="s">
-        <v>87</v>
+        <v>72</v>
       </c>
       <c r="C30" s="37"/>
       <c r="D30" s="37"/>
       <c r="E30" s="37"/>
       <c r="F30" s="37"/>
       <c r="G30" s="37"/>
       <c r="H30" s="37"/>
     </row>
     <row r="31" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="35" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="C31" s="38"/>
       <c r="D31" s="38"/>
       <c r="E31" s="38"/>
       <c r="F31" s="38"/>
       <c r="G31" s="38"/>
       <c r="H31" s="38"/>
       <c r="I31" s="38"/>
     </row>
     <row r="32" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="13" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C32" s="37"/>
       <c r="D32" s="37"/>
       <c r="E32" s="37"/>
       <c r="F32" s="37"/>
       <c r="G32" s="37"/>
       <c r="H32" s="37"/>
     </row>
     <row r="33" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="35" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="C33" s="38"/>
       <c r="D33" s="38"/>
       <c r="E33" s="38"/>
       <c r="F33" s="38"/>
       <c r="G33" s="38"/>
       <c r="H33" s="38"/>
       <c r="I33" s="38"/>
     </row>
     <row r="34" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="13" t="s">
-        <v>93</v>
+        <v>361</v>
       </c>
       <c r="C34" s="37"/>
       <c r="D34" s="37"/>
       <c r="E34" s="37"/>
       <c r="F34" s="37"/>
       <c r="G34" s="37"/>
       <c r="H34" s="37"/>
     </row>
     <row r="35" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="35" t="s">
-        <v>102</v>
+        <v>362</v>
       </c>
       <c r="C35" s="38"/>
       <c r="D35" s="38"/>
       <c r="E35" s="38"/>
       <c r="F35" s="38"/>
       <c r="G35" s="38"/>
       <c r="H35" s="38"/>
       <c r="I35" s="38"/>
     </row>
     <row r="36" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="13" t="s">
-        <v>431</v>
+        <v>363</v>
       </c>
       <c r="C36" s="37"/>
       <c r="D36" s="37"/>
       <c r="E36" s="37"/>
       <c r="F36" s="37"/>
       <c r="G36" s="37"/>
       <c r="H36" s="37"/>
     </row>
     <row r="37" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="35" t="s">
-        <v>432</v>
+        <v>89</v>
       </c>
       <c r="C37" s="38"/>
       <c r="D37" s="38"/>
       <c r="E37" s="38"/>
       <c r="F37" s="38"/>
       <c r="G37" s="38"/>
       <c r="H37" s="38"/>
       <c r="I37" s="38"/>
     </row>
     <row r="38" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="13" t="s">
-        <v>433</v>
+        <v>83</v>
       </c>
       <c r="C38" s="37"/>
       <c r="D38" s="37"/>
       <c r="E38" s="37"/>
       <c r="F38" s="37"/>
       <c r="G38" s="37"/>
       <c r="H38" s="37"/>
     </row>
     <row r="39" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="35" t="s">
-        <v>96</v>
+        <v>74</v>
       </c>
       <c r="C39" s="38"/>
       <c r="D39" s="38"/>
       <c r="E39" s="38"/>
       <c r="F39" s="38"/>
       <c r="G39" s="38"/>
       <c r="H39" s="38"/>
       <c r="I39" s="38"/>
     </row>
     <row r="40" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="13" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="C40" s="37"/>
       <c r="D40" s="37"/>
       <c r="E40" s="37"/>
       <c r="F40" s="37"/>
       <c r="G40" s="37"/>
       <c r="H40" s="37"/>
     </row>
     <row r="41" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="35" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="C41" s="38"/>
       <c r="D41" s="38"/>
       <c r="E41" s="38"/>
       <c r="F41" s="38"/>
       <c r="G41" s="38"/>
       <c r="H41" s="38"/>
       <c r="I41" s="38"/>
     </row>
     <row r="42" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="13" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="C42" s="37"/>
       <c r="D42" s="37"/>
       <c r="E42" s="37"/>
       <c r="F42" s="37"/>
       <c r="G42" s="37"/>
       <c r="H42" s="37"/>
     </row>
     <row r="43" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="35" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C43" s="38"/>
       <c r="D43" s="38"/>
       <c r="E43" s="38"/>
       <c r="F43" s="38"/>
       <c r="G43" s="38"/>
       <c r="H43" s="38"/>
       <c r="I43" s="38"/>
     </row>
     <row r="44" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="13" t="s">
-        <v>100</v>
+        <v>66</v>
       </c>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
     </row>
     <row r="45" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="35" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C45" s="38"/>
       <c r="D45" s="38"/>
       <c r="E45" s="38"/>
       <c r="F45" s="38"/>
       <c r="G45" s="38"/>
       <c r="H45" s="38"/>
       <c r="I45" s="38"/>
     </row>
     <row r="46" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="13" t="s">
-        <v>73</v>
+        <v>364</v>
       </c>
       <c r="C46" s="37"/>
       <c r="D46" s="37"/>
       <c r="E46" s="37"/>
       <c r="F46" s="37"/>
       <c r="G46" s="37"/>
       <c r="H46" s="37"/>
     </row>
     <row r="47" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="35" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="C47" s="38"/>
       <c r="D47" s="38"/>
       <c r="E47" s="38"/>
       <c r="F47" s="38"/>
       <c r="G47" s="38"/>
       <c r="H47" s="38"/>
       <c r="I47" s="38"/>
     </row>
     <row r="48" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="13" t="s">
-        <v>434</v>
+        <v>94</v>
       </c>
       <c r="C48" s="37"/>
       <c r="D48" s="37"/>
       <c r="E48" s="37"/>
       <c r="F48" s="37"/>
       <c r="G48" s="37"/>
       <c r="H48" s="37"/>
     </row>
     <row r="49" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="35" t="s">
-        <v>85</v>
+        <v>68</v>
       </c>
       <c r="C49" s="38"/>
       <c r="D49" s="38"/>
       <c r="E49" s="38"/>
       <c r="F49" s="38"/>
       <c r="G49" s="38"/>
       <c r="H49" s="38"/>
       <c r="I49" s="38"/>
     </row>
     <row r="50" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="13" t="s">
-        <v>101</v>
+        <v>67</v>
       </c>
       <c r="C50" s="37"/>
       <c r="D50" s="37"/>
       <c r="E50" s="37"/>
       <c r="F50" s="37"/>
       <c r="G50" s="37"/>
       <c r="H50" s="37"/>
     </row>
     <row r="51" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="35" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C51" s="38"/>
       <c r="D51" s="38"/>
       <c r="E51" s="38"/>
       <c r="F51" s="38"/>
       <c r="G51" s="38"/>
       <c r="H51" s="38"/>
       <c r="I51" s="38"/>
     </row>
     <row r="52" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="13" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="C52" s="37"/>
       <c r="D52" s="37"/>
       <c r="E52" s="37"/>
       <c r="F52" s="37"/>
       <c r="G52" s="37"/>
       <c r="H52" s="37"/>
     </row>
     <row r="53" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="35" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C53" s="38"/>
       <c r="D53" s="38"/>
       <c r="E53" s="38"/>
       <c r="F53" s="38"/>
       <c r="G53" s="38"/>
       <c r="H53" s="38"/>
       <c r="I53" s="38"/>
     </row>
     <row r="54" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="13" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="C54" s="37"/>
       <c r="D54" s="37"/>
       <c r="E54" s="37"/>
       <c r="F54" s="37"/>
       <c r="G54" s="37"/>
       <c r="H54" s="37"/>
     </row>
     <row r="55" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="35" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
       <c r="C55" s="38"/>
       <c r="D55" s="38"/>
       <c r="E55" s="38"/>
       <c r="F55" s="38"/>
       <c r="G55" s="38"/>
       <c r="H55" s="38"/>
       <c r="I55" s="38"/>
     </row>
     <row r="56" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="13" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="C56" s="37"/>
       <c r="D56" s="37"/>
       <c r="E56" s="37"/>
       <c r="F56" s="37"/>
       <c r="G56" s="37"/>
       <c r="H56" s="37"/>
     </row>
     <row r="57" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="35" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="C57" s="38"/>
       <c r="D57" s="38"/>
       <c r="E57" s="38"/>
       <c r="F57" s="38"/>
       <c r="G57" s="38"/>
       <c r="H57" s="38"/>
       <c r="I57" s="38"/>
     </row>
     <row r="58" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="13" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="C58" s="37"/>
       <c r="D58" s="37"/>
       <c r="E58" s="37"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="37"/>
     </row>
     <row r="59" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="35" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="C59" s="38"/>
       <c r="D59" s="38"/>
       <c r="E59" s="38"/>
       <c r="F59" s="38"/>
       <c r="G59" s="38"/>
       <c r="H59" s="38"/>
       <c r="I59" s="38"/>
     </row>
     <row r="60" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="13" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="C60" s="37"/>
       <c r="D60" s="37"/>
       <c r="E60" s="37"/>
       <c r="F60" s="37"/>
       <c r="G60" s="37"/>
       <c r="H60" s="37"/>
     </row>
     <row r="61" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="35" t="s">
-        <v>76</v>
+        <v>365</v>
       </c>
       <c r="C61" s="38"/>
       <c r="D61" s="38"/>
       <c r="E61" s="38"/>
       <c r="F61" s="38"/>
       <c r="G61" s="38"/>
       <c r="H61" s="38"/>
       <c r="I61" s="38"/>
     </row>
     <row r="62" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="13" t="s">
-        <v>105</v>
+        <v>366</v>
       </c>
       <c r="C62" s="37"/>
       <c r="D62" s="37"/>
       <c r="E62" s="37"/>
       <c r="F62" s="37"/>
       <c r="G62" s="37"/>
       <c r="H62" s="37"/>
     </row>
     <row r="63" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="35" t="s">
-        <v>435</v>
+        <v>394</v>
       </c>
       <c r="C63" s="38"/>
       <c r="D63" s="38"/>
       <c r="E63" s="38"/>
       <c r="F63" s="38"/>
       <c r="G63" s="38"/>
       <c r="H63" s="38"/>
       <c r="I63" s="38"/>
     </row>
     <row r="64" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="13" t="s">
-        <v>436</v>
+        <v>367</v>
       </c>
       <c r="C64" s="37"/>
       <c r="D64" s="37"/>
       <c r="E64" s="37"/>
       <c r="F64" s="37"/>
       <c r="G64" s="37"/>
       <c r="H64" s="37"/>
     </row>
     <row r="65" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="35" t="s">
-        <v>471</v>
+        <v>368</v>
       </c>
       <c r="C65" s="38"/>
       <c r="D65" s="38"/>
       <c r="E65" s="38"/>
       <c r="F65" s="38"/>
       <c r="G65" s="38"/>
       <c r="H65" s="38"/>
       <c r="I65" s="38"/>
     </row>
     <row r="66" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="13" t="s">
-        <v>437</v>
+        <v>369</v>
       </c>
       <c r="C66" s="37"/>
       <c r="D66" s="37"/>
       <c r="E66" s="37"/>
       <c r="F66" s="37"/>
       <c r="G66" s="37"/>
       <c r="H66" s="37"/>
     </row>
     <row r="67" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="35" t="s">
-        <v>438</v>
+        <v>370</v>
       </c>
       <c r="C67" s="38"/>
       <c r="D67" s="38"/>
       <c r="E67" s="38"/>
       <c r="F67" s="38"/>
       <c r="G67" s="38"/>
       <c r="H67" s="38"/>
       <c r="I67" s="38"/>
     </row>
     <row r="68" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="13" t="s">
-        <v>439</v>
+        <v>371</v>
       </c>
       <c r="C68" s="37"/>
       <c r="D68" s="37"/>
       <c r="E68" s="37"/>
       <c r="F68" s="37"/>
       <c r="G68" s="37"/>
       <c r="H68" s="37"/>
     </row>
     <row r="69" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="35" t="s">
-        <v>440</v>
+        <v>372</v>
       </c>
       <c r="C69" s="38"/>
       <c r="D69" s="38"/>
       <c r="E69" s="38"/>
       <c r="F69" s="38"/>
       <c r="G69" s="38"/>
       <c r="H69" s="38"/>
       <c r="I69" s="38"/>
     </row>
     <row r="70" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="13" t="s">
-        <v>441</v>
+        <v>373</v>
       </c>
       <c r="C70" s="37"/>
       <c r="D70" s="37"/>
       <c r="E70" s="37"/>
       <c r="F70" s="37"/>
       <c r="G70" s="37"/>
       <c r="H70" s="37"/>
     </row>
     <row r="71" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="35" t="s">
-        <v>442</v>
+        <v>374</v>
       </c>
       <c r="C71" s="38"/>
       <c r="D71" s="38"/>
       <c r="E71" s="38"/>
       <c r="F71" s="38"/>
       <c r="G71" s="38"/>
       <c r="H71" s="38"/>
       <c r="I71" s="38"/>
     </row>
     <row r="72" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="13" t="s">
-        <v>443</v>
+        <v>375</v>
       </c>
       <c r="C72" s="37"/>
       <c r="D72" s="37"/>
       <c r="E72" s="37"/>
       <c r="F72" s="37"/>
       <c r="G72" s="37"/>
       <c r="H72" s="37"/>
     </row>
     <row r="73" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="35" t="s">
-        <v>444</v>
+        <v>376</v>
       </c>
       <c r="C73" s="38"/>
       <c r="D73" s="38"/>
       <c r="E73" s="38"/>
       <c r="F73" s="38"/>
       <c r="G73" s="38"/>
       <c r="H73" s="38"/>
       <c r="I73" s="38"/>
     </row>
     <row r="74" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="13" t="s">
-        <v>445</v>
+        <v>395</v>
       </c>
       <c r="C74" s="37"/>
       <c r="D74" s="37"/>
       <c r="E74" s="37"/>
       <c r="F74" s="37"/>
       <c r="G74" s="37"/>
       <c r="H74" s="37"/>
     </row>
     <row r="75" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="35" t="s">
-        <v>446</v>
+        <v>396</v>
       </c>
       <c r="C75" s="38"/>
       <c r="D75" s="38"/>
       <c r="E75" s="38"/>
       <c r="F75" s="38"/>
       <c r="G75" s="38"/>
       <c r="H75" s="38"/>
       <c r="I75" s="38"/>
     </row>
     <row r="76" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="13" t="s">
-        <v>472</v>
+        <v>397</v>
       </c>
       <c r="C76" s="37"/>
       <c r="D76" s="37"/>
       <c r="E76" s="37"/>
       <c r="F76" s="37"/>
       <c r="G76" s="37"/>
       <c r="H76" s="37"/>
     </row>
     <row r="77" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="35" t="s">
-        <v>473</v>
+        <v>398</v>
       </c>
       <c r="C77" s="38"/>
       <c r="D77" s="38"/>
       <c r="E77" s="38"/>
       <c r="F77" s="38"/>
       <c r="G77" s="38"/>
       <c r="H77" s="38"/>
       <c r="I77" s="38"/>
     </row>
-    <row r="78" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-[...32 lines deleted...]
-      <c r="I80" s="75"/>
+    <row r="78" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B78" s="55" t="s">
+        <v>399</v>
+      </c>
+      <c r="C78" s="56"/>
+      <c r="D78" s="56"/>
+      <c r="E78" s="56"/>
+      <c r="F78" s="56"/>
+      <c r="G78" s="56"/>
+      <c r="H78" s="56"/>
+      <c r="I78" s="57"/>
+    </row>
+    <row r="79" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79"/>
+      <c r="C79"/>
+      <c r="D79"/>
+      <c r="E79"/>
+      <c r="F79"/>
+      <c r="G79"/>
+      <c r="H79"/>
+      <c r="I79"/>
+    </row>
+    <row r="80" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B80"/>
+      <c r="C80"/>
+      <c r="D80"/>
+      <c r="E80"/>
+      <c r="F80"/>
+      <c r="G80"/>
+      <c r="H80"/>
+      <c r="I80"/>
     </row>
     <row r="81" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81"/>
       <c r="I81"/>
     </row>
     <row r="82" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B82"/>
-      <c r="C82"/>
-[...24 lines deleted...]
-      <c r="H84" s="37"/>
+      <c r="C82" s="37"/>
+      <c r="D82" s="37"/>
+      <c r="E82" s="37"/>
+      <c r="F82" s="37"/>
+      <c r="G82" s="37"/>
+      <c r="H82" s="37"/>
     </row>
   </sheetData>
   <mergeCells count="4">
+    <mergeCell ref="B17:I17"/>
+    <mergeCell ref="B18:I18"/>
     <mergeCell ref="B19:I19"/>
-    <mergeCell ref="B20:I20"/>
-[...1 lines deleted...]
-    <mergeCell ref="B23:H23"/>
+    <mergeCell ref="B21:H21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DBA69E99-4BB6-46FD-81F3-684957B40A11}">
   <dimension ref="B1:H9"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="40.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="60.7109375" style="1" customWidth="1"/>
     <col min="4" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="40" t="s">
-        <v>453</v>
+        <v>381</v>
       </c>
     </row>
     <row r="3" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="60"/>
+      <c r="B3" s="53"/>
     </row>
     <row r="4" spans="2:8" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="61" t="s">
-        <v>454</v>
+      <c r="B4" s="54" t="s">
+        <v>382</v>
       </c>
     </row>
     <row r="5" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="67" t="s">
-[...7 lines deleted...]
-      <c r="H5" s="67"/>
+      <c r="B5" s="70" t="s">
+        <v>383</v>
+      </c>
+      <c r="C5" s="70"/>
+      <c r="D5" s="70"/>
+      <c r="E5" s="70"/>
+      <c r="F5" s="70"/>
+      <c r="G5" s="70"/>
+      <c r="H5" s="70"/>
     </row>
     <row r="6" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B6" s="45" t="s">
-        <v>456</v>
+        <v>384</v>
       </c>
       <c r="C6" s="45" t="s">
-        <v>455</v>
+        <v>383</v>
       </c>
       <c r="D6" s="45"/>
       <c r="E6" s="45"/>
       <c r="F6" s="45"/>
       <c r="G6" s="45"/>
       <c r="H6" s="45"/>
     </row>
     <row r="7" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="35" t="s">
-        <v>457</v>
+        <v>385</v>
       </c>
       <c r="C7" s="35" t="s">
-        <v>458</v>
+        <v>386</v>
       </c>
       <c r="D7" s="35"/>
       <c r="E7" s="35"/>
       <c r="F7" s="35"/>
       <c r="G7" s="35"/>
       <c r="H7" s="35"/>
     </row>
     <row r="8" spans="2:8" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B8" s="41" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>460</v>
+        <v>387</v>
+      </c>
+      <c r="C8" s="58" t="s">
+        <v>388</v>
       </c>
       <c r="D8" s="41"/>
       <c r="E8" s="41"/>
       <c r="F8" s="41"/>
       <c r="G8" s="41"/>
       <c r="H8" s="41"/>
     </row>
     <row r="9" spans="2:8" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B5:H5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C8" r:id="rId1" xr:uid="{2102AD6D-A7B2-4C7E-B584-897E3259EC49}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{875688DE-30BB-45F8-937E-93BEA92B01CD}">
   <dimension ref="B1:I89"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="58.140625" style="1" customWidth="1"/>
     <col min="3" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="21" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
     </row>
     <row r="3" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="H3" s="19"/>
       <c r="I3" s="20"/>
     </row>
     <row r="4" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>36</v>
       </c>
       <c r="C4" s="9">
         <v>2024</v>
       </c>
       <c r="H4" s="19"/>
       <c r="I4" s="20"/>
     </row>
     <row r="5" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B5" s="35" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="39">
         <v>68</v>
       </c>
       <c r="H5" s="19"/>
       <c r="I5" s="20"/>
@@ -6790,157 +6670,157 @@
       <c r="C9" s="11">
         <v>2</v>
       </c>
       <c r="D9" s="11">
         <v>3</v>
       </c>
       <c r="E9" s="11">
         <v>7</v>
       </c>
       <c r="F9" s="11">
         <v>2</v>
       </c>
       <c r="G9" s="11">
         <v>7</v>
       </c>
       <c r="H9" s="11">
         <v>7</v>
       </c>
       <c r="I9" s="16">
         <f t="shared" ref="I9:I14" si="0">SUM(C9:H9)</f>
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="6" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C10" s="11">
         <v>0</v>
       </c>
       <c r="D10" s="11">
         <v>2</v>
       </c>
       <c r="E10" s="11">
         <v>1</v>
       </c>
       <c r="F10" s="11">
         <v>0</v>
       </c>
       <c r="G10" s="11">
         <v>0</v>
       </c>
       <c r="H10" s="11">
         <v>0</v>
       </c>
       <c r="I10" s="16">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
     </row>
     <row r="11" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="C11" s="11">
         <v>0</v>
       </c>
       <c r="D11" s="11">
         <v>0</v>
       </c>
       <c r="E11" s="11">
         <v>1</v>
       </c>
       <c r="F11" s="11">
         <v>1</v>
       </c>
       <c r="G11" s="11">
         <v>1</v>
       </c>
       <c r="H11" s="11">
         <v>0</v>
       </c>
       <c r="I11" s="16">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
     </row>
     <row r="12" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="6" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="C12" s="11" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="11">
         <v>1</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F12" s="11">
         <v>1</v>
       </c>
       <c r="G12" s="11">
         <v>0</v>
       </c>
       <c r="H12" s="11">
         <v>1</v>
       </c>
       <c r="I12" s="16">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="6" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C13" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="11">
         <v>4</v>
       </c>
       <c r="G13" s="11">
         <v>1</v>
       </c>
       <c r="H13" s="11">
         <v>0</v>
       </c>
       <c r="I13" s="16">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="7" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C14" s="12">
         <v>0</v>
       </c>
       <c r="D14" s="12">
         <v>1</v>
       </c>
       <c r="E14" s="12">
         <v>2</v>
       </c>
       <c r="F14" s="12">
         <v>0</v>
       </c>
       <c r="G14" s="12">
         <v>2</v>
       </c>
       <c r="H14" s="12">
         <v>1</v>
       </c>
       <c r="I14" s="17">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
@@ -6961,998 +6841,998 @@
       </c>
       <c r="G15" s="31">
         <v>11</v>
       </c>
       <c r="H15" s="31">
         <v>9</v>
       </c>
       <c r="I15" s="31">
         <f>SUM(I9:I14)</f>
         <v>68</v>
       </c>
     </row>
     <row r="16" spans="2:9" ht="20.100000000000001" hidden="1" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B16" s="30" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="22"/>
       <c r="D16" s="22"/>
       <c r="E16" s="22"/>
       <c r="F16" s="22"/>
       <c r="G16" s="22"/>
       <c r="H16" s="22"/>
       <c r="I16" s="22"/>
     </row>
     <row r="17" spans="2:9" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="64"/>
-[...6 lines deleted...]
-      <c r="I17" s="64"/>
+      <c r="B17" s="67"/>
+      <c r="C17" s="67"/>
+      <c r="D17" s="67"/>
+      <c r="E17" s="67"/>
+      <c r="F17" s="67"/>
+      <c r="G17" s="67"/>
+      <c r="H17" s="67"/>
+      <c r="I17" s="67"/>
     </row>
     <row r="18" spans="2:9" s="29" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B18" s="65"/>
-[...6 lines deleted...]
-      <c r="I18" s="65"/>
+      <c r="B18" s="68"/>
+      <c r="C18" s="68"/>
+      <c r="D18" s="68"/>
+      <c r="E18" s="68"/>
+      <c r="F18" s="68"/>
+      <c r="G18" s="68"/>
+      <c r="H18" s="68"/>
+      <c r="I18" s="68"/>
     </row>
     <row r="19" spans="2:9" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="66"/>
-[...6 lines deleted...]
-      <c r="I19" s="66"/>
+      <c r="B19" s="69"/>
+      <c r="C19" s="69"/>
+      <c r="D19" s="69"/>
+      <c r="E19" s="69"/>
+      <c r="F19" s="69"/>
+      <c r="G19" s="69"/>
+      <c r="H19" s="69"/>
+      <c r="I19" s="69"/>
     </row>
     <row r="20" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="21" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="67" t="s">
+      <c r="B21" s="70" t="s">
         <v>14</v>
       </c>
-      <c r="C21" s="67"/>
-[...4 lines deleted...]
-      <c r="H21" s="67"/>
+      <c r="C21" s="70"/>
+      <c r="D21" s="70"/>
+      <c r="E21" s="70"/>
+      <c r="F21" s="70"/>
+      <c r="G21" s="70"/>
+      <c r="H21" s="70"/>
       <c r="I21" s="34"/>
     </row>
     <row r="22" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B22" s="43" t="s">
-        <v>357</v>
+        <v>288</v>
       </c>
       <c r="C22" s="36"/>
       <c r="D22" s="36"/>
       <c r="E22" s="36"/>
       <c r="F22" s="36"/>
       <c r="G22" s="36"/>
       <c r="H22" s="36"/>
       <c r="I22" s="36"/>
     </row>
     <row r="23" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="44" t="s">
-        <v>358</v>
+        <v>289</v>
       </c>
       <c r="C23" s="38"/>
       <c r="D23" s="38"/>
       <c r="E23" s="38"/>
       <c r="F23" s="38"/>
       <c r="G23" s="38"/>
       <c r="H23" s="38"/>
       <c r="I23" s="38"/>
     </row>
     <row r="24" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="46" t="s">
-        <v>359</v>
+        <v>290</v>
       </c>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="48"/>
     </row>
     <row r="25" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="44" t="s">
-        <v>360</v>
+        <v>291</v>
       </c>
       <c r="C25" s="38"/>
       <c r="D25" s="38"/>
       <c r="E25" s="38"/>
       <c r="F25" s="38"/>
       <c r="G25" s="38"/>
       <c r="H25" s="38"/>
       <c r="I25" s="38"/>
     </row>
     <row r="26" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="46" t="s">
-        <v>361</v>
+        <v>292</v>
       </c>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="48"/>
     </row>
     <row r="27" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="44" t="s">
-        <v>362</v>
+        <v>293</v>
       </c>
       <c r="C27" s="38"/>
       <c r="D27" s="38"/>
       <c r="E27" s="38"/>
       <c r="F27" s="38"/>
       <c r="G27" s="38"/>
       <c r="H27" s="38"/>
       <c r="I27" s="38"/>
     </row>
     <row r="28" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="46" t="s">
-        <v>363</v>
+        <v>294</v>
       </c>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="48"/>
     </row>
     <row r="29" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="44" t="s">
-        <v>364</v>
+        <v>295</v>
       </c>
       <c r="C29" s="38"/>
       <c r="D29" s="38"/>
       <c r="E29" s="38"/>
       <c r="F29" s="38"/>
       <c r="G29" s="38"/>
       <c r="H29" s="38"/>
       <c r="I29" s="38"/>
     </row>
     <row r="30" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="46" t="s">
-        <v>365</v>
+        <v>296</v>
       </c>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="48"/>
     </row>
     <row r="31" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="44" t="s">
-        <v>366</v>
+        <v>297</v>
       </c>
       <c r="C31" s="38"/>
       <c r="D31" s="38"/>
       <c r="E31" s="38"/>
       <c r="F31" s="38"/>
       <c r="G31" s="38"/>
       <c r="H31" s="38"/>
       <c r="I31" s="38"/>
     </row>
     <row r="32" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="46" t="s">
-        <v>367</v>
+        <v>298</v>
       </c>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="48"/>
     </row>
     <row r="33" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="44" t="s">
-        <v>368</v>
+        <v>299</v>
       </c>
       <c r="C33" s="38"/>
       <c r="D33" s="38"/>
       <c r="E33" s="38"/>
       <c r="F33" s="38"/>
       <c r="G33" s="38"/>
       <c r="H33" s="38"/>
       <c r="I33" s="38"/>
     </row>
     <row r="34" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="46" t="s">
-        <v>369</v>
+        <v>300</v>
       </c>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="48"/>
     </row>
     <row r="35" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="44" t="s">
-        <v>428</v>
+        <v>358</v>
       </c>
       <c r="C35" s="38"/>
       <c r="D35" s="38"/>
       <c r="E35" s="38"/>
       <c r="F35" s="38"/>
       <c r="G35" s="38"/>
       <c r="H35" s="38"/>
       <c r="I35" s="38"/>
     </row>
     <row r="36" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="46" t="s">
-        <v>370</v>
+        <v>301</v>
       </c>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="47"/>
       <c r="H36" s="47"/>
       <c r="I36" s="48"/>
     </row>
     <row r="37" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="44" t="s">
-        <v>371</v>
+        <v>302</v>
       </c>
       <c r="C37" s="38"/>
       <c r="D37" s="38"/>
       <c r="E37" s="38"/>
       <c r="F37" s="38"/>
       <c r="G37" s="38"/>
       <c r="H37" s="38"/>
       <c r="I37" s="38"/>
     </row>
     <row r="38" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="46" t="s">
-        <v>372</v>
+        <v>303</v>
       </c>
       <c r="C38" s="47"/>
       <c r="D38" s="47"/>
       <c r="E38" s="47"/>
       <c r="F38" s="47"/>
       <c r="G38" s="47"/>
       <c r="H38" s="47"/>
       <c r="I38" s="48"/>
     </row>
     <row r="39" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="44" t="s">
-        <v>373</v>
+        <v>304</v>
       </c>
       <c r="C39" s="38"/>
       <c r="D39" s="38"/>
       <c r="E39" s="38"/>
       <c r="F39" s="38"/>
       <c r="G39" s="38"/>
       <c r="H39" s="38"/>
       <c r="I39" s="38"/>
     </row>
     <row r="40" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="46" t="s">
-        <v>374</v>
+        <v>305</v>
       </c>
       <c r="C40" s="47"/>
       <c r="D40" s="47"/>
       <c r="E40" s="47"/>
       <c r="F40" s="47"/>
       <c r="G40" s="47"/>
       <c r="H40" s="47"/>
       <c r="I40" s="48"/>
     </row>
     <row r="41" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="44" t="s">
-        <v>375</v>
+        <v>306</v>
       </c>
       <c r="C41" s="38"/>
       <c r="D41" s="38"/>
       <c r="E41" s="38"/>
       <c r="F41" s="38"/>
       <c r="G41" s="38"/>
       <c r="H41" s="38"/>
       <c r="I41" s="38"/>
     </row>
     <row r="42" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="46" t="s">
-        <v>376</v>
+        <v>307</v>
       </c>
       <c r="C42" s="47"/>
       <c r="D42" s="47"/>
       <c r="E42" s="47"/>
       <c r="F42" s="47"/>
       <c r="G42" s="47"/>
       <c r="H42" s="47"/>
       <c r="I42" s="48"/>
     </row>
     <row r="43" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="44" t="s">
-        <v>377</v>
+        <v>308</v>
       </c>
       <c r="C43" s="38"/>
       <c r="D43" s="38"/>
       <c r="E43" s="38"/>
       <c r="F43" s="38"/>
       <c r="G43" s="38"/>
       <c r="H43" s="38"/>
       <c r="I43" s="38"/>
     </row>
     <row r="44" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="46" t="s">
-        <v>378</v>
+        <v>309</v>
       </c>
       <c r="C44" s="47"/>
       <c r="D44" s="47"/>
       <c r="E44" s="47"/>
       <c r="F44" s="47"/>
       <c r="G44" s="47"/>
       <c r="H44" s="47"/>
       <c r="I44" s="48"/>
     </row>
     <row r="45" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="44" t="s">
-        <v>379</v>
+        <v>310</v>
       </c>
       <c r="C45" s="38"/>
       <c r="D45" s="38"/>
       <c r="E45" s="38"/>
       <c r="F45" s="38"/>
       <c r="G45" s="38"/>
       <c r="H45" s="38"/>
       <c r="I45" s="38"/>
     </row>
     <row r="46" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="46" t="s">
-        <v>380</v>
+        <v>311</v>
       </c>
       <c r="C46" s="47"/>
       <c r="D46" s="47"/>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="47"/>
       <c r="H46" s="47"/>
       <c r="I46" s="48"/>
     </row>
     <row r="47" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="44" t="s">
-        <v>381</v>
+        <v>312</v>
       </c>
       <c r="C47" s="38"/>
       <c r="D47" s="38"/>
       <c r="E47" s="38"/>
       <c r="F47" s="38"/>
       <c r="G47" s="38"/>
       <c r="H47" s="38"/>
       <c r="I47" s="38"/>
     </row>
     <row r="48" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="46" t="s">
-        <v>382</v>
+        <v>313</v>
       </c>
       <c r="C48" s="47"/>
       <c r="D48" s="47"/>
       <c r="E48" s="47"/>
       <c r="F48" s="47"/>
       <c r="G48" s="47"/>
       <c r="H48" s="47"/>
       <c r="I48" s="48"/>
     </row>
     <row r="49" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="44" t="s">
-        <v>383</v>
+        <v>314</v>
       </c>
       <c r="C49" s="38"/>
       <c r="D49" s="38"/>
       <c r="E49" s="38"/>
       <c r="F49" s="38"/>
       <c r="G49" s="38"/>
       <c r="H49" s="38"/>
       <c r="I49" s="38"/>
     </row>
     <row r="50" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="46" t="s">
-        <v>384</v>
+        <v>315</v>
       </c>
       <c r="C50" s="47"/>
       <c r="D50" s="47"/>
       <c r="E50" s="47"/>
       <c r="F50" s="47"/>
       <c r="G50" s="47"/>
       <c r="H50" s="47"/>
       <c r="I50" s="48"/>
     </row>
     <row r="51" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="44" t="s">
-        <v>385</v>
+        <v>316</v>
       </c>
       <c r="C51" s="38"/>
       <c r="D51" s="38"/>
       <c r="E51" s="38"/>
       <c r="F51" s="38"/>
       <c r="G51" s="38"/>
       <c r="H51" s="38"/>
       <c r="I51" s="38"/>
     </row>
     <row r="52" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="46" t="s">
-        <v>386</v>
+        <v>317</v>
       </c>
       <c r="C52" s="47"/>
       <c r="D52" s="47"/>
       <c r="E52" s="47"/>
       <c r="F52" s="47"/>
       <c r="G52" s="47"/>
       <c r="H52" s="47"/>
       <c r="I52" s="48"/>
     </row>
     <row r="53" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="44" t="s">
-        <v>429</v>
+        <v>359</v>
       </c>
       <c r="C53" s="38"/>
       <c r="D53" s="38"/>
       <c r="E53" s="38"/>
       <c r="F53" s="38"/>
       <c r="G53" s="38"/>
       <c r="H53" s="38"/>
       <c r="I53" s="38"/>
     </row>
     <row r="54" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="46" t="s">
-        <v>387</v>
+        <v>318</v>
       </c>
       <c r="C54" s="47"/>
       <c r="D54" s="47"/>
       <c r="E54" s="47"/>
       <c r="F54" s="47"/>
       <c r="G54" s="47"/>
       <c r="H54" s="47"/>
       <c r="I54" s="48"/>
     </row>
     <row r="55" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="44" t="s">
-        <v>388</v>
+        <v>319</v>
       </c>
       <c r="C55" s="38"/>
       <c r="D55" s="38"/>
       <c r="E55" s="38"/>
       <c r="F55" s="38"/>
       <c r="G55" s="38"/>
       <c r="H55" s="38"/>
       <c r="I55" s="38"/>
     </row>
     <row r="56" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="46" t="s">
-        <v>389</v>
+        <v>320</v>
       </c>
       <c r="C56" s="47"/>
       <c r="D56" s="47"/>
       <c r="E56" s="47"/>
       <c r="F56" s="47"/>
       <c r="G56" s="47"/>
       <c r="H56" s="47"/>
       <c r="I56" s="48"/>
     </row>
     <row r="57" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="44" t="s">
-        <v>390</v>
+        <v>321</v>
       </c>
       <c r="C57" s="38"/>
       <c r="D57" s="38"/>
       <c r="E57" s="38"/>
       <c r="F57" s="38"/>
       <c r="G57" s="38"/>
       <c r="H57" s="38"/>
       <c r="I57" s="38"/>
     </row>
     <row r="58" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="46" t="s">
-        <v>391</v>
+        <v>322</v>
       </c>
       <c r="C58" s="47"/>
       <c r="D58" s="47"/>
       <c r="E58" s="47"/>
       <c r="F58" s="47"/>
       <c r="G58" s="47"/>
       <c r="H58" s="47"/>
       <c r="I58" s="48"/>
     </row>
     <row r="59" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="44" t="s">
-        <v>392</v>
+        <v>323</v>
       </c>
       <c r="C59" s="38"/>
       <c r="D59" s="38"/>
       <c r="E59" s="38"/>
       <c r="F59" s="38"/>
       <c r="G59" s="38"/>
       <c r="H59" s="38"/>
       <c r="I59" s="38"/>
     </row>
     <row r="60" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="46" t="s">
-        <v>393</v>
+        <v>324</v>
       </c>
       <c r="C60" s="47"/>
       <c r="D60" s="47"/>
       <c r="E60" s="47"/>
       <c r="F60" s="47"/>
       <c r="G60" s="47"/>
       <c r="H60" s="47"/>
       <c r="I60" s="48"/>
     </row>
     <row r="61" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="44" t="s">
-        <v>394</v>
+        <v>325</v>
       </c>
       <c r="C61" s="38"/>
       <c r="D61" s="38"/>
       <c r="E61" s="38"/>
       <c r="F61" s="38"/>
       <c r="G61" s="38"/>
       <c r="H61" s="38"/>
       <c r="I61" s="38"/>
     </row>
     <row r="62" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="46" t="s">
-        <v>395</v>
+        <v>326</v>
       </c>
       <c r="C62" s="47"/>
       <c r="D62" s="47"/>
       <c r="E62" s="47"/>
       <c r="F62" s="47"/>
       <c r="G62" s="47"/>
       <c r="H62" s="47"/>
       <c r="I62" s="48"/>
     </row>
     <row r="63" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="44" t="s">
-        <v>396</v>
+        <v>327</v>
       </c>
       <c r="C63" s="38"/>
       <c r="D63" s="38"/>
       <c r="E63" s="38"/>
       <c r="F63" s="38"/>
       <c r="G63" s="38"/>
       <c r="H63" s="38"/>
       <c r="I63" s="38"/>
     </row>
     <row r="64" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="46" t="s">
-        <v>397</v>
+        <v>328</v>
       </c>
       <c r="C64" s="47"/>
       <c r="D64" s="47"/>
       <c r="E64" s="47"/>
       <c r="F64" s="47"/>
       <c r="G64" s="47"/>
       <c r="H64" s="47"/>
       <c r="I64" s="48"/>
     </row>
     <row r="65" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="44" t="s">
-        <v>398</v>
+        <v>329</v>
       </c>
       <c r="C65" s="38"/>
       <c r="D65" s="38"/>
       <c r="E65" s="38"/>
       <c r="F65" s="38"/>
       <c r="G65" s="38"/>
       <c r="H65" s="38"/>
       <c r="I65" s="38"/>
     </row>
     <row r="66" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="46" t="s">
-        <v>399</v>
+        <v>330</v>
       </c>
       <c r="C66" s="47"/>
       <c r="D66" s="47"/>
       <c r="E66" s="47"/>
       <c r="F66" s="47"/>
       <c r="G66" s="47"/>
       <c r="H66" s="47"/>
       <c r="I66" s="48"/>
     </row>
     <row r="67" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="44" t="s">
-        <v>400</v>
+        <v>331</v>
       </c>
       <c r="C67" s="38"/>
       <c r="D67" s="38"/>
       <c r="E67" s="38"/>
       <c r="F67" s="38"/>
       <c r="G67" s="38"/>
       <c r="H67" s="38"/>
       <c r="I67" s="38"/>
     </row>
     <row r="68" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="46" t="s">
-        <v>401</v>
+        <v>332</v>
       </c>
       <c r="C68" s="47"/>
       <c r="D68" s="47"/>
       <c r="E68" s="47"/>
       <c r="F68" s="47"/>
       <c r="G68" s="47"/>
       <c r="H68" s="47"/>
       <c r="I68" s="48"/>
     </row>
     <row r="69" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="44" t="s">
-        <v>402</v>
+        <v>333</v>
       </c>
       <c r="C69" s="38"/>
       <c r="D69" s="38"/>
       <c r="E69" s="38"/>
       <c r="F69" s="38"/>
       <c r="G69" s="38"/>
       <c r="H69" s="38"/>
       <c r="I69" s="38"/>
     </row>
     <row r="70" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="46" t="s">
-        <v>403</v>
+        <v>334</v>
       </c>
       <c r="C70" s="47"/>
       <c r="D70" s="47"/>
       <c r="E70" s="47"/>
       <c r="F70" s="47"/>
       <c r="G70" s="47"/>
       <c r="H70" s="47"/>
       <c r="I70" s="48"/>
     </row>
     <row r="71" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="44" t="s">
-        <v>404</v>
+        <v>335</v>
       </c>
       <c r="C71" s="38"/>
       <c r="D71" s="38"/>
       <c r="E71" s="38"/>
       <c r="F71" s="38"/>
       <c r="G71" s="38"/>
       <c r="H71" s="38"/>
       <c r="I71" s="38"/>
     </row>
     <row r="72" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="46" t="s">
-        <v>405</v>
+        <v>336</v>
       </c>
       <c r="C72" s="47"/>
       <c r="D72" s="47"/>
       <c r="E72" s="47"/>
       <c r="F72" s="47"/>
       <c r="G72" s="47"/>
       <c r="H72" s="47"/>
       <c r="I72" s="48"/>
     </row>
     <row r="73" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="44" t="s">
-        <v>406</v>
+        <v>337</v>
       </c>
       <c r="C73" s="38"/>
       <c r="D73" s="38"/>
       <c r="E73" s="38"/>
       <c r="F73" s="38"/>
       <c r="G73" s="38"/>
       <c r="H73" s="38"/>
       <c r="I73" s="38"/>
     </row>
     <row r="74" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="46" t="s">
-        <v>407</v>
+        <v>338</v>
       </c>
       <c r="C74" s="47"/>
       <c r="D74" s="47"/>
       <c r="E74" s="47"/>
       <c r="F74" s="47"/>
       <c r="G74" s="47"/>
       <c r="H74" s="47"/>
       <c r="I74" s="48"/>
     </row>
     <row r="75" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="44" t="s">
-        <v>408</v>
+        <v>339</v>
       </c>
       <c r="C75" s="38"/>
       <c r="D75" s="38"/>
       <c r="E75" s="38"/>
       <c r="F75" s="38"/>
       <c r="G75" s="38"/>
       <c r="H75" s="38"/>
       <c r="I75" s="38"/>
     </row>
     <row r="76" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="46" t="s">
-        <v>409</v>
+        <v>340</v>
       </c>
       <c r="C76" s="47"/>
       <c r="D76" s="47"/>
       <c r="E76" s="47"/>
       <c r="F76" s="47"/>
       <c r="G76" s="47"/>
       <c r="H76" s="47"/>
       <c r="I76" s="48"/>
     </row>
     <row r="77" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="44" t="s">
-        <v>420</v>
+        <v>351</v>
       </c>
       <c r="C77" s="38"/>
       <c r="D77" s="38"/>
       <c r="E77" s="38"/>
       <c r="F77" s="38"/>
       <c r="G77" s="38"/>
       <c r="H77" s="38"/>
       <c r="I77" s="38"/>
     </row>
     <row r="78" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="46" t="s">
-        <v>410</v>
+        <v>341</v>
       </c>
       <c r="C78" s="47"/>
       <c r="D78" s="47"/>
       <c r="E78" s="47"/>
       <c r="F78" s="47"/>
       <c r="G78" s="47"/>
       <c r="H78" s="47"/>
       <c r="I78" s="48"/>
     </row>
     <row r="79" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B79" s="44" t="s">
-        <v>411</v>
+        <v>342</v>
       </c>
       <c r="C79" s="38"/>
       <c r="D79" s="38"/>
       <c r="E79" s="38"/>
       <c r="F79" s="38"/>
       <c r="G79" s="38"/>
       <c r="H79" s="38"/>
       <c r="I79" s="38"/>
     </row>
     <row r="80" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B80" s="46" t="s">
-        <v>412</v>
+        <v>343</v>
       </c>
       <c r="C80" s="47"/>
       <c r="D80" s="47"/>
       <c r="E80" s="47"/>
       <c r="F80" s="47"/>
       <c r="G80" s="47"/>
       <c r="H80" s="47"/>
       <c r="I80" s="48"/>
     </row>
     <row r="81" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="44" t="s">
-        <v>421</v>
+        <v>352</v>
       </c>
       <c r="C81" s="38"/>
       <c r="D81" s="38"/>
       <c r="E81" s="38"/>
       <c r="F81" s="38"/>
       <c r="G81" s="38"/>
       <c r="H81" s="38"/>
       <c r="I81" s="38"/>
     </row>
     <row r="82" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="46" t="s">
-        <v>413</v>
+        <v>344</v>
       </c>
       <c r="C82" s="47"/>
       <c r="D82" s="47"/>
       <c r="E82" s="47"/>
       <c r="F82" s="47"/>
       <c r="G82" s="47"/>
       <c r="H82" s="47"/>
       <c r="I82" s="48"/>
     </row>
     <row r="83" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="44" t="s">
-        <v>414</v>
+        <v>345</v>
       </c>
       <c r="C83" s="38"/>
       <c r="D83" s="38"/>
       <c r="E83" s="38"/>
       <c r="F83" s="38"/>
       <c r="G83" s="38"/>
       <c r="H83" s="38"/>
       <c r="I83" s="38"/>
     </row>
     <row r="84" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="46" t="s">
-        <v>415</v>
+        <v>346</v>
       </c>
       <c r="C84" s="47"/>
       <c r="D84" s="47"/>
       <c r="E84" s="47"/>
       <c r="F84" s="47"/>
       <c r="G84" s="47"/>
       <c r="H84" s="47"/>
       <c r="I84" s="48"/>
     </row>
     <row r="85" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="44" t="s">
-        <v>416</v>
+        <v>347</v>
       </c>
       <c r="C85" s="38"/>
       <c r="D85" s="38"/>
       <c r="E85" s="38"/>
       <c r="F85" s="38"/>
       <c r="G85" s="38"/>
       <c r="H85" s="38"/>
       <c r="I85" s="38"/>
     </row>
     <row r="86" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="46" t="s">
-        <v>417</v>
+        <v>348</v>
       </c>
       <c r="C86" s="47"/>
       <c r="D86" s="47"/>
       <c r="E86" s="47"/>
       <c r="F86" s="47"/>
       <c r="G86" s="47"/>
       <c r="H86" s="47"/>
       <c r="I86" s="48"/>
     </row>
     <row r="87" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="44" t="s">
-        <v>418</v>
+        <v>349</v>
       </c>
       <c r="C87" s="38"/>
       <c r="D87" s="38"/>
       <c r="E87" s="38"/>
       <c r="F87" s="38"/>
       <c r="G87" s="38"/>
       <c r="H87" s="38"/>
       <c r="I87" s="38"/>
     </row>
     <row r="88" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="46" t="s">
-        <v>419</v>
+        <v>350</v>
       </c>
       <c r="C88" s="47"/>
       <c r="D88" s="47"/>
       <c r="E88" s="47"/>
       <c r="F88" s="47"/>
       <c r="G88" s="47"/>
       <c r="H88" s="47"/>
       <c r="I88" s="48"/>
     </row>
     <row r="89" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B89" s="77" t="s">
-[...8 lines deleted...]
-      <c r="I89" s="59"/>
+      <c r="B89" s="59" t="s">
+        <v>353</v>
+      </c>
+      <c r="C89" s="52"/>
+      <c r="D89" s="52"/>
+      <c r="E89" s="52"/>
+      <c r="F89" s="52"/>
+      <c r="G89" s="52"/>
+      <c r="H89" s="52"/>
+      <c r="I89" s="52"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B23:B48">
     <sortCondition ref="B22:B48"/>
   </sortState>
   <mergeCells count="4">
     <mergeCell ref="B17:I17"/>
     <mergeCell ref="B18:I18"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B21:H21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD60977F-9EDB-4EAB-8A1C-D21450BF9B1B}">
   <dimension ref="B1:H5"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="A5" sqref="A5:XFD5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="40.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="60.7109375" style="1" customWidth="1"/>
     <col min="4" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="40" t="s">
-        <v>461</v>
+        <v>389</v>
       </c>
     </row>
     <row r="3" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="60"/>
+      <c r="B3" s="53"/>
     </row>
     <row r="4" spans="2:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="61"/>
+      <c r="B4" s="54"/>
     </row>
     <row r="5" spans="2:8" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B5" s="68" t="s">
-[...7 lines deleted...]
-      <c r="H5" s="68"/>
+      <c r="B5" s="71" t="s">
+        <v>390</v>
+      </c>
+      <c r="C5" s="71"/>
+      <c r="D5" s="71"/>
+      <c r="E5" s="71"/>
+      <c r="F5" s="71"/>
+      <c r="G5" s="71"/>
+      <c r="H5" s="71"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47CF921E-3C9A-4B30-A1A6-A8CE837AEF38}">
   <dimension ref="B1:I133"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="58.140625" style="1" customWidth="1"/>
     <col min="3" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="21" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="H3" s="19"/>
       <c r="I3" s="20"/>
     </row>
     <row r="4" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>36</v>
       </c>
       <c r="C4" s="9">
         <v>2023</v>
       </c>
       <c r="H4" s="19"/>
       <c r="I4" s="20"/>
     </row>
     <row r="5" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B5" s="35" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="39">
         <v>113</v>
       </c>
       <c r="H5" s="19"/>
       <c r="I5" s="20"/>
@@ -7977,190 +7857,190 @@
       </c>
       <c r="C8" s="9" t="s">
         <v>0</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>1</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>3</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="B9" s="6" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C9" s="11">
         <v>1</v>
       </c>
       <c r="D9" s="11">
         <v>0</v>
       </c>
       <c r="E9" s="11">
         <v>0</v>
       </c>
       <c r="F9" s="11">
         <v>1</v>
       </c>
       <c r="G9" s="11">
         <v>0</v>
       </c>
       <c r="H9" s="11">
         <v>0</v>
       </c>
       <c r="I9" s="16">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="6" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="C10" s="11">
         <v>1</v>
       </c>
       <c r="D10" s="11">
         <v>2</v>
       </c>
       <c r="E10" s="11">
         <v>1</v>
       </c>
       <c r="F10" s="11">
         <v>2</v>
       </c>
       <c r="G10" s="11">
         <v>2</v>
       </c>
       <c r="H10" s="11">
         <v>0</v>
       </c>
       <c r="I10" s="16">
         <v>8</v>
       </c>
     </row>
     <row r="11" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="6" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="C11" s="11">
         <v>9</v>
       </c>
       <c r="D11" s="11">
         <v>8</v>
       </c>
       <c r="E11" s="11" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="F11" s="11">
         <v>0</v>
       </c>
       <c r="G11" s="11">
         <v>7</v>
       </c>
       <c r="H11" s="11" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="I11" s="16">
         <v>45</v>
       </c>
     </row>
     <row r="12" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="6" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C12" s="11" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="D12" s="11">
         <v>0</v>
       </c>
       <c r="E12" s="11" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="F12" s="11" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="G12" s="11">
         <v>1</v>
       </c>
       <c r="H12" s="11">
         <v>0</v>
       </c>
       <c r="I12" s="16">
         <v>7</v>
       </c>
     </row>
     <row r="13" spans="2:9" s="14" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="6" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="C13" s="11">
         <v>1</v>
       </c>
       <c r="D13" s="11">
         <v>0</v>
       </c>
       <c r="E13" s="11">
         <v>2</v>
       </c>
       <c r="F13" s="11">
         <v>1</v>
       </c>
       <c r="G13" s="11">
         <v>1</v>
       </c>
       <c r="H13" s="11">
         <v>0</v>
       </c>
       <c r="I13" s="16">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="7" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C14" s="12">
         <v>3</v>
       </c>
       <c r="D14" s="12">
         <v>0</v>
       </c>
       <c r="E14" s="12" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="F14" s="12">
         <v>41</v>
       </c>
       <c r="G14" s="12">
         <v>0</v>
       </c>
       <c r="H14" s="12">
         <v>1</v>
       </c>
       <c r="I14" s="17">
         <v>46</v>
       </c>
     </row>
     <row r="15" spans="2:9" s="13" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B15" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C15" s="31">
         <v>17</v>
       </c>
       <c r="D15" s="31">
         <v>10</v>
       </c>
       <c r="E15" s="31">
@@ -8171,2212 +8051,1417 @@
       </c>
       <c r="G15" s="31">
         <v>11</v>
       </c>
       <c r="H15" s="31">
         <v>7</v>
       </c>
       <c r="I15" s="31">
         <f>SUM(I9:I14)</f>
         <v>113</v>
       </c>
     </row>
     <row r="16" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B16" s="30" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="22"/>
       <c r="D16" s="22"/>
       <c r="E16" s="22"/>
       <c r="F16" s="22"/>
       <c r="G16" s="22"/>
       <c r="H16" s="22"/>
       <c r="I16" s="22"/>
     </row>
     <row r="17" spans="2:9" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="69" t="s">
-[...8 lines deleted...]
-      <c r="I17" s="64"/>
+      <c r="B17" s="72" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" s="67"/>
+      <c r="D17" s="67"/>
+      <c r="E17" s="67"/>
+      <c r="F17" s="67"/>
+      <c r="G17" s="67"/>
+      <c r="H17" s="67"/>
+      <c r="I17" s="67"/>
     </row>
     <row r="18" spans="2:9" s="29" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B18" s="65"/>
-[...6 lines deleted...]
-      <c r="I18" s="65"/>
+      <c r="B18" s="68"/>
+      <c r="C18" s="68"/>
+      <c r="D18" s="68"/>
+      <c r="E18" s="68"/>
+      <c r="F18" s="68"/>
+      <c r="G18" s="68"/>
+      <c r="H18" s="68"/>
+      <c r="I18" s="68"/>
     </row>
     <row r="19" spans="2:9" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="70"/>
-[...6 lines deleted...]
-      <c r="I19" s="70"/>
+      <c r="B19" s="73"/>
+      <c r="C19" s="73"/>
+      <c r="D19" s="73"/>
+      <c r="E19" s="73"/>
+      <c r="F19" s="73"/>
+      <c r="G19" s="73"/>
+      <c r="H19" s="73"/>
+      <c r="I19" s="73"/>
     </row>
     <row r="20" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="21" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="67" t="s">
+      <c r="B21" s="70" t="s">
         <v>14</v>
       </c>
-      <c r="C21" s="67"/>
-[...4 lines deleted...]
-      <c r="H21" s="67"/>
+      <c r="C21" s="70"/>
+      <c r="D21" s="70"/>
+      <c r="E21" s="70"/>
+      <c r="F21" s="70"/>
+      <c r="G21" s="70"/>
+      <c r="H21" s="70"/>
       <c r="I21" s="34"/>
     </row>
     <row r="22" spans="2:9" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B22" s="45" t="s">
-        <v>249</v>
+        <v>180</v>
       </c>
       <c r="C22" s="36"/>
       <c r="D22" s="36"/>
       <c r="E22" s="36"/>
       <c r="F22" s="36"/>
       <c r="G22" s="36"/>
       <c r="H22" s="36"/>
       <c r="I22" s="36"/>
     </row>
     <row r="23" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="35" t="s">
-        <v>250</v>
+        <v>181</v>
       </c>
       <c r="C23" s="38"/>
       <c r="D23" s="38"/>
       <c r="E23" s="38"/>
       <c r="F23" s="38"/>
       <c r="G23" s="38"/>
       <c r="H23" s="38"/>
       <c r="I23" s="38"/>
     </row>
     <row r="24" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="13" t="s">
-        <v>251</v>
+        <v>182</v>
       </c>
       <c r="C24" s="37"/>
       <c r="D24" s="37"/>
       <c r="E24" s="37"/>
       <c r="F24" s="37"/>
       <c r="G24" s="37"/>
       <c r="H24" s="37"/>
     </row>
     <row r="25" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="35" t="s">
-        <v>252</v>
+        <v>183</v>
       </c>
       <c r="C25" s="38"/>
       <c r="D25" s="38"/>
       <c r="E25" s="38"/>
       <c r="F25" s="38"/>
       <c r="G25" s="38"/>
       <c r="H25" s="38"/>
       <c r="I25" s="38"/>
     </row>
     <row r="26" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="13" t="s">
-        <v>253</v>
+        <v>184</v>
       </c>
       <c r="C26" s="37"/>
       <c r="D26" s="37"/>
       <c r="E26" s="37"/>
       <c r="F26" s="37"/>
       <c r="G26" s="37"/>
       <c r="H26" s="37"/>
     </row>
     <row r="27" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="35" t="s">
-        <v>254</v>
+        <v>185</v>
       </c>
       <c r="C27" s="38"/>
       <c r="D27" s="38"/>
       <c r="E27" s="38"/>
       <c r="F27" s="38"/>
       <c r="G27" s="38"/>
       <c r="H27" s="38"/>
       <c r="I27" s="38"/>
     </row>
     <row r="28" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="13" t="s">
-        <v>255</v>
+        <v>186</v>
       </c>
       <c r="C28" s="37"/>
       <c r="D28" s="37"/>
       <c r="E28" s="37"/>
       <c r="F28" s="37"/>
       <c r="G28" s="37"/>
       <c r="H28" s="37"/>
     </row>
     <row r="29" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="35" t="s">
-        <v>256</v>
+        <v>187</v>
       </c>
       <c r="C29" s="38"/>
       <c r="D29" s="38"/>
       <c r="E29" s="38"/>
       <c r="F29" s="38"/>
       <c r="G29" s="38"/>
       <c r="H29" s="38"/>
       <c r="I29" s="38"/>
     </row>
     <row r="30" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="13" t="s">
-        <v>257</v>
+        <v>188</v>
       </c>
       <c r="C30" s="37"/>
       <c r="D30" s="37"/>
       <c r="E30" s="37"/>
       <c r="F30" s="37"/>
       <c r="G30" s="37"/>
       <c r="H30" s="37"/>
     </row>
     <row r="31" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="35" t="s">
-        <v>258</v>
+        <v>189</v>
       </c>
       <c r="C31" s="38"/>
       <c r="D31" s="38"/>
       <c r="E31" s="38"/>
       <c r="F31" s="38"/>
       <c r="G31" s="38"/>
       <c r="H31" s="38"/>
       <c r="I31" s="38"/>
     </row>
     <row r="32" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="13" t="s">
-        <v>259</v>
+        <v>190</v>
       </c>
       <c r="C32" s="37"/>
       <c r="D32" s="37"/>
       <c r="E32" s="37"/>
       <c r="F32" s="37"/>
       <c r="G32" s="37"/>
       <c r="H32" s="37"/>
     </row>
     <row r="33" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="35" t="s">
-        <v>260</v>
+        <v>191</v>
       </c>
       <c r="C33" s="38"/>
       <c r="D33" s="38"/>
       <c r="E33" s="38"/>
       <c r="F33" s="38"/>
       <c r="G33" s="38"/>
       <c r="H33" s="38"/>
       <c r="I33" s="38"/>
     </row>
     <row r="34" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="13" t="s">
-        <v>261</v>
+        <v>192</v>
       </c>
       <c r="C34" s="37"/>
       <c r="D34" s="37"/>
       <c r="E34" s="37"/>
       <c r="F34" s="37"/>
       <c r="G34" s="37"/>
       <c r="H34" s="37"/>
     </row>
     <row r="35" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="35" t="s">
-        <v>262</v>
+        <v>193</v>
       </c>
       <c r="C35" s="38"/>
       <c r="D35" s="38"/>
       <c r="E35" s="38"/>
       <c r="F35" s="38"/>
       <c r="G35" s="38"/>
       <c r="H35" s="38"/>
       <c r="I35" s="38"/>
     </row>
     <row r="36" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="13" t="s">
-        <v>263</v>
+        <v>194</v>
       </c>
       <c r="C36" s="37"/>
       <c r="D36" s="37"/>
       <c r="E36" s="37"/>
       <c r="F36" s="37"/>
       <c r="G36" s="37"/>
       <c r="H36" s="37"/>
     </row>
     <row r="37" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="35" t="s">
-        <v>264</v>
+        <v>195</v>
       </c>
       <c r="C37" s="38"/>
       <c r="D37" s="38"/>
       <c r="E37" s="38"/>
       <c r="F37" s="38"/>
       <c r="G37" s="38"/>
       <c r="H37" s="38"/>
       <c r="I37" s="38"/>
     </row>
     <row r="38" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="13" t="s">
-        <v>265</v>
+        <v>196</v>
       </c>
       <c r="C38" s="37"/>
       <c r="D38" s="37"/>
       <c r="E38" s="37"/>
       <c r="F38" s="37"/>
       <c r="G38" s="37"/>
       <c r="H38" s="37"/>
     </row>
     <row r="39" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="35" t="s">
-        <v>266</v>
+        <v>197</v>
       </c>
       <c r="C39" s="38"/>
       <c r="D39" s="38"/>
       <c r="E39" s="38"/>
       <c r="F39" s="38"/>
       <c r="G39" s="38"/>
       <c r="H39" s="38"/>
       <c r="I39" s="38"/>
     </row>
     <row r="40" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="13" t="s">
-        <v>267</v>
+        <v>198</v>
       </c>
       <c r="C40" s="37"/>
       <c r="D40" s="37"/>
       <c r="E40" s="37"/>
       <c r="F40" s="37"/>
       <c r="G40" s="37"/>
       <c r="H40" s="37"/>
     </row>
     <row r="41" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="35" t="s">
-        <v>268</v>
+        <v>199</v>
       </c>
       <c r="C41" s="38"/>
       <c r="D41" s="38"/>
       <c r="E41" s="38"/>
       <c r="F41" s="38"/>
       <c r="G41" s="38"/>
       <c r="H41" s="38"/>
       <c r="I41" s="38"/>
     </row>
     <row r="42" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="13" t="s">
-        <v>269</v>
+        <v>200</v>
       </c>
       <c r="C42" s="37"/>
       <c r="D42" s="37"/>
       <c r="E42" s="37"/>
       <c r="F42" s="37"/>
       <c r="G42" s="37"/>
       <c r="H42" s="37"/>
     </row>
     <row r="43" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="35" t="s">
-        <v>270</v>
+        <v>201</v>
       </c>
       <c r="C43" s="38"/>
       <c r="D43" s="38"/>
       <c r="E43" s="38"/>
       <c r="F43" s="38"/>
       <c r="G43" s="38"/>
       <c r="H43" s="38"/>
       <c r="I43" s="38"/>
     </row>
     <row r="44" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="13" t="s">
-        <v>353</v>
+        <v>284</v>
       </c>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
     </row>
     <row r="45" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="35" t="s">
-        <v>424</v>
+        <v>354</v>
       </c>
       <c r="C45" s="38"/>
       <c r="D45" s="38"/>
       <c r="E45" s="38"/>
       <c r="F45" s="38"/>
       <c r="G45" s="38"/>
       <c r="H45" s="38"/>
       <c r="I45" s="38"/>
     </row>
     <row r="46" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="13" t="s">
-        <v>271</v>
+        <v>202</v>
       </c>
       <c r="C46" s="37"/>
       <c r="D46" s="37"/>
       <c r="E46" s="37"/>
       <c r="F46" s="37"/>
       <c r="G46" s="37"/>
       <c r="H46" s="37"/>
     </row>
     <row r="47" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="35" t="s">
-        <v>272</v>
+        <v>203</v>
       </c>
       <c r="C47" s="38"/>
       <c r="D47" s="38"/>
       <c r="E47" s="38"/>
       <c r="F47" s="38"/>
       <c r="G47" s="38"/>
       <c r="H47" s="38"/>
       <c r="I47" s="38"/>
     </row>
     <row r="48" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="13" t="s">
-        <v>273</v>
+        <v>204</v>
       </c>
       <c r="C48" s="37"/>
       <c r="D48" s="37"/>
       <c r="E48" s="37"/>
       <c r="F48" s="37"/>
       <c r="G48" s="37"/>
       <c r="H48" s="37"/>
     </row>
     <row r="49" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="35" t="s">
-        <v>274</v>
+        <v>205</v>
       </c>
       <c r="C49" s="38"/>
       <c r="D49" s="38"/>
       <c r="E49" s="38"/>
       <c r="F49" s="38"/>
       <c r="G49" s="38"/>
       <c r="H49" s="38"/>
       <c r="I49" s="38"/>
     </row>
     <row r="50" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="13" t="s">
-        <v>275</v>
+        <v>206</v>
       </c>
       <c r="C50" s="37"/>
       <c r="D50" s="37"/>
       <c r="E50" s="37"/>
       <c r="F50" s="37"/>
       <c r="G50" s="37"/>
       <c r="H50" s="37"/>
     </row>
     <row r="51" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="35" t="s">
-        <v>276</v>
+        <v>207</v>
       </c>
       <c r="C51" s="38"/>
       <c r="D51" s="38"/>
       <c r="E51" s="38"/>
       <c r="F51" s="38"/>
       <c r="G51" s="38"/>
       <c r="H51" s="38"/>
       <c r="I51" s="38"/>
     </row>
     <row r="52" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="13" t="s">
-        <v>277</v>
+        <v>208</v>
       </c>
       <c r="C52" s="37"/>
       <c r="D52" s="37"/>
       <c r="E52" s="37"/>
       <c r="F52" s="37"/>
       <c r="G52" s="37"/>
       <c r="H52" s="37"/>
     </row>
     <row r="53" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="35" t="s">
-        <v>278</v>
+        <v>209</v>
       </c>
       <c r="C53" s="38"/>
       <c r="D53" s="38"/>
       <c r="E53" s="38"/>
       <c r="F53" s="38"/>
       <c r="G53" s="38"/>
       <c r="H53" s="38"/>
       <c r="I53" s="38"/>
     </row>
     <row r="54" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="13" t="s">
-        <v>279</v>
+        <v>210</v>
       </c>
       <c r="C54" s="37"/>
       <c r="D54" s="37"/>
       <c r="E54" s="37"/>
       <c r="F54" s="37"/>
       <c r="G54" s="37"/>
       <c r="H54" s="37"/>
     </row>
     <row r="55" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="35" t="s">
-        <v>280</v>
+        <v>211</v>
       </c>
       <c r="C55" s="38"/>
       <c r="D55" s="38"/>
       <c r="E55" s="38"/>
       <c r="F55" s="38"/>
       <c r="G55" s="38"/>
       <c r="H55" s="38"/>
       <c r="I55" s="38"/>
     </row>
     <row r="56" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="13" t="s">
-        <v>281</v>
+        <v>212</v>
       </c>
       <c r="C56" s="37"/>
       <c r="D56" s="37"/>
       <c r="E56" s="37"/>
       <c r="F56" s="37"/>
       <c r="G56" s="37"/>
       <c r="H56" s="37"/>
     </row>
     <row r="57" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="35" t="s">
-        <v>282</v>
+        <v>213</v>
       </c>
       <c r="C57" s="38"/>
       <c r="D57" s="38"/>
       <c r="E57" s="38"/>
       <c r="F57" s="38"/>
       <c r="G57" s="38"/>
       <c r="H57" s="38"/>
       <c r="I57" s="38"/>
     </row>
     <row r="58" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="13" t="s">
-        <v>283</v>
+        <v>214</v>
       </c>
       <c r="C58" s="37"/>
       <c r="D58" s="37"/>
       <c r="E58" s="37"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="37"/>
     </row>
     <row r="59" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="35" t="s">
-        <v>284</v>
+        <v>215</v>
       </c>
       <c r="C59" s="38"/>
       <c r="D59" s="38"/>
       <c r="E59" s="38"/>
       <c r="F59" s="38"/>
       <c r="G59" s="38"/>
       <c r="H59" s="38"/>
       <c r="I59" s="38"/>
     </row>
     <row r="60" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="13" t="s">
-        <v>285</v>
+        <v>216</v>
       </c>
       <c r="C60" s="37"/>
       <c r="D60" s="37"/>
       <c r="E60" s="37"/>
       <c r="F60" s="37"/>
       <c r="G60" s="37"/>
       <c r="H60" s="37"/>
     </row>
     <row r="61" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="35" t="s">
-        <v>286</v>
+        <v>217</v>
       </c>
       <c r="C61" s="38"/>
       <c r="D61" s="38"/>
       <c r="E61" s="38"/>
       <c r="F61" s="38"/>
       <c r="G61" s="38"/>
       <c r="H61" s="38"/>
       <c r="I61" s="38"/>
     </row>
     <row r="62" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="13" t="s">
-        <v>425</v>
+        <v>355</v>
       </c>
       <c r="C62" s="37"/>
       <c r="D62" s="37"/>
       <c r="E62" s="37"/>
       <c r="F62" s="37"/>
       <c r="G62" s="37"/>
       <c r="H62" s="37"/>
     </row>
     <row r="63" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="35" t="s">
-        <v>287</v>
+        <v>218</v>
       </c>
       <c r="C63" s="38"/>
       <c r="D63" s="38"/>
       <c r="E63" s="38"/>
       <c r="F63" s="38"/>
       <c r="G63" s="38"/>
       <c r="H63" s="38"/>
       <c r="I63" s="38"/>
     </row>
     <row r="64" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="13" t="s">
-        <v>288</v>
+        <v>219</v>
       </c>
       <c r="C64" s="37"/>
       <c r="D64" s="37"/>
       <c r="E64" s="37"/>
       <c r="F64" s="37"/>
       <c r="G64" s="37"/>
       <c r="H64" s="37"/>
     </row>
     <row r="65" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="35" t="s">
-        <v>289</v>
+        <v>220</v>
       </c>
       <c r="C65" s="38"/>
       <c r="D65" s="38"/>
       <c r="E65" s="38"/>
       <c r="F65" s="38"/>
       <c r="G65" s="38"/>
       <c r="H65" s="38"/>
       <c r="I65" s="38"/>
     </row>
     <row r="66" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="13" t="s">
-        <v>290</v>
+        <v>221</v>
       </c>
       <c r="C66" s="37"/>
       <c r="D66" s="37"/>
       <c r="E66" s="37"/>
       <c r="F66" s="37"/>
       <c r="G66" s="37"/>
       <c r="H66" s="37"/>
     </row>
     <row r="67" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="35" t="s">
-        <v>291</v>
+        <v>222</v>
       </c>
       <c r="C67" s="38"/>
       <c r="D67" s="38"/>
       <c r="E67" s="38"/>
       <c r="F67" s="38"/>
       <c r="G67" s="38"/>
       <c r="H67" s="38"/>
       <c r="I67" s="38"/>
     </row>
     <row r="68" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="13" t="s">
-        <v>292</v>
+        <v>223</v>
       </c>
       <c r="C68" s="37"/>
       <c r="D68" s="37"/>
       <c r="E68" s="37"/>
       <c r="F68" s="37"/>
       <c r="G68" s="37"/>
       <c r="H68" s="37"/>
     </row>
     <row r="69" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="35" t="s">
-        <v>293</v>
+        <v>224</v>
       </c>
       <c r="C69" s="38"/>
       <c r="D69" s="38"/>
       <c r="E69" s="38"/>
       <c r="F69" s="38"/>
       <c r="G69" s="38"/>
       <c r="H69" s="38"/>
       <c r="I69" s="38"/>
     </row>
     <row r="70" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="13" t="s">
-        <v>294</v>
+        <v>225</v>
       </c>
       <c r="C70" s="37"/>
       <c r="D70" s="37"/>
       <c r="E70" s="37"/>
       <c r="F70" s="37"/>
       <c r="G70" s="37"/>
       <c r="H70" s="37"/>
     </row>
     <row r="71" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="35" t="s">
-        <v>295</v>
+        <v>226</v>
       </c>
       <c r="C71" s="38"/>
       <c r="D71" s="38"/>
       <c r="E71" s="38"/>
       <c r="F71" s="38"/>
       <c r="G71" s="38"/>
       <c r="H71" s="38"/>
       <c r="I71" s="38"/>
     </row>
     <row r="72" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="13" t="s">
-        <v>296</v>
+        <v>227</v>
       </c>
       <c r="C72" s="37"/>
       <c r="D72" s="37"/>
       <c r="E72" s="37"/>
       <c r="F72" s="37"/>
       <c r="G72" s="37"/>
       <c r="H72" s="37"/>
     </row>
     <row r="73" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="35" t="s">
-        <v>297</v>
+        <v>228</v>
       </c>
       <c r="C73" s="38"/>
       <c r="D73" s="38"/>
       <c r="E73" s="38"/>
       <c r="F73" s="38"/>
       <c r="G73" s="38"/>
       <c r="H73" s="38"/>
       <c r="I73" s="38"/>
     </row>
     <row r="74" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="13" t="s">
-        <v>298</v>
+        <v>229</v>
       </c>
       <c r="C74" s="37"/>
       <c r="D74" s="37"/>
       <c r="E74" s="37"/>
       <c r="F74" s="37"/>
       <c r="G74" s="37"/>
       <c r="H74" s="37"/>
     </row>
     <row r="75" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="35" t="s">
-        <v>299</v>
+        <v>230</v>
       </c>
       <c r="C75" s="38"/>
       <c r="D75" s="38"/>
       <c r="E75" s="38"/>
       <c r="F75" s="38"/>
       <c r="G75" s="38"/>
       <c r="H75" s="38"/>
       <c r="I75" s="38"/>
     </row>
     <row r="76" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="13" t="s">
-        <v>300</v>
+        <v>231</v>
       </c>
       <c r="C76" s="37"/>
       <c r="D76" s="37"/>
       <c r="E76" s="37"/>
       <c r="F76" s="37"/>
       <c r="G76" s="37"/>
       <c r="H76" s="37"/>
     </row>
     <row r="77" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="35" t="s">
-        <v>355</v>
+        <v>286</v>
       </c>
       <c r="C77" s="38"/>
       <c r="D77" s="38"/>
       <c r="E77" s="38"/>
       <c r="F77" s="38"/>
       <c r="G77" s="38"/>
       <c r="H77" s="38"/>
       <c r="I77" s="38"/>
     </row>
     <row r="78" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="13" t="s">
-        <v>301</v>
+        <v>232</v>
       </c>
       <c r="C78" s="37"/>
       <c r="D78" s="37"/>
       <c r="E78" s="37"/>
       <c r="F78" s="37"/>
       <c r="G78" s="37"/>
       <c r="H78" s="37"/>
     </row>
     <row r="79" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B79" s="35" t="s">
-        <v>302</v>
+        <v>233</v>
       </c>
       <c r="C79" s="38"/>
       <c r="D79" s="38"/>
       <c r="E79" s="38"/>
       <c r="F79" s="38"/>
       <c r="G79" s="38"/>
       <c r="H79" s="38"/>
       <c r="I79" s="38"/>
     </row>
     <row r="80" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B80" s="13" t="s">
-        <v>426</v>
+        <v>356</v>
       </c>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
     </row>
     <row r="81" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="35" t="s">
-        <v>303</v>
+        <v>234</v>
       </c>
       <c r="C81" s="38"/>
       <c r="D81" s="38"/>
       <c r="E81" s="38"/>
       <c r="F81" s="38"/>
       <c r="G81" s="38"/>
       <c r="H81" s="38"/>
       <c r="I81" s="38"/>
     </row>
     <row r="82" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="13" t="s">
-        <v>304</v>
+        <v>235</v>
       </c>
       <c r="C82" s="37"/>
       <c r="D82" s="37"/>
       <c r="E82" s="37"/>
       <c r="F82" s="37"/>
       <c r="G82" s="37"/>
       <c r="H82" s="37"/>
     </row>
     <row r="83" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="35" t="s">
-        <v>305</v>
+        <v>236</v>
       </c>
       <c r="C83" s="38"/>
       <c r="D83" s="38"/>
       <c r="E83" s="38"/>
       <c r="F83" s="38"/>
       <c r="G83" s="38"/>
       <c r="H83" s="38"/>
       <c r="I83" s="38"/>
     </row>
     <row r="84" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="13" t="s">
-        <v>306</v>
+        <v>237</v>
       </c>
       <c r="C84" s="37"/>
       <c r="D84" s="37"/>
       <c r="E84" s="37"/>
       <c r="F84" s="37"/>
       <c r="G84" s="37"/>
       <c r="H84" s="37"/>
     </row>
     <row r="85" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="35" t="s">
-        <v>307</v>
+        <v>238</v>
       </c>
       <c r="C85" s="38"/>
       <c r="D85" s="38"/>
       <c r="E85" s="38"/>
       <c r="F85" s="38"/>
       <c r="G85" s="38"/>
       <c r="H85" s="38"/>
       <c r="I85" s="38"/>
     </row>
     <row r="86" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="13" t="s">
-        <v>308</v>
+        <v>239</v>
       </c>
       <c r="C86" s="37"/>
       <c r="D86" s="37"/>
       <c r="E86" s="37"/>
       <c r="F86" s="37"/>
       <c r="G86" s="37"/>
       <c r="H86" s="37"/>
     </row>
     <row r="87" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="35" t="s">
-        <v>309</v>
+        <v>240</v>
       </c>
       <c r="C87" s="38"/>
       <c r="D87" s="38"/>
       <c r="E87" s="38"/>
       <c r="F87" s="38"/>
       <c r="G87" s="38"/>
       <c r="H87" s="38"/>
       <c r="I87" s="38"/>
     </row>
     <row r="88" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="13" t="s">
-        <v>310</v>
+        <v>241</v>
       </c>
       <c r="C88" s="37"/>
       <c r="D88" s="37"/>
       <c r="E88" s="37"/>
       <c r="F88" s="37"/>
       <c r="G88" s="37"/>
       <c r="H88" s="37"/>
     </row>
     <row r="89" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B89" s="35" t="s">
-        <v>311</v>
+        <v>242</v>
       </c>
       <c r="C89" s="38"/>
       <c r="D89" s="38"/>
       <c r="E89" s="38"/>
       <c r="F89" s="38"/>
       <c r="G89" s="38"/>
       <c r="H89" s="38"/>
       <c r="I89" s="38"/>
     </row>
     <row r="90" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B90" s="13" t="s">
-        <v>312</v>
+        <v>243</v>
       </c>
       <c r="C90" s="37"/>
       <c r="D90" s="37"/>
       <c r="E90" s="37"/>
       <c r="F90" s="37"/>
       <c r="G90" s="37"/>
       <c r="H90" s="37"/>
     </row>
     <row r="91" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B91" s="35" t="s">
-        <v>313</v>
+        <v>244</v>
       </c>
       <c r="C91" s="38"/>
       <c r="D91" s="38"/>
       <c r="E91" s="38"/>
       <c r="F91" s="38"/>
       <c r="G91" s="38"/>
       <c r="H91" s="38"/>
       <c r="I91" s="38"/>
     </row>
     <row r="92" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="13" t="s">
-        <v>314</v>
+        <v>245</v>
       </c>
       <c r="C92" s="37"/>
       <c r="D92" s="37"/>
       <c r="E92" s="37"/>
       <c r="F92" s="37"/>
       <c r="G92" s="37"/>
       <c r="H92" s="37"/>
     </row>
     <row r="93" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B93" s="35" t="s">
-        <v>315</v>
+        <v>246</v>
       </c>
       <c r="C93" s="38"/>
       <c r="D93" s="38"/>
       <c r="E93" s="38"/>
       <c r="F93" s="38"/>
       <c r="G93" s="38"/>
       <c r="H93" s="38"/>
       <c r="I93" s="38"/>
     </row>
     <row r="94" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B94" s="13" t="s">
-        <v>316</v>
+        <v>247</v>
       </c>
       <c r="C94" s="37"/>
       <c r="D94" s="37"/>
       <c r="E94" s="37"/>
       <c r="F94" s="37"/>
       <c r="G94" s="37"/>
       <c r="H94" s="37"/>
     </row>
     <row r="95" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B95" s="35" t="s">
-        <v>317</v>
+        <v>248</v>
       </c>
       <c r="C95" s="38"/>
       <c r="D95" s="38"/>
       <c r="E95" s="38"/>
       <c r="F95" s="38"/>
       <c r="G95" s="38"/>
       <c r="H95" s="38"/>
       <c r="I95" s="38"/>
     </row>
     <row r="96" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B96" s="13" t="s">
-        <v>318</v>
+        <v>249</v>
       </c>
       <c r="C96" s="37"/>
       <c r="D96" s="37"/>
       <c r="E96" s="37"/>
       <c r="F96" s="37"/>
       <c r="G96" s="37"/>
       <c r="H96" s="37"/>
     </row>
     <row r="97" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B97" s="35" t="s">
-        <v>319</v>
+        <v>250</v>
       </c>
       <c r="C97" s="38"/>
       <c r="D97" s="38"/>
       <c r="E97" s="38"/>
       <c r="F97" s="38"/>
       <c r="G97" s="38"/>
       <c r="H97" s="38"/>
       <c r="I97" s="38"/>
     </row>
     <row r="98" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B98" s="13" t="s">
-        <v>320</v>
+        <v>251</v>
       </c>
       <c r="C98" s="37"/>
       <c r="D98" s="37"/>
       <c r="E98" s="37"/>
       <c r="F98" s="37"/>
       <c r="G98" s="37"/>
       <c r="H98" s="37"/>
     </row>
     <row r="99" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B99" s="35" t="s">
-        <v>321</v>
+        <v>252</v>
       </c>
       <c r="C99" s="38"/>
       <c r="D99" s="38"/>
       <c r="E99" s="38"/>
       <c r="F99" s="38"/>
       <c r="G99" s="38"/>
       <c r="H99" s="38"/>
       <c r="I99" s="38"/>
     </row>
     <row r="100" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B100" s="13" t="s">
-        <v>354</v>
+        <v>285</v>
       </c>
       <c r="C100" s="37"/>
       <c r="D100" s="37"/>
       <c r="E100" s="37"/>
       <c r="F100" s="37"/>
       <c r="G100" s="37"/>
       <c r="H100" s="37"/>
     </row>
     <row r="101" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B101" s="35" t="s">
-        <v>322</v>
+        <v>253</v>
       </c>
       <c r="C101" s="38"/>
       <c r="D101" s="38"/>
       <c r="E101" s="38"/>
       <c r="F101" s="38"/>
       <c r="G101" s="38"/>
       <c r="H101" s="38"/>
       <c r="I101" s="38"/>
     </row>
     <row r="102" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B102" s="13" t="s">
-        <v>323</v>
+        <v>254</v>
       </c>
       <c r="C102" s="37"/>
       <c r="D102" s="37"/>
       <c r="E102" s="37"/>
       <c r="F102" s="37"/>
       <c r="G102" s="37"/>
       <c r="H102" s="37"/>
     </row>
     <row r="103" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B103" s="35" t="s">
-        <v>324</v>
+        <v>255</v>
       </c>
       <c r="C103" s="38"/>
       <c r="D103" s="38"/>
       <c r="E103" s="38"/>
       <c r="F103" s="38"/>
       <c r="G103" s="38"/>
       <c r="H103" s="38"/>
       <c r="I103" s="38"/>
     </row>
     <row r="104" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B104" s="13" t="s">
-        <v>325</v>
+        <v>256</v>
       </c>
       <c r="C104" s="37"/>
       <c r="D104" s="37"/>
       <c r="E104" s="37"/>
       <c r="F104" s="37"/>
       <c r="G104" s="37"/>
       <c r="H104" s="37"/>
     </row>
     <row r="105" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B105" s="35" t="s">
-        <v>326</v>
+        <v>257</v>
       </c>
       <c r="C105" s="38"/>
       <c r="D105" s="38"/>
       <c r="E105" s="38"/>
       <c r="F105" s="38"/>
       <c r="G105" s="38"/>
       <c r="H105" s="38"/>
       <c r="I105" s="38"/>
     </row>
     <row r="106" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B106" s="13" t="s">
-        <v>356</v>
+        <v>287</v>
       </c>
       <c r="C106" s="37"/>
       <c r="D106" s="37"/>
       <c r="E106" s="37"/>
       <c r="F106" s="37"/>
       <c r="G106" s="37"/>
       <c r="H106" s="37"/>
     </row>
     <row r="107" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B107" s="35" t="s">
-        <v>327</v>
+        <v>258</v>
       </c>
       <c r="C107" s="38"/>
       <c r="D107" s="38"/>
       <c r="E107" s="38"/>
       <c r="F107" s="38"/>
       <c r="G107" s="38"/>
       <c r="H107" s="38"/>
       <c r="I107" s="38"/>
     </row>
     <row r="108" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B108" s="13" t="s">
-        <v>328</v>
+        <v>259</v>
       </c>
       <c r="C108" s="37"/>
       <c r="D108" s="37"/>
       <c r="E108" s="37"/>
       <c r="F108" s="37"/>
       <c r="G108" s="37"/>
       <c r="H108" s="37"/>
     </row>
     <row r="109" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B109" s="35" t="s">
-        <v>329</v>
+        <v>260</v>
       </c>
       <c r="C109" s="38"/>
       <c r="D109" s="38"/>
       <c r="E109" s="38"/>
       <c r="F109" s="38"/>
       <c r="G109" s="38"/>
       <c r="H109" s="38"/>
       <c r="I109" s="38"/>
     </row>
     <row r="110" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B110" s="13" t="s">
-        <v>330</v>
+        <v>261</v>
       </c>
       <c r="C110" s="37"/>
       <c r="D110" s="37"/>
       <c r="E110" s="37"/>
       <c r="F110" s="37"/>
       <c r="G110" s="37"/>
       <c r="H110" s="37"/>
     </row>
     <row r="111" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B111" s="35" t="s">
-        <v>331</v>
+        <v>262</v>
       </c>
       <c r="C111" s="38"/>
       <c r="D111" s="38"/>
       <c r="E111" s="38"/>
       <c r="F111" s="38"/>
       <c r="G111" s="38"/>
       <c r="H111" s="38"/>
       <c r="I111" s="38"/>
     </row>
     <row r="112" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B112" s="13" t="s">
-        <v>332</v>
+        <v>263</v>
       </c>
       <c r="C112" s="37"/>
       <c r="D112" s="37"/>
       <c r="E112" s="37"/>
       <c r="F112" s="37"/>
       <c r="G112" s="37"/>
       <c r="H112" s="37"/>
     </row>
     <row r="113" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B113" s="35" t="s">
-        <v>333</v>
+        <v>264</v>
       </c>
       <c r="C113" s="38"/>
       <c r="D113" s="38"/>
       <c r="E113" s="38"/>
       <c r="F113" s="38"/>
       <c r="G113" s="38"/>
       <c r="H113" s="38"/>
       <c r="I113" s="38"/>
     </row>
     <row r="114" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B114" s="13" t="s">
-        <v>334</v>
+        <v>265</v>
       </c>
       <c r="C114" s="37"/>
       <c r="D114" s="37"/>
       <c r="E114" s="37"/>
       <c r="F114" s="37"/>
       <c r="G114" s="37"/>
       <c r="H114" s="37"/>
     </row>
     <row r="115" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B115" s="35" t="s">
-        <v>335</v>
+        <v>266</v>
       </c>
       <c r="C115" s="38"/>
       <c r="D115" s="38"/>
       <c r="E115" s="38"/>
       <c r="F115" s="38"/>
       <c r="G115" s="38"/>
       <c r="H115" s="38"/>
       <c r="I115" s="38"/>
     </row>
     <row r="116" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B116" s="13" t="s">
-        <v>336</v>
+        <v>267</v>
       </c>
       <c r="C116" s="37"/>
       <c r="D116" s="37"/>
       <c r="E116" s="37"/>
       <c r="F116" s="37"/>
       <c r="G116" s="37"/>
       <c r="H116" s="37"/>
     </row>
     <row r="117" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B117" s="35" t="s">
-        <v>337</v>
+        <v>268</v>
       </c>
       <c r="C117" s="38"/>
       <c r="D117" s="38"/>
       <c r="E117" s="38"/>
       <c r="F117" s="38"/>
       <c r="G117" s="38"/>
       <c r="H117" s="38"/>
       <c r="I117" s="38"/>
     </row>
     <row r="118" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B118" s="13" t="s">
-        <v>338</v>
+        <v>269</v>
       </c>
       <c r="C118" s="37"/>
       <c r="D118" s="37"/>
       <c r="E118" s="37"/>
       <c r="F118" s="37"/>
       <c r="G118" s="37"/>
       <c r="H118" s="37"/>
     </row>
     <row r="119" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B119" s="35" t="s">
-        <v>427</v>
+        <v>357</v>
       </c>
       <c r="C119" s="38"/>
       <c r="D119" s="38"/>
       <c r="E119" s="38"/>
       <c r="F119" s="38"/>
       <c r="G119" s="38"/>
       <c r="H119" s="38"/>
       <c r="I119" s="38"/>
     </row>
     <row r="120" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B120" s="13" t="s">
-        <v>339</v>
+        <v>270</v>
       </c>
       <c r="C120" s="37"/>
       <c r="D120" s="37"/>
       <c r="E120" s="37"/>
       <c r="F120" s="37"/>
       <c r="G120" s="37"/>
       <c r="H120" s="37"/>
     </row>
     <row r="121" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B121" s="35" t="s">
-        <v>340</v>
+        <v>271</v>
       </c>
       <c r="C121" s="38"/>
       <c r="D121" s="38"/>
       <c r="E121" s="38"/>
       <c r="F121" s="38"/>
       <c r="G121" s="38"/>
       <c r="H121" s="38"/>
       <c r="I121" s="38"/>
     </row>
     <row r="122" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B122" s="13" t="s">
-        <v>341</v>
+        <v>272</v>
       </c>
       <c r="C122" s="37"/>
       <c r="D122" s="37"/>
       <c r="E122" s="37"/>
       <c r="F122" s="37"/>
       <c r="G122" s="37"/>
       <c r="H122" s="37"/>
     </row>
     <row r="123" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B123" s="35" t="s">
-        <v>342</v>
+        <v>273</v>
       </c>
       <c r="C123" s="38"/>
       <c r="D123" s="38"/>
       <c r="E123" s="38"/>
       <c r="F123" s="38"/>
       <c r="G123" s="38"/>
       <c r="H123" s="38"/>
       <c r="I123" s="38"/>
     </row>
     <row r="124" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B124" s="13" t="s">
-        <v>343</v>
+        <v>274</v>
       </c>
       <c r="C124" s="37"/>
       <c r="D124" s="37"/>
       <c r="E124" s="37"/>
       <c r="F124" s="37"/>
       <c r="G124" s="37"/>
       <c r="H124" s="37"/>
     </row>
     <row r="125" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B125" s="35" t="s">
-        <v>344</v>
+        <v>275</v>
       </c>
       <c r="C125" s="38"/>
       <c r="D125" s="38"/>
       <c r="E125" s="38"/>
       <c r="F125" s="38"/>
       <c r="G125" s="38"/>
       <c r="H125" s="38"/>
       <c r="I125" s="38"/>
     </row>
     <row r="126" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B126" s="13" t="s">
-        <v>345</v>
+        <v>276</v>
       </c>
       <c r="C126" s="37"/>
       <c r="D126" s="37"/>
       <c r="E126" s="37"/>
       <c r="F126" s="37"/>
       <c r="G126" s="37"/>
       <c r="H126" s="37"/>
     </row>
     <row r="127" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B127" s="35" t="s">
-        <v>346</v>
+        <v>277</v>
       </c>
       <c r="C127" s="38"/>
       <c r="D127" s="38"/>
       <c r="E127" s="38"/>
       <c r="F127" s="38"/>
       <c r="G127" s="38"/>
       <c r="H127" s="38"/>
       <c r="I127" s="38"/>
     </row>
     <row r="128" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B128" s="13" t="s">
-        <v>347</v>
+        <v>278</v>
       </c>
       <c r="C128" s="37"/>
       <c r="D128" s="37"/>
       <c r="E128" s="37"/>
       <c r="F128" s="37"/>
       <c r="G128" s="37"/>
       <c r="H128" s="37"/>
     </row>
     <row r="129" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B129" s="35" t="s">
-        <v>348</v>
+        <v>279</v>
       </c>
       <c r="C129" s="38"/>
       <c r="D129" s="38"/>
       <c r="E129" s="38"/>
       <c r="F129" s="38"/>
       <c r="G129" s="38"/>
       <c r="H129" s="38"/>
       <c r="I129" s="38"/>
     </row>
     <row r="130" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B130" s="13" t="s">
-        <v>349</v>
+        <v>280</v>
       </c>
       <c r="C130" s="37"/>
       <c r="D130" s="37"/>
       <c r="E130" s="37"/>
       <c r="F130" s="37"/>
       <c r="G130" s="37"/>
       <c r="H130" s="37"/>
     </row>
     <row r="131" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B131" s="35" t="s">
-        <v>350</v>
+        <v>281</v>
       </c>
       <c r="C131" s="38"/>
       <c r="D131" s="38"/>
       <c r="E131" s="38"/>
       <c r="F131" s="38"/>
       <c r="G131" s="38"/>
       <c r="H131" s="38"/>
       <c r="I131" s="38"/>
     </row>
     <row r="132" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B132" s="13" t="s">
-        <v>351</v>
+        <v>282</v>
       </c>
       <c r="C132" s="37"/>
       <c r="D132" s="37"/>
       <c r="E132" s="37"/>
       <c r="F132" s="37"/>
       <c r="G132" s="37"/>
       <c r="H132" s="37"/>
     </row>
     <row r="133" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B133" s="58" t="s">
-[...8 lines deleted...]
-      <c r="I133" s="59"/>
+      <c r="B133" s="51" t="s">
+        <v>283</v>
+      </c>
+      <c r="C133" s="52"/>
+      <c r="D133" s="52"/>
+      <c r="E133" s="52"/>
+      <c r="F133" s="52"/>
+      <c r="G133" s="52"/>
+      <c r="H133" s="52"/>
+      <c r="I133" s="52"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B17:I19"/>
     <mergeCell ref="B21:H21"/>
-  </mergeCells>
-[...793 lines deleted...]
-    <mergeCell ref="B19:H19"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>Criteris i definicions</vt:lpstr>
       <vt:lpstr>Resum</vt:lpstr>
+      <vt:lpstr>2026</vt:lpstr>
+      <vt:lpstr>IMF 2026</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>IMF 2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>IMF 2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>IMF 2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>IMF 2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>IMF 2021</vt:lpstr>
-      <vt:lpstr>2020</vt:lpstr>
-      <vt:lpstr>IMF 2020</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Digon Martinez, Alejandro Israel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>